--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3170" uniqueCount="1356">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3242" uniqueCount="1392">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1290,51 +1290,51 @@
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4359/substitutivo_pl_102-2025.pdf</t>
   </si>
   <si>
     <t>Institui a "Semana Municipal de Incentivo à Doação de Órgãos - Doar é multiplicar Vidas", a ser realizada na última semana do mês de setembro, dando ênfase especial ao dia 27 de setembro - Dia Nacional da Doação de Órgãos, e dá outras Providências.</t>
   </si>
   <si>
     <t>4393</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4393/projeto_do_lei_n103-2025_do_vereador_rodrigo_lamberti.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal de Prevenção e Combate ao feminicídio e dá outras providências.</t>
   </si>
   <si>
     <t>4394</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4394/projeto_de_lei_n104-2025_do_vereador_nilo_santos.pdf</t>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4394/substitutivo_ao_pl_n104-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de emissão de comprovante de protocolo para todos os requerimentos e documentos protocolizados nas repartições públicas do Município de São Francisco de Assis/RS, e dá outras providências.</t>
   </si>
   <si>
     <t>4395</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4395/projeto_de_lei_n105-2025_do_vereador_matias_gomes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a destinação de percentual mínimo dos recursos do Programa Bolsa Atleta Municipal para atletas com deficiência no Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>4396</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4396/substitutivo_ao_projeto_n106-2025.pdf</t>
   </si>
@@ -1404,62 +1404,86 @@
   <si>
     <t>4446</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4446/projeto_de_lei_n112-2025_ver._rodrigo.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de São Francisco de Assis, a Semana Municipal da Consciência Negra, e dá outras providências.</t>
   </si>
   <si>
     <t>4447</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4447/projeto_de_lei_n113-2025_ver._matias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão da Cavalgada Don Lázaro no Calendário Oficial de Eventos do Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
+    <t>4517</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4517/projeto_de_lei_n_114-2025_ver_ebertom_luiz.pdf</t>
+  </si>
+  <si>
+    <t>Veda a nomeação de pessoa condenada, por sentença criminal com trânsito em julgado e fundamentada na Lei Federal n°11.340, de 07 de agosto de 2006 (Lei Maria da Penha), para exercer cargo ou emprego público no município de São Francisco de Assis, inclusive nos âmbitos do Poder Legislativo e da Administração Indireta.</t>
+  </si>
+  <si>
     <t>4479</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4479/projeto_de_lei_n115-2025_vereador_nilo_santos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de sistemas de câmeras de segurança nos principais pontos de descarte irregular de lixo no Município de São Francisco de Assis.</t>
   </si>
   <si>
+    <t>4580</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4580/projeto_de_lei_n116-2025_ver._ebertom_luiz.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal de prevenção à Adultização Infantil e Adolescente, e dá outras providências.</t>
+  </si>
+  <si>
     <t>4489</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4489/projeto_de_lei_n117-2025_do_ver_rodrigo_lamberti.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de divulgação, pelo Poder Executivo Municipal, da relação de medicamentos e insumos disponíveis e em falta na rede pública de saúde de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>4465</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4465/projeto_de_lei_n118-2025_do_vereador_lone_bianchini.pdf</t>
   </si>
   <si>
     <t>Institui como atividade essencial a Apicultura e a Meliponicultura no âmbito de município de São Francisco de Assis/RS.</t>
   </si>
   <si>
     <t>4466</t>
@@ -1500,50 +1524,137 @@
   <si>
     <t>4488</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4488/projeto_de_lei_n122-2025_do_ver_nilo_santos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aplicação de sanções administrativas aos atos de vandalismo, inclusive pichação, contra bens públicos e privados no município de São Francisco de Assis-RS.</t>
   </si>
   <si>
     <t>4490</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4490/projeto_de_lei_n123-2025_do_ver_lone_bianchini.pdf</t>
   </si>
   <si>
     <t>Denomina “Didi Pilar” a SF 212 - da RS 241 (São Thomé) a esquina de acesso ao Mocambo, do município de São Francisco de Assis/RS.</t>
   </si>
   <si>
+    <t>4519</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4519/projeto_de_lei_n124.2025_do_vereador_nilo_santos.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa de Incentivo ao Uso Social e Produtivo de IMÓVEIS Urbanos Ociosos para fins de Hortas Comunitárias, no Município de São Francisco de Assis/RS.</t>
+  </si>
+  <si>
+    <t>4518</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4518/substitutivo_ao_pl_n125-2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui a "Semana do Empreendedorismo Feminino" no Município de São Francisco de Assis/RS.</t>
+  </si>
+  <si>
+    <t>4605</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4605/projeto_de_lei_n126-2025_ebertom_luiz.pdf</t>
+  </si>
+  <si>
+    <t>"Institui o Banco de Ideias Legislativas no âmbito da Câmara Municipal de São Francisco de Assis/RS e dá outras providências"</t>
+  </si>
+  <si>
+    <t>4579</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4579/projeto_de_lei_n127-2025_ver._nilo_santos.pdf</t>
+  </si>
+  <si>
+    <t>Torna obrigatório o registro da falta de medicamentos nas receitas médicas nas Farmácias da Rede Pública Municipal de Saúde e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4606</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4606/projeto_de_lei_n128-2025_nilo_santos.pdf</t>
+  </si>
+  <si>
+    <t>“Institui, no âmbito do Município de São Francisco de Assis, o ‘Dia do Bota Fora’ e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>4551</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>Matias Gomes, Rodrigo Lamberti, Rudinei Cortese</t>
+  </si>
+  <si>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4551/projeto_de_lei_n_129-2025.pdf</t>
+  </si>
+  <si>
+    <t>Abre um crédito suplementar no valor de R$ 33.300,00 (trinta e três mil e trezentos reais), para reforço de dotações orçamentárias insuficientes no corrente exercício da Câmara Municipal.</t>
+  </si>
+  <si>
+    <t>4578</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4578/projeto_de_lei_n130-2025.pdf</t>
+  </si>
+  <si>
+    <t>Assegura às pessoas com Transtorno do Espectro Autista (TEA) o direito de ingressar e consumir seus próprios alimentos em espaços públicos e privados no Município de São Francisco de Assis-RS, e dá outras providências.</t>
+  </si>
+  <si>
     <t>3110</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Franklin Pereira, Miguel Lamberty</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3110/projeto_de_lei_n_01-2024_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual dos subsídios aos agentes políticos do Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>3111</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3111/projeto_de_lei_n_02-2024_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Altera a tabela de de vencimento do quadro permanente de cargos e quadro de cargos em comissão da Câmara de Municipal de São Francisco de Assis.</t>
   </si>
   <si>
     <t>3112</t>
@@ -4051,53 +4162,50 @@
     <t>2017</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/104/projeto-de-lei-n-02.2017-mesa-diretora.pdf</t>
   </si>
   <si>
     <t>Altera a tabela de vencimento do quadro permanente de cargos e quadro de cargos em comissão da Câmara Municipal.</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/115/projeto-de-lei-n-03.2017-ver.-vasco-carvalho.pdf</t>
   </si>
   <si>
     <t>Alterar o nome da Rua 04 de Agosto ou Capitão Urbano, para Rua José Guilhermin Kuhn.</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/107/projeto-de-lei-n-04.2017-mesa-diretora.pdf</t>
   </si>
   <si>
     <t>Cria a concessão de gratificação ao técnico contábil da Câmara de vereadores de São Francisco de Assis - RS e da outras providências.</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/113/projeto-de-lei-n-05.2017-mesa-diretora.pdf</t>
   </si>
   <si>
     <t>Trata do aumento de vencimentos dos servidores do quadro efetivo, cargos em comissão e inativos, da Câmara Municipal de Vereadores.</t>
-  </si>
-[...1 lines deleted...]
-    <t>114</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/114/projeto-de-lei-n-06.2017-ver-ademar-frescura.pdf</t>
   </si>
   <si>
     <t>Conscientização dos estudantes da rede pública municipal, sobre a importância da cultura do Rio Grande do Sul.</t>
   </si>
   <si>
     <t>Jussara Carricio Matheus</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/55/projeto-de-lei-n-07.2017-ver-jussara-matheus_V5ZuKnh.pdf</t>
   </si>
   <si>
     <t>Denomina rua Sargento Robério Aguiar.</t>
   </si>
   <si>
     <t>Altera o nome da Rua 04 de agosto ou Capitão Urbano para Rua José Guilhermino Kuhn.</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/119/projeto-de-lei-n-09-2017-ver.-jeremias-oliveira.pdf</t>
   </si>
   <si>
     <t>Cria a "Comenda Valdir Ramos Borges", e institui  requisitos para sua concessão.</t>
   </si>
@@ -4425,56 +4533,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3699/projeto_de_lei_no01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3700/projeto_de_lei_no02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3701/projeto_de_lei_no03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3702/projeto_de_lei_no04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3703/projeto_de_lei_no05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3704/substitutivo_do_projeto_de_lei_n06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3705/projeto_de_lei_no07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3706/projeto_de_lei_no08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3707/projeto_de_lei_no09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3708/substitutivo_ao_projeto_de_lei_no10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3709/projeto_de_lei_substitutivo_n11-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3710/projeto_de_lei_no13-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3711/projeto_de_lei_no14-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3712/projeto_de_lei_no15-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3713/projeto_de_lei_no16-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3714/projeto_de_lei_no17-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3718/substitutivo_ao_pl_n_18.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3720/projeto_de_lei_no19-2025_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3730/projeto_de_lei_no20-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3728/projeto_de_lei_no21-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3731/substitutivo_ao_pl_no22-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3732/projeto_de_lei_no23-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3733/projeto_de_lei_no24-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3737/projeto_de_lei_no25-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3738/projeto_de_lei_no26-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3751/projeto_de_lei_substitutivo_n27-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3752/projeto_de_lei_no28-2025_ver_ebertom_luiz.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3767/projeto_de_lei_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3766/projeto_de_lei_no30-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3777/projeto_de_lei_no31-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3785/projeto_de_lei_n_32-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3786/projeto_de_lei_n_33-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3787/projeto_de_lei_n_34-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3800/projeto_de_lei_no35-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3837/projeto_de_lei_no38-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3838/projeto_de_lei_no39-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3867/projeto_de_lei_no40-2025_ver_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3874/projeto_de_lei_no41-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3880/projeto_de_lei_n_42.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3897/projeto_de_lei_no43-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3896/projeto_de_lei_no44-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3895/projeto_de_lei_no45-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3894/projeto_de_lei_no46-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3905/projeto_de_lei_n47-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3906/projeto_de_lei_n48-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3915/projeto_de_lei_no49-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3918/projeto_de_lei_no50-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3919/projeto_de_lei_no51-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3933/projeto_de_lei_no52-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3934/projeto_de_lei_no53-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3935/projeto_de_lei_no54-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3936/projeto_de_lei_substitutivo_n55-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3947/substitutivo_ao_projeto_de_lei_n56-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3974/projeto_de_lei_no57-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3975/projeto_de_lei_no58-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3976/projeto_de_lei_no59-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3977/projeto_de_lei_no_60-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3978/projeto_de_lei_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3979/substitutivo_ao_projeto_de_lei_n62-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3995/projeto_de_lei_no63-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4029/substitutivo_ao_pl_no64-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4039/projeto_de_lei_no65-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4040/projeto_de_lei_no66-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4055/projeto_de_lei_n67-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4071/substitutivo_projeto_68-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4086/projeto_de_lei_no69-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4096/projeto_de_lei_n70-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4105/substitutivo_projeto_de_lei_n_71-2025_leticia_salcedo_machado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4106/projeto_de_lei_no72-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4137/projeto_de_lei_n73-2025_do_ver._rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4138/projeto_de_lei_n74-2025_do_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4139/substitutivo_ao_projeto_de_lei_n75-2025_do_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4238/projeto_de_lei_n_76-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4160/projeto_de_lei_n77-2025_do_vereador_nilo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4155/projeto_de_lei_n_78-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4161/substitutivo_ao_pl_n79.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4162/substitutivo_ao_projeto_de_lei_n80-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4197/projeto_de_lei_n81.2025_do_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4198/projeto_de_lei_n82.2025_do_ver.nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4211/projeto_de_lei_n_83-2025_ver._rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4212/substitutivo_ao_projeto_de_lei_n84-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4213/substitutivo_ao_projeto_de_lei_n85-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4210/projeto_de_lei_n_86-2025_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4239/projeto_de_lei_n_87-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4281/substitutivo_pl_88-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4241/substitutivo_ao_projeto_de_lei_n89-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4217/projeto_de_lei_n_90-2025_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4242/projeto_de_lei_n91-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4224/projeto_de_lei_n92-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4260/substitutivo_ao_pl_n93-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4282/projeto_de_lei_n_94.2025_do_vereador_leonardo_pilar.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4295/projeto_de_lei_n_95.2025_da_vereadora_leticia_salcedo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4339/projeto_de_lei_n96-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4340/substitutivo_ao_projeto_de_lei_n97-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4350/substitutivo_ao_projeto_n98-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4351/projeto_de_lei_n99-2025_da_ver._elizandra_de_melo_sacardi.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4352/projeto_de_lei_n100-2025_da_ver._elizandra_de_melo_sacardi.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4353/substitutivo_ao_projeto_de_lei_n101-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4359/substitutivo_pl_102-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4393/projeto_do_lei_n103-2025_do_vereador_rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4394/projeto_de_lei_n104-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4395/projeto_de_lei_n105-2025_do_vereador_matias_gomes.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4396/substitutivo_ao_projeto_n106-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4397/projeto_de_lei_n107-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4421/projeto_de_lei_n_108-2025_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4422/projeto_de_lei_n_109-2025_ver._rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4401/projeto_de_lei_n_110-2025_ver_orlando_flores.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4423/projeto_de_lei_n111-2025_ver._kassineida_paz.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4446/projeto_de_lei_n112-2025_ver._rodrigo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4447/projeto_de_lei_n113-2025_ver._matias.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4479/projeto_de_lei_n115-2025_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4489/projeto_de_lei_n117-2025_do_ver_rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4465/projeto_de_lei_n118-2025_do_vereador_lone_bianchini.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4466/projeto_de_lei_n119-2025_da_vereadora_kassineida_paz.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4467/projeto_de_lei_n120-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4478/projeto_de_lei_n121-2025_vereador_lone_bianchini.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4488/projeto_de_lei_n122-2025_do_ver_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4490/projeto_de_lei_n123-2025_do_ver_lone_bianchini.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3110/projeto_de_lei_n_01-2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3111/projeto_de_lei_n_02-2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3112/projeto_n_03-2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3137/projeto_de_lei_n04-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3143/projeto_de_lei_n05-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3147/projeto_de_lei_n_06-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3155/projeto_de_lei_no07-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3156/projeto_de_lei_no08-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3172/projeto_de_lei_no09-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3173/projeto_de_lei_n10-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3174/projeto_de_lei__no_11-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3176/projeto_de_lei_no12-2024_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3193/projeto_de_lei_no13-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3194/projeto_de_lei_no14-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3195/projeto_de_lei_n15-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3205/projeto_de_lei_n16-2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3228/projeto_de_lei_no17-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3229/projeto_de_lei_no18-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3239/projeto_de_lei_n19-_2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3240/projeto_de_lei_n20-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3249/projeto_de_lei_n21-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3254/projeto_de_lei_n22-2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3285/projeto_de_lei_n23-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3286/projeto_de_lei_n24-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3287/projeto_de_lei_n25-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3288/projeto_de_lei_n26-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3294/projeto_de_lei_n27-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3316/projeto_de_lei_no28-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3331/projeto_de_lei_n29-2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3353/projeto_de_lei_n_30-2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3378/projeto_de_lei_n31-2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3379/projeto_de_lei_n322024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3383/projeto_de_lei_n33-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3392/projeto_de_lei_n34-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3417/projeto_de_lei_n_35.2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3430/projeto_de_lei_no36-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3439/projeto_de_lei_n37-2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3440/projeto_de_lei_n38-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3447/projeto_de_lei_n39-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3451/projeto_de_lei_n40-2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3452/projeto_de_lei_n41-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3514/substitutivo_ao_projeto_de_lei_n42-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3506/projeto_de_lei_n43-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3511/pl_no44-2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3512/pl_no45-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3513/pl_no46-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3549/projeto_de_lei_no47-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3548/projeto_de_lei_no48-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3556/projeto_de_lei_n49-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3557/projeto_de_lei_n50-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3558/projeto_de_lei_no_51-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3682/projeto_de_lei_n_53.2024_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2417/projeto_de_lei_no_01.2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2419/projeto_de_lei_n02-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2420/projeto_de_lei_n_03-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2421/projeto_de_lei_n_04-2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2422/projeto_de_lei_n_05-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2423/projeto_de_lei_n_06-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2424/projeto_de_lei_n_07-2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2425/projeto_de_lei_n_08-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2448/projeto_de_lei_n09-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2449/projeto_de_lei_n10-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2512/projeto_de_lei_n11-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2559/projeto_de_lei_n_12-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2514/projeto_de_lei_n13-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2519/projeto_de_lei_no_14.2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2520/projeto_de_lei_n_15-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2533/projeto_de_lei_no_16.2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2560/projeto_de_lei_no_17.2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2561/projeto_de_lei_n18-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2568/projeto_de_lei_m19-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2572/projeto_de_lei_20-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2576/projeto_de_lei_n21-2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2599/projeto_de_lei_n22-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2611/projeto_de_lei_n_23-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2615/projeto_de_lei_no_24-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2640/substitutivo_ao_projeto_de_lei_no_25-2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2685/projeto_de_lei_n26-2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2695/projeto_de_lei_no_27-2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2717/projeto_de_lei_n28-2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2718/projeto_de_lei_legislativo_no_28-2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2728/projeto_de_lei_n30-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2734/projeto_de_lei_n31-2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2743/projeto_de_lei_n32-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2745/projeto_de_lei_no_33-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2748/substitutivo_ao_projeto_de_lei_no_34.2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2755/projeto_de_lei_n35-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2754/projeto_de_lei_no_36-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2776/projeto_de_lei_n37-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2801/projeto_de_lei_no_38.2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2802/projeto_de_lei_no_39.2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2813/projeto_de_lei_n40-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2815/projeto_de_lei_n41-2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2825/projeto_de_lei_n_42-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2826/projeto_de_lei_n_43-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2842/projeto_de_lei_n_44-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2841/projeto_de_lei_n45-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2845/projeto_de_lei_n46-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2873/projeto_de_lei_n47-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3092/projeto_de_lei_n_48-2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3103/projeto_de_lei_n49-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1674/projeto_de_lei_n_01-2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1691/projeto_de_lei_n_03-2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1692/projeto_de_lei_n_04-2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1703/projeto_de_lei_n_05-2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1720/projeto_de_lei_n_06-2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1734/projeto_de_lei_n_07-2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1744/projeto_de_lei_n_08-2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1745/projeto_de_lei_n_09-2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1746/projeto_de_lei_n_10-2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1793/projeto_de_lei_n_11-2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1809/projeto_de_lei_n_12-2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1810/projeto_de_lei_n_13-2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1822/substitutivo_ao_projeto_de_lei_n_14-2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1823/projeto_de_lei_n_15-2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1869/projeto_de_lei_n_16-2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1886/substitutivo_ao_projeto_de_lei_n_17-2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1887/projeto_de_lei_n_18-2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1896/projeto_de_lei_n_19-2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1900/projeto_de_lei_n_20-2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1969/projeto_de_lei_n_21-2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1921/projeto_de_lei_n_22-2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1922/projeto_de_lei_n_23-2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1923/projeto_de_lei_n_25-2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1983/projeto_de_lei_n_26-2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1967/projeto_de_lei_n_27-2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1971/projeto_de_lei_n_28-2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2019/projeto_de_lei_n_29-2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2018/projeto_de_lei_no_30-2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2081/projeto_de_lei_n_31-2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2082/projeto_de_lei_n32-2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2084/projeto_de_lei_n_33-2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2086/projeto_de_lei_n35-2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2087/projeto_de_lei_n_36-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2110/projeto_de_lei_n_37-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2161/projeto_de_lei_n_38-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2171/substituitivo_ao_projeto_de_lei_n_39-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2173/projeto_de_lei_no_40-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2174/projeto_de_lei_no_41-2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2184/projeto_de_lei_n42-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1035/projeto_de_lei_n_01-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1038/projeto_de_lei_n_02-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1039/projeto_de_lei_n_03-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1042/projeto_de_lei_n_04-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1043/projeto_de_lei_n_05-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1055/projeto_de_lei_n_06-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1056/projeto_de_lei_n_07-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1060/projeto_de_lei_n_08-2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1071/projeto_de_lei_no_09-2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1082/projeto_de_lei_n_10-2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1089/projeto_de_lei_n_11-2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1099/projeto_de_lei_n12-2021_ver_nilo.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1108/pl_no_13.2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1109/pl_no_14.2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1110/pl_no_15.2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1111/pl_no_16.2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1140/projeto_de_lei_no_17-2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1154/projeto_de_lei_n_20-2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1155/projeto_de_lei_n_21-2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1156/projeto_de_lei_n_22-2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1162/projeto_de_lei_n_23-2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1182/projeto_de_lei_n_24-2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1163/projeto_de_lei_25_2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1183/projeto_de_lei_n_26-2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1188/projeto_de_lei_n_27-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1189/projeto_de_lei_n_28-2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1190/projeto_de_lei_n_29-2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1191/projeto_de_lei_n_30-2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1204/projeto_de_lei_n_32-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1213/projeto_de_lei_no_33.2021-_do_vereador_lone_bianchini.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1220/projeto_de_lei_no_34.2021-_do_vereador_franklin_pereira.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1221/projeto_de_lei_no_35.2021_vereador_franklin_pereira.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1232/projeto_de_lei_no_36-2021_do_ver_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1240/projeto_de_lei_n_38-2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1241/projeto_de_lei_n_39-2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1247/projeto_de_lei_n_40-2021_modificado_pelo_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1249/projeto_de_lei_n_41-2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1250/projeto_de_lei_n_42-2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1252/projeto_de_lei_n_43-2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1264/projeto_de_lei_n_44-2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1265/projeto_de_lei_n_45-2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1278/projeto_de_lei_n_46-2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1280/projeto_de_lei_n_47-2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1282/projeto_de_lei_n_48-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1306/projeto_de_lei_n_49-2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1320/projeto_de_lei_n_51-2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1308/projeto_de_lei_n_52-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1325/projeto_de_lei_no_53-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1332/projeto_de_lei_no_54.2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1333/projeto_de_lei_no_55.2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1334/projeto_de_lei_no_56.2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1341/projeto_de_lei_no_57-2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1361/projeto_de_lei_n_58-2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1364/projeto_de_lei_n_59-2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1367/projeto_de_lei_n_60-2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1389/projeto_de_lei_no_61-2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1392/projeto_de_lei_n_62-2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1394/projeto_de_lei_n_63-2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1410/projeto_de_lei_n_64-2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_no_65-2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1452/projeto_de_lei_n_66-2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1451/projeto_de_lei_n_67-2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1459/projeto_de_lei_n_68-2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1469/projeto_de_lei_n69-2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1470/projeto_de_lei__n70-2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1482/projeto_de_lei_n_71-2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1483/projeto_de_lei_n_72-2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1490/projeto_de_lei_n_73-2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1493/projeto_de_lei_n_74-2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1505/projeto_de_lei_n_75-2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1512/projeto_de_lei_no_76-2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1524/projeto_de_lei_n_77-2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1526/projeto_de_lei_n_78-2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1545/projeto_de_lei_no_79.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1555/projeto_de_lei_no_80-2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1572/projeto_de_lei_n_81-2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1573/projeto_de_lei_n_82-2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1584/projeto_de_lei_n_83-2021_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1596/projeto_de_lei_n_84-2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1613/projeto_de_lei_n_85-2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1618/projeto_de_lei_n_86-2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1619/projeto_de_lei_n_87-2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1626/projeto_de_lei_n_88-2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1635/projeto_de_lei_n_89-2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1641/projeto_de_lei_no_90-2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1662/projeto_de_lei_no_91.2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/760/projeto_de_lei_n_01.2020.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/761/projeto_de_lei_n_02.2020.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/766/projeto_de_lei_no_03-2020_-_vereador_ademar_frescura.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/750/projeto_de_lei_no_04.2020.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/751/projeto_de_lei_no_05.2020.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/898/projeto_de_lei_no_10-2020.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/992/projeto_de_lei_no_11_do_vereador_ademar_frescura.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1016/projeto_de_lei_no_12-2020_-_vereadora_elizandra.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1021/projeto_de_lei_no_13.2020.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1028/projeto_de_lei_no_14-2020_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1029/projeto_de_lei_no_15-2020_-_everton_luiz.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1034/projeto_de_lei_n_16-2020.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/405/projeto_de_lei_legislativo_n_01.2019.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/413/projeto_de_lei_legislativo_n_02.2019.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/419/mesa_diretora_03.2019.pdf.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/420/projeto_de_lei_n_04.2019.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/422/projeto_de_lei_no05.2019.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/424/projeto_de_lei_no06.2019.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/426/projeto_de_lei_legislativo_n_07.2019.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/445/projeto_de_lei_no_08.2019.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/600/projeto_de_lei_n_09.2019.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/487/projeto_de_lei_no_10.2019.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/549/projeto_de_lei_no_11.2019.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/599/projeto_de_lei_n_12.2019.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/601/projeto_de_lei_n_13.2019.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/597/projeto_de_lei_n_14.2019.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/620/projeto_de_lei_n_15.2019.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/641/projeto_de_lei_n_16.2019.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/686/projeto_de_lei_n_17.2019.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/696/projeto_de_lei_n_18.2019.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/713/projeto_de_lei_no_20-2019.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/718/projeto_de_lei_n_21.2019.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/321/projeto-de-lei-n-01.2018-mesa-diretora.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/322/projeto-de-lei-n-02.2018-c-mara-de-vereadores.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/328/projeto-de-lei-legislativo-03.2018.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/338/projeto_de_lei_legislativo_no_06.2018.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/339/projeto_de_lei_legislativo_no_07.2018.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/342/projeto_de_lei_legislativo_no_08.2018_DJXtgJI.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/348/projeto_de_lei_legislativo_n_10.2018.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/363/projeto_de_lei_legislativo_no_11_de_2018.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/362/projeto_de_lei_legislativo_no_14_de_2018.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/367/projeto_de_lei_legislativo_no_15_de_2018.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/368/projeto_de_lei_legislativo_no_16_de_2018.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/370/projeto_de_lei_no_17_de_2018.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/386/projeto_de_lei_legislativo_n_18.2018.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/384/projeto_de_le_legislativo_n_19.2018.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/385/projeto_de_le_legislativo_n_21.2018.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/401/projeto_de_lei_legislativo_n_24.2018.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/104/projeto-de-lei-n-02.2017-mesa-diretora.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/115/projeto-de-lei-n-03.2017-ver.-vasco-carvalho.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/107/projeto-de-lei-n-04.2017-mesa-diretora.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/113/projeto-de-lei-n-05.2017-mesa-diretora.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/114/projeto-de-lei-n-06.2017-ver-ademar-frescura.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/55/projeto-de-lei-n-07.2017-ver-jussara-matheus_V5ZuKnh.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/119/projeto-de-lei-n-09-2017-ver.-jeremias-oliveira.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3699/projeto_de_lei_no01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3700/projeto_de_lei_no02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3701/projeto_de_lei_no03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3702/projeto_de_lei_no04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3703/projeto_de_lei_no05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3704/substitutivo_do_projeto_de_lei_n06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3705/projeto_de_lei_no07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3706/projeto_de_lei_no08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3707/projeto_de_lei_no09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3708/substitutivo_ao_projeto_de_lei_no10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3709/projeto_de_lei_substitutivo_n11-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3710/projeto_de_lei_no13-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3711/projeto_de_lei_no14-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3712/projeto_de_lei_no15-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3713/projeto_de_lei_no16-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3714/projeto_de_lei_no17-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3718/substitutivo_ao_pl_n_18.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3720/projeto_de_lei_no19-2025_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3730/projeto_de_lei_no20-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3728/projeto_de_lei_no21-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3731/substitutivo_ao_pl_no22-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3732/projeto_de_lei_no23-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3733/projeto_de_lei_no24-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3737/projeto_de_lei_no25-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3738/projeto_de_lei_no26-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3751/projeto_de_lei_substitutivo_n27-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3752/projeto_de_lei_no28-2025_ver_ebertom_luiz.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3767/projeto_de_lei_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3766/projeto_de_lei_no30-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3777/projeto_de_lei_no31-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3785/projeto_de_lei_n_32-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3786/projeto_de_lei_n_33-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3787/projeto_de_lei_n_34-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3800/projeto_de_lei_no35-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3837/projeto_de_lei_no38-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3838/projeto_de_lei_no39-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3867/projeto_de_lei_no40-2025_ver_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3874/projeto_de_lei_no41-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3880/projeto_de_lei_n_42.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3897/projeto_de_lei_no43-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3896/projeto_de_lei_no44-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3895/projeto_de_lei_no45-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3894/projeto_de_lei_no46-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3905/projeto_de_lei_n47-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3906/projeto_de_lei_n48-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3915/projeto_de_lei_no49-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3918/projeto_de_lei_no50-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3919/projeto_de_lei_no51-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3933/projeto_de_lei_no52-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3934/projeto_de_lei_no53-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3935/projeto_de_lei_no54-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3936/projeto_de_lei_substitutivo_n55-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3947/substitutivo_ao_projeto_de_lei_n56-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3974/projeto_de_lei_no57-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3975/projeto_de_lei_no58-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3976/projeto_de_lei_no59-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3977/projeto_de_lei_no_60-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3978/projeto_de_lei_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3979/substitutivo_ao_projeto_de_lei_n62-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3995/projeto_de_lei_no63-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4029/substitutivo_ao_pl_no64-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4039/projeto_de_lei_no65-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4040/projeto_de_lei_no66-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4055/projeto_de_lei_n67-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4071/substitutivo_projeto_68-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4086/projeto_de_lei_no69-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4096/projeto_de_lei_n70-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4105/substitutivo_projeto_de_lei_n_71-2025_leticia_salcedo_machado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4106/projeto_de_lei_no72-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4137/projeto_de_lei_n73-2025_do_ver._rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4138/projeto_de_lei_n74-2025_do_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4139/substitutivo_ao_projeto_de_lei_n75-2025_do_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4238/projeto_de_lei_n_76-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4160/projeto_de_lei_n77-2025_do_vereador_nilo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4155/projeto_de_lei_n_78-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4161/substitutivo_ao_pl_n79.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4162/substitutivo_ao_projeto_de_lei_n80-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4197/projeto_de_lei_n81.2025_do_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4198/projeto_de_lei_n82.2025_do_ver.nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4211/projeto_de_lei_n_83-2025_ver._rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4212/substitutivo_ao_projeto_de_lei_n84-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4213/substitutivo_ao_projeto_de_lei_n85-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4210/projeto_de_lei_n_86-2025_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4239/projeto_de_lei_n_87-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4281/substitutivo_pl_88-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4241/substitutivo_ao_projeto_de_lei_n89-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4217/projeto_de_lei_n_90-2025_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4242/projeto_de_lei_n91-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4224/projeto_de_lei_n92-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4260/substitutivo_ao_pl_n93-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4282/projeto_de_lei_n_94.2025_do_vereador_leonardo_pilar.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4295/projeto_de_lei_n_95.2025_da_vereadora_leticia_salcedo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4339/projeto_de_lei_n96-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4340/substitutivo_ao_projeto_de_lei_n97-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4350/substitutivo_ao_projeto_n98-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4351/projeto_de_lei_n99-2025_da_ver._elizandra_de_melo_sacardi.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4352/projeto_de_lei_n100-2025_da_ver._elizandra_de_melo_sacardi.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4353/substitutivo_ao_projeto_de_lei_n101-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4359/substitutivo_pl_102-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4393/projeto_do_lei_n103-2025_do_vereador_rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4394/substitutivo_ao_pl_n104-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4395/projeto_de_lei_n105-2025_do_vereador_matias_gomes.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4396/substitutivo_ao_projeto_n106-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4397/projeto_de_lei_n107-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4421/projeto_de_lei_n_108-2025_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4422/projeto_de_lei_n_109-2025_ver._rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4401/projeto_de_lei_n_110-2025_ver_orlando_flores.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4423/projeto_de_lei_n111-2025_ver._kassineida_paz.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4446/projeto_de_lei_n112-2025_ver._rodrigo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4447/projeto_de_lei_n113-2025_ver._matias.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4517/projeto_de_lei_n_114-2025_ver_ebertom_luiz.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4479/projeto_de_lei_n115-2025_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4580/projeto_de_lei_n116-2025_ver._ebertom_luiz.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4489/projeto_de_lei_n117-2025_do_ver_rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4465/projeto_de_lei_n118-2025_do_vereador_lone_bianchini.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4466/projeto_de_lei_n119-2025_da_vereadora_kassineida_paz.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4467/projeto_de_lei_n120-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4478/projeto_de_lei_n121-2025_vereador_lone_bianchini.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4488/projeto_de_lei_n122-2025_do_ver_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4490/projeto_de_lei_n123-2025_do_ver_lone_bianchini.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4519/projeto_de_lei_n124.2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4518/substitutivo_ao_pl_n125-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4605/projeto_de_lei_n126-2025_ebertom_luiz.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4579/projeto_de_lei_n127-2025_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4606/projeto_de_lei_n128-2025_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4551/projeto_de_lei_n_129-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4578/projeto_de_lei_n130-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3110/projeto_de_lei_n_01-2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3111/projeto_de_lei_n_02-2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3112/projeto_n_03-2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3137/projeto_de_lei_n04-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3143/projeto_de_lei_n05-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3147/projeto_de_lei_n_06-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3155/projeto_de_lei_no07-2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3156/projeto_de_lei_no08-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3172/projeto_de_lei_no09-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3173/projeto_de_lei_n10-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3174/projeto_de_lei__no_11-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3176/projeto_de_lei_no12-2024_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3193/projeto_de_lei_no13-2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3194/projeto_de_lei_no14-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3195/projeto_de_lei_n15-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3205/projeto_de_lei_n16-2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3228/projeto_de_lei_no17-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3229/projeto_de_lei_no18-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3239/projeto_de_lei_n19-_2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3240/projeto_de_lei_n20-2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3249/projeto_de_lei_n21-2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3254/projeto_de_lei_n22-2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3285/projeto_de_lei_n23-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3286/projeto_de_lei_n24-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3287/projeto_de_lei_n25-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3288/projeto_de_lei_n26-2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3294/projeto_de_lei_n27-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3316/projeto_de_lei_no28-2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3331/projeto_de_lei_n29-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3353/projeto_de_lei_n_30-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3378/projeto_de_lei_n31-2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3379/projeto_de_lei_n322024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3383/projeto_de_lei_n33-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3392/projeto_de_lei_n34-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3417/projeto_de_lei_n_35.2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3430/projeto_de_lei_no36-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3439/projeto_de_lei_n37-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3440/projeto_de_lei_n38-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3447/projeto_de_lei_n39-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3451/projeto_de_lei_n40-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3452/projeto_de_lei_n41-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3514/substitutivo_ao_projeto_de_lei_n42-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3506/projeto_de_lei_n43-2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3511/pl_no44-2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3512/pl_no45-2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3513/pl_no46-2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3549/projeto_de_lei_no47-2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3548/projeto_de_lei_no48-2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3556/projeto_de_lei_n49-2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3557/projeto_de_lei_n50-2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3558/projeto_de_lei_no_51-2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3682/projeto_de_lei_n_53.2024_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2417/projeto_de_lei_no_01.2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2419/projeto_de_lei_n02-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2420/projeto_de_lei_n_03-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2421/projeto_de_lei_n_04-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2422/projeto_de_lei_n_05-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2423/projeto_de_lei_n_06-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2424/projeto_de_lei_n_07-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2425/projeto_de_lei_n_08-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2448/projeto_de_lei_n09-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2449/projeto_de_lei_n10-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2512/projeto_de_lei_n11-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2559/projeto_de_lei_n_12-2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2514/projeto_de_lei_n13-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2519/projeto_de_lei_no_14.2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2520/projeto_de_lei_n_15-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2533/projeto_de_lei_no_16.2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2560/projeto_de_lei_no_17.2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2561/projeto_de_lei_n18-2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2568/projeto_de_lei_m19-2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2572/projeto_de_lei_20-2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2576/projeto_de_lei_n21-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2599/projeto_de_lei_n22-2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2611/projeto_de_lei_n_23-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2615/projeto_de_lei_no_24-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2640/substitutivo_ao_projeto_de_lei_no_25-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2685/projeto_de_lei_n26-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2695/projeto_de_lei_no_27-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2717/projeto_de_lei_n28-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2718/projeto_de_lei_legislativo_no_28-2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2728/projeto_de_lei_n30-2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2734/projeto_de_lei_n31-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2743/projeto_de_lei_n32-2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2745/projeto_de_lei_no_33-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2748/substitutivo_ao_projeto_de_lei_no_34.2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2755/projeto_de_lei_n35-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2754/projeto_de_lei_no_36-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2776/projeto_de_lei_n37-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2801/projeto_de_lei_no_38.2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2802/projeto_de_lei_no_39.2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2813/projeto_de_lei_n40-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2815/projeto_de_lei_n41-2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2825/projeto_de_lei_n_42-2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2826/projeto_de_lei_n_43-2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2842/projeto_de_lei_n_44-2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2841/projeto_de_lei_n45-2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2845/projeto_de_lei_n46-2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2873/projeto_de_lei_n47-2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3092/projeto_de_lei_n_48-2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3103/projeto_de_lei_n49-2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1674/projeto_de_lei_n_01-2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1691/projeto_de_lei_n_03-2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1692/projeto_de_lei_n_04-2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1703/projeto_de_lei_n_05-2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1720/projeto_de_lei_n_06-2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1734/projeto_de_lei_n_07-2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1744/projeto_de_lei_n_08-2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1745/projeto_de_lei_n_09-2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1746/projeto_de_lei_n_10-2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1793/projeto_de_lei_n_11-2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1809/projeto_de_lei_n_12-2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1810/projeto_de_lei_n_13-2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1822/substitutivo_ao_projeto_de_lei_n_14-2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1823/projeto_de_lei_n_15-2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1869/projeto_de_lei_n_16-2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1886/substitutivo_ao_projeto_de_lei_n_17-2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1887/projeto_de_lei_n_18-2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1896/projeto_de_lei_n_19-2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1900/projeto_de_lei_n_20-2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1969/projeto_de_lei_n_21-2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1921/projeto_de_lei_n_22-2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1922/projeto_de_lei_n_23-2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1923/projeto_de_lei_n_25-2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1983/projeto_de_lei_n_26-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1967/projeto_de_lei_n_27-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1971/projeto_de_lei_n_28-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2019/projeto_de_lei_n_29-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2018/projeto_de_lei_no_30-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2081/projeto_de_lei_n_31-2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2082/projeto_de_lei_n32-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2084/projeto_de_lei_n_33-2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2086/projeto_de_lei_n35-2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2087/projeto_de_lei_n_36-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2110/projeto_de_lei_n_37-2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2161/projeto_de_lei_n_38-2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2171/substituitivo_ao_projeto_de_lei_n_39-2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2173/projeto_de_lei_no_40-2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2174/projeto_de_lei_no_41-2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2184/projeto_de_lei_n42-2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1035/projeto_de_lei_n_01-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1038/projeto_de_lei_n_02-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1039/projeto_de_lei_n_03-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1042/projeto_de_lei_n_04-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1043/projeto_de_lei_n_05-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1055/projeto_de_lei_n_06-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1056/projeto_de_lei_n_07-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1060/projeto_de_lei_n_08-2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1071/projeto_de_lei_no_09-2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1082/projeto_de_lei_n_10-2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1089/projeto_de_lei_n_11-2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1099/projeto_de_lei_n12-2021_ver_nilo.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1108/pl_no_13.2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1109/pl_no_14.2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1110/pl_no_15.2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1111/pl_no_16.2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1140/projeto_de_lei_no_17-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1154/projeto_de_lei_n_20-2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1155/projeto_de_lei_n_21-2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1156/projeto_de_lei_n_22-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1162/projeto_de_lei_n_23-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1182/projeto_de_lei_n_24-2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1163/projeto_de_lei_25_2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1183/projeto_de_lei_n_26-2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1188/projeto_de_lei_n_27-2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1189/projeto_de_lei_n_28-2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1190/projeto_de_lei_n_29-2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1191/projeto_de_lei_n_30-2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1204/projeto_de_lei_n_32-2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1213/projeto_de_lei_no_33.2021-_do_vereador_lone_bianchini.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1220/projeto_de_lei_no_34.2021-_do_vereador_franklin_pereira.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1221/projeto_de_lei_no_35.2021_vereador_franklin_pereira.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1232/projeto_de_lei_no_36-2021_do_ver_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1240/projeto_de_lei_n_38-2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1241/projeto_de_lei_n_39-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1247/projeto_de_lei_n_40-2021_modificado_pelo_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1249/projeto_de_lei_n_41-2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1250/projeto_de_lei_n_42-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1252/projeto_de_lei_n_43-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1264/projeto_de_lei_n_44-2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1265/projeto_de_lei_n_45-2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1278/projeto_de_lei_n_46-2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1280/projeto_de_lei_n_47-2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1282/projeto_de_lei_n_48-2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1306/projeto_de_lei_n_49-2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1320/projeto_de_lei_n_51-2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1308/projeto_de_lei_n_52-2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1325/projeto_de_lei_no_53-2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1332/projeto_de_lei_no_54.2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1333/projeto_de_lei_no_55.2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1334/projeto_de_lei_no_56.2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1341/projeto_de_lei_no_57-2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1361/projeto_de_lei_n_58-2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1364/projeto_de_lei_n_59-2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1367/projeto_de_lei_n_60-2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1389/projeto_de_lei_no_61-2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1392/projeto_de_lei_n_62-2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1394/projeto_de_lei_n_63-2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1410/projeto_de_lei_n_64-2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_no_65-2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1452/projeto_de_lei_n_66-2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1451/projeto_de_lei_n_67-2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1459/projeto_de_lei_n_68-2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1469/projeto_de_lei_n69-2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1470/projeto_de_lei__n70-2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1482/projeto_de_lei_n_71-2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1483/projeto_de_lei_n_72-2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1490/projeto_de_lei_n_73-2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1493/projeto_de_lei_n_74-2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1505/projeto_de_lei_n_75-2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1512/projeto_de_lei_no_76-2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1524/projeto_de_lei_n_77-2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1526/projeto_de_lei_n_78-2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1545/projeto_de_lei_no_79.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1555/projeto_de_lei_no_80-2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1572/projeto_de_lei_n_81-2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1573/projeto_de_lei_n_82-2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1584/projeto_de_lei_n_83-2021_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1596/projeto_de_lei_n_84-2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1613/projeto_de_lei_n_85-2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1618/projeto_de_lei_n_86-2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1619/projeto_de_lei_n_87-2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1626/projeto_de_lei_n_88-2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1635/projeto_de_lei_n_89-2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1641/projeto_de_lei_no_90-2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1662/projeto_de_lei_no_91.2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/760/projeto_de_lei_n_01.2020.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/761/projeto_de_lei_n_02.2020.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/766/projeto_de_lei_no_03-2020_-_vereador_ademar_frescura.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/750/projeto_de_lei_no_04.2020.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/751/projeto_de_lei_no_05.2020.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/898/projeto_de_lei_no_10-2020.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/992/projeto_de_lei_no_11_do_vereador_ademar_frescura.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1016/projeto_de_lei_no_12-2020_-_vereadora_elizandra.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1021/projeto_de_lei_no_13.2020.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1028/projeto_de_lei_no_14-2020_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1029/projeto_de_lei_no_15-2020_-_everton_luiz.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1034/projeto_de_lei_n_16-2020.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/405/projeto_de_lei_legislativo_n_01.2019.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/413/projeto_de_lei_legislativo_n_02.2019.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/419/mesa_diretora_03.2019.pdf.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/420/projeto_de_lei_n_04.2019.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/422/projeto_de_lei_no05.2019.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/424/projeto_de_lei_no06.2019.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/426/projeto_de_lei_legislativo_n_07.2019.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/445/projeto_de_lei_no_08.2019.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/600/projeto_de_lei_n_09.2019.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/487/projeto_de_lei_no_10.2019.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/549/projeto_de_lei_no_11.2019.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/599/projeto_de_lei_n_12.2019.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/601/projeto_de_lei_n_13.2019.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/597/projeto_de_lei_n_14.2019.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/620/projeto_de_lei_n_15.2019.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/641/projeto_de_lei_n_16.2019.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/686/projeto_de_lei_n_17.2019.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/696/projeto_de_lei_n_18.2019.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/713/projeto_de_lei_no_20-2019.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/718/projeto_de_lei_n_21.2019.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/321/projeto-de-lei-n-01.2018-mesa-diretora.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/322/projeto-de-lei-n-02.2018-c-mara-de-vereadores.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/328/projeto-de-lei-legislativo-03.2018.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/338/projeto_de_lei_legislativo_no_06.2018.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/339/projeto_de_lei_legislativo_no_07.2018.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/342/projeto_de_lei_legislativo_no_08.2018_DJXtgJI.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/348/projeto_de_lei_legislativo_n_10.2018.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/363/projeto_de_lei_legislativo_no_11_de_2018.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/362/projeto_de_lei_legislativo_no_14_de_2018.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/367/projeto_de_lei_legislativo_no_15_de_2018.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/368/projeto_de_lei_legislativo_no_16_de_2018.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/370/projeto_de_lei_no_17_de_2018.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/386/projeto_de_lei_legislativo_n_18.2018.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/384/projeto_de_le_legislativo_n_19.2018.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/385/projeto_de_le_legislativo_n_21.2018.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/401/projeto_de_lei_legislativo_n_24.2018.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/104/projeto-de-lei-n-02.2017-mesa-diretora.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/115/projeto-de-lei-n-03.2017-ver.-vasco-carvalho.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/107/projeto-de-lei-n-04.2017-mesa-diretora.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/113/projeto-de-lei-n-05.2017-mesa-diretora.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/114/projeto-de-lei-n-06.2017-ver-ademar-frescura.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/55/projeto-de-lei-n-07.2017-ver-jussara-matheus_V5ZuKnh.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/119/projeto-de-lei-n-09-2017-ver.-jeremias-oliveira.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H403"/>
+  <dimension ref="A1:H412"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="58.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="144.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -7336,181 +7444,181 @@
       </c>
       <c r="G111" s="1" t="s">
         <v>462</v>
       </c>
       <c r="H111" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>464</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>465</v>
       </c>
       <c r="D112" t="s">
         <v>11</v>
       </c>
       <c r="E112" t="s">
         <v>12</v>
       </c>
       <c r="F112" t="s">
-        <v>13</v>
+        <v>121</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>466</v>
       </c>
       <c r="H112" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>468</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>469</v>
       </c>
       <c r="D113" t="s">
         <v>11</v>
       </c>
       <c r="E113" t="s">
         <v>12</v>
       </c>
       <c r="F113" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>470</v>
       </c>
       <c r="H113" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>472</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>473</v>
       </c>
       <c r="D114" t="s">
         <v>11</v>
       </c>
       <c r="E114" t="s">
         <v>12</v>
       </c>
       <c r="F114" t="s">
-        <v>151</v>
+        <v>121</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>474</v>
       </c>
       <c r="H114" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>476</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>477</v>
       </c>
       <c r="D115" t="s">
         <v>11</v>
       </c>
       <c r="E115" t="s">
         <v>12</v>
       </c>
       <c r="F115" t="s">
-        <v>266</v>
+        <v>95</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>478</v>
       </c>
       <c r="H115" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>480</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>481</v>
       </c>
       <c r="D116" t="s">
         <v>11</v>
       </c>
       <c r="E116" t="s">
         <v>12</v>
       </c>
       <c r="F116" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>482</v>
       </c>
       <c r="H116" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>484</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>485</v>
       </c>
       <c r="D117" t="s">
         <v>11</v>
       </c>
       <c r="E117" t="s">
         <v>12</v>
       </c>
       <c r="F117" t="s">
-        <v>151</v>
+        <v>266</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>486</v>
       </c>
       <c r="H117" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>488</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>489</v>
       </c>
       <c r="D118" t="s">
         <v>11</v>
       </c>
       <c r="E118" t="s">
         <v>12</v>
       </c>
       <c r="F118" t="s">
@@ -7532,7277 +7640,7511 @@
       </c>
       <c r="C119" t="s">
         <v>493</v>
       </c>
       <c r="D119" t="s">
         <v>11</v>
       </c>
       <c r="E119" t="s">
         <v>12</v>
       </c>
       <c r="F119" t="s">
         <v>151</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>494</v>
       </c>
       <c r="H119" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>496</v>
       </c>
       <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
         <v>497</v>
       </c>
-      <c r="C120" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D120" t="s">
         <v>11</v>
       </c>
       <c r="E120" t="s">
         <v>12</v>
       </c>
       <c r="F120" t="s">
+        <v>13</v>
+      </c>
+      <c r="G120" s="1" t="s">
         <v>498</v>
       </c>
-      <c r="G120" s="1" t="s">
+      <c r="H120" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
+        <v>500</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
         <v>501</v>
       </c>
-      <c r="B121" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D121" t="s">
         <v>11</v>
       </c>
       <c r="E121" t="s">
         <v>12</v>
       </c>
       <c r="F121" t="s">
-        <v>498</v>
+        <v>151</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>502</v>
       </c>
       <c r="H121" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>504</v>
       </c>
       <c r="B122" t="s">
-        <v>497</v>
+        <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>21</v>
+        <v>505</v>
       </c>
       <c r="D122" t="s">
         <v>11</v>
       </c>
       <c r="E122" t="s">
         <v>12</v>
       </c>
       <c r="F122" t="s">
-        <v>498</v>
+        <v>13</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="H122" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B123" t="s">
-        <v>497</v>
+        <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>25</v>
+        <v>509</v>
       </c>
       <c r="D123" t="s">
         <v>11</v>
       </c>
       <c r="E123" t="s">
         <v>12</v>
       </c>
       <c r="F123" t="s">
-        <v>151</v>
+        <v>292</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="H123" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B124" t="s">
-        <v>497</v>
+        <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>29</v>
+        <v>513</v>
       </c>
       <c r="D124" t="s">
         <v>11</v>
       </c>
       <c r="E124" t="s">
         <v>12</v>
       </c>
       <c r="F124" t="s">
-        <v>13</v>
+        <v>121</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="H124" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="B125" t="s">
-        <v>497</v>
+        <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>33</v>
+        <v>517</v>
       </c>
       <c r="D125" t="s">
         <v>11</v>
       </c>
       <c r="E125" t="s">
         <v>12</v>
       </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
       <c r="G125" s="1" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="H125" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="B126" t="s">
-        <v>497</v>
+        <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>37</v>
+        <v>521</v>
       </c>
       <c r="D126" t="s">
         <v>11</v>
       </c>
       <c r="E126" t="s">
         <v>12</v>
       </c>
       <c r="F126" t="s">
         <v>13</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="H126" t="s">
-        <v>71</v>
+        <v>523</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="B127" t="s">
-        <v>497</v>
+        <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>41</v>
+        <v>525</v>
       </c>
       <c r="D127" t="s">
         <v>11</v>
       </c>
       <c r="E127" t="s">
         <v>12</v>
       </c>
       <c r="F127" t="s">
-        <v>13</v>
+        <v>526</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>519</v>
+        <v>527</v>
       </c>
       <c r="H127" t="s">
-        <v>520</v>
+        <v>528</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>521</v>
+        <v>529</v>
       </c>
       <c r="B128" t="s">
-        <v>497</v>
+        <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>45</v>
+        <v>530</v>
       </c>
       <c r="D128" t="s">
         <v>11</v>
       </c>
       <c r="E128" t="s">
         <v>12</v>
       </c>
       <c r="F128" t="s">
-        <v>13</v>
+        <v>275</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>522</v>
+        <v>531</v>
       </c>
       <c r="H128" t="s">
-        <v>523</v>
+        <v>532</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>524</v>
+        <v>533</v>
       </c>
       <c r="B129" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C129" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="D129" t="s">
         <v>11</v>
       </c>
       <c r="E129" t="s">
         <v>12</v>
       </c>
       <c r="F129" t="s">
-        <v>13</v>
+        <v>535</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>525</v>
+        <v>536</v>
       </c>
       <c r="H129" t="s">
-        <v>526</v>
+        <v>537</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>527</v>
+        <v>538</v>
       </c>
       <c r="B130" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C130" t="s">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="D130" t="s">
         <v>11</v>
       </c>
       <c r="E130" t="s">
         <v>12</v>
       </c>
       <c r="F130" t="s">
-        <v>13</v>
+        <v>535</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>528</v>
+        <v>539</v>
       </c>
       <c r="H130" t="s">
-        <v>59</v>
+        <v>540</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>529</v>
+        <v>541</v>
       </c>
       <c r="B131" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C131" t="s">
-        <v>530</v>
+        <v>21</v>
       </c>
       <c r="D131" t="s">
         <v>11</v>
       </c>
       <c r="E131" t="s">
         <v>12</v>
       </c>
       <c r="F131" t="s">
-        <v>13</v>
+        <v>535</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>531</v>
+        <v>542</v>
       </c>
       <c r="H131" t="s">
-        <v>532</v>
+        <v>543</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>533</v>
+        <v>544</v>
       </c>
       <c r="B132" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C132" t="s">
-        <v>57</v>
+        <v>25</v>
       </c>
       <c r="D132" t="s">
         <v>11</v>
       </c>
       <c r="E132" t="s">
         <v>12</v>
       </c>
       <c r="F132" t="s">
-        <v>534</v>
+        <v>151</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>535</v>
+        <v>545</v>
       </c>
       <c r="H132" t="s">
-        <v>536</v>
+        <v>546</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>537</v>
+        <v>547</v>
       </c>
       <c r="B133" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C133" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="D133" t="s">
         <v>11</v>
       </c>
       <c r="E133" t="s">
         <v>12</v>
       </c>
       <c r="F133" t="s">
-        <v>534</v>
+        <v>13</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>538</v>
+        <v>548</v>
       </c>
       <c r="H133" t="s">
-        <v>539</v>
+        <v>549</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>540</v>
+        <v>550</v>
       </c>
       <c r="B134" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C134" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="D134" t="s">
         <v>11</v>
       </c>
       <c r="E134" t="s">
         <v>12</v>
       </c>
-      <c r="F134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G134" s="1" t="s">
-        <v>541</v>
+        <v>551</v>
       </c>
       <c r="H134" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>543</v>
+        <v>553</v>
       </c>
       <c r="B135" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C135" t="s">
-        <v>69</v>
+        <v>37</v>
       </c>
       <c r="D135" t="s">
         <v>11</v>
       </c>
       <c r="E135" t="s">
         <v>12</v>
       </c>
       <c r="F135" t="s">
-        <v>534</v>
+        <v>13</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>544</v>
+        <v>554</v>
       </c>
       <c r="H135" t="s">
-        <v>545</v>
+        <v>71</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>546</v>
+        <v>555</v>
       </c>
       <c r="B136" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C136" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="D136" t="s">
         <v>11</v>
       </c>
       <c r="E136" t="s">
         <v>12</v>
       </c>
       <c r="F136" t="s">
-        <v>534</v>
+        <v>13</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>547</v>
+        <v>556</v>
       </c>
       <c r="H136" t="s">
-        <v>548</v>
+        <v>557</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>549</v>
+        <v>558</v>
       </c>
       <c r="B137" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C137" t="s">
-        <v>77</v>
+        <v>45</v>
       </c>
       <c r="D137" t="s">
         <v>11</v>
       </c>
       <c r="E137" t="s">
         <v>12</v>
       </c>
       <c r="F137" t="s">
-        <v>550</v>
+        <v>13</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="H137" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>553</v>
+        <v>561</v>
       </c>
       <c r="B138" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C138" t="s">
-        <v>81</v>
+        <v>49</v>
       </c>
       <c r="D138" t="s">
         <v>11</v>
       </c>
       <c r="E138" t="s">
         <v>12</v>
       </c>
       <c r="F138" t="s">
-        <v>534</v>
+        <v>13</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>554</v>
+        <v>562</v>
       </c>
       <c r="H138" t="s">
-        <v>555</v>
+        <v>563</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>556</v>
+        <v>564</v>
       </c>
       <c r="B139" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C139" t="s">
-        <v>86</v>
+        <v>53</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
       <c r="E139" t="s">
         <v>12</v>
       </c>
       <c r="F139" t="s">
-        <v>534</v>
+        <v>13</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>557</v>
+        <v>565</v>
       </c>
       <c r="H139" t="s">
-        <v>558</v>
+        <v>59</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>559</v>
+        <v>566</v>
       </c>
       <c r="B140" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C140" t="s">
-        <v>90</v>
+        <v>567</v>
       </c>
       <c r="D140" t="s">
         <v>11</v>
       </c>
       <c r="E140" t="s">
         <v>12</v>
       </c>
       <c r="F140" t="s">
-        <v>560</v>
+        <v>13</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>561</v>
+        <v>568</v>
       </c>
       <c r="H140" t="s">
-        <v>562</v>
+        <v>569</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="B141" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C141" t="s">
-        <v>94</v>
+        <v>57</v>
       </c>
       <c r="D141" t="s">
         <v>11</v>
       </c>
       <c r="E141" t="s">
         <v>12</v>
       </c>
       <c r="F141" t="s">
-        <v>142</v>
+        <v>571</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>564</v>
+        <v>572</v>
       </c>
       <c r="H141" t="s">
-        <v>565</v>
+        <v>573</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>566</v>
+        <v>574</v>
       </c>
       <c r="B142" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C142" t="s">
-        <v>99</v>
+        <v>61</v>
       </c>
       <c r="D142" t="s">
         <v>11</v>
       </c>
       <c r="E142" t="s">
         <v>12</v>
       </c>
       <c r="F142" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
       <c r="H142" t="s">
-        <v>569</v>
+        <v>576</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>570</v>
+        <v>577</v>
       </c>
       <c r="B143" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C143" t="s">
-        <v>103</v>
+        <v>65</v>
       </c>
       <c r="D143" t="s">
         <v>11</v>
       </c>
       <c r="E143" t="s">
         <v>12</v>
       </c>
       <c r="F143" t="s">
-        <v>567</v>
+        <v>142</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
       <c r="H143" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>573</v>
+        <v>580</v>
       </c>
       <c r="B144" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C144" t="s">
-        <v>107</v>
+        <v>69</v>
       </c>
       <c r="D144" t="s">
         <v>11</v>
       </c>
       <c r="E144" t="s">
         <v>12</v>
       </c>
       <c r="F144" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="H144" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>576</v>
+        <v>583</v>
       </c>
       <c r="B145" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C145" t="s">
-        <v>111</v>
+        <v>73</v>
       </c>
       <c r="D145" t="s">
         <v>11</v>
       </c>
       <c r="E145" t="s">
         <v>12</v>
       </c>
       <c r="F145" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
       <c r="H145" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
       <c r="B146" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C146" t="s">
-        <v>115</v>
+        <v>77</v>
       </c>
       <c r="D146" t="s">
         <v>11</v>
       </c>
       <c r="E146" t="s">
         <v>12</v>
       </c>
       <c r="F146" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
       <c r="H146" t="s">
-        <v>582</v>
+        <v>589</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>583</v>
+        <v>590</v>
       </c>
       <c r="B147" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C147" t="s">
-        <v>120</v>
+        <v>81</v>
       </c>
       <c r="D147" t="s">
         <v>11</v>
       </c>
       <c r="E147" t="s">
         <v>12</v>
       </c>
       <c r="F147" t="s">
-        <v>13</v>
+        <v>571</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>584</v>
+        <v>591</v>
       </c>
       <c r="H147" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>586</v>
+        <v>593</v>
       </c>
       <c r="B148" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C148" t="s">
-        <v>125</v>
+        <v>86</v>
       </c>
       <c r="D148" t="s">
         <v>11</v>
       </c>
       <c r="E148" t="s">
         <v>12</v>
       </c>
       <c r="F148" t="s">
-        <v>550</v>
+        <v>571</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="H148" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="B149" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C149" t="s">
-        <v>129</v>
+        <v>90</v>
       </c>
       <c r="D149" t="s">
         <v>11</v>
       </c>
       <c r="E149" t="s">
         <v>12</v>
       </c>
       <c r="F149" t="s">
-        <v>229</v>
+        <v>597</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="H149" t="s">
-        <v>591</v>
+        <v>599</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>592</v>
+        <v>600</v>
       </c>
       <c r="B150" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C150" t="s">
-        <v>133</v>
+        <v>94</v>
       </c>
       <c r="D150" t="s">
         <v>11</v>
       </c>
       <c r="E150" t="s">
         <v>12</v>
       </c>
       <c r="F150" t="s">
-        <v>580</v>
+        <v>142</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>593</v>
+        <v>601</v>
       </c>
       <c r="H150" t="s">
-        <v>594</v>
+        <v>602</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>595</v>
+        <v>603</v>
       </c>
       <c r="B151" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C151" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D151" t="s">
         <v>11</v>
       </c>
       <c r="E151" t="s">
         <v>12</v>
       </c>
       <c r="F151" t="s">
-        <v>151</v>
+        <v>604</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>596</v>
+        <v>605</v>
       </c>
       <c r="H151" t="s">
-        <v>597</v>
+        <v>606</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>598</v>
+        <v>607</v>
       </c>
       <c r="B152" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C152" t="s">
-        <v>141</v>
+        <v>103</v>
       </c>
       <c r="D152" t="s">
         <v>11</v>
       </c>
       <c r="E152" t="s">
         <v>12</v>
       </c>
       <c r="F152" t="s">
-        <v>142</v>
+        <v>604</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>599</v>
+        <v>608</v>
       </c>
       <c r="H152" t="s">
-        <v>600</v>
+        <v>609</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>601</v>
+        <v>610</v>
       </c>
       <c r="B153" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C153" t="s">
-        <v>146</v>
+        <v>107</v>
       </c>
       <c r="D153" t="s">
         <v>11</v>
       </c>
       <c r="E153" t="s">
         <v>12</v>
       </c>
       <c r="F153" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="H153" t="s">
-        <v>604</v>
+        <v>612</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>605</v>
+        <v>613</v>
       </c>
       <c r="B154" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C154" t="s">
-        <v>150</v>
+        <v>111</v>
       </c>
       <c r="D154" t="s">
         <v>11</v>
       </c>
       <c r="E154" t="s">
         <v>12</v>
       </c>
       <c r="F154" t="s">
-        <v>550</v>
+        <v>604</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>606</v>
+        <v>614</v>
       </c>
       <c r="H154" t="s">
-        <v>607</v>
+        <v>615</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>608</v>
+        <v>616</v>
       </c>
       <c r="B155" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C155" t="s">
-        <v>609</v>
+        <v>115</v>
       </c>
       <c r="D155" t="s">
         <v>11</v>
       </c>
       <c r="E155" t="s">
         <v>12</v>
       </c>
       <c r="F155" t="s">
-        <v>13</v>
+        <v>617</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>610</v>
+        <v>618</v>
       </c>
       <c r="H155" t="s">
-        <v>47</v>
+        <v>619</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>611</v>
+        <v>620</v>
       </c>
       <c r="B156" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C156" t="s">
-        <v>612</v>
+        <v>120</v>
       </c>
       <c r="D156" t="s">
         <v>11</v>
       </c>
       <c r="E156" t="s">
         <v>12</v>
       </c>
       <c r="F156" t="s">
         <v>13</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="H156" t="s">
-        <v>614</v>
+        <v>622</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>615</v>
+        <v>623</v>
       </c>
       <c r="B157" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C157" t="s">
-        <v>155</v>
+        <v>125</v>
       </c>
       <c r="D157" t="s">
         <v>11</v>
       </c>
       <c r="E157" t="s">
         <v>12</v>
       </c>
       <c r="F157" t="s">
-        <v>13</v>
+        <v>587</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>616</v>
+        <v>624</v>
       </c>
       <c r="H157" t="s">
-        <v>617</v>
+        <v>625</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>618</v>
+        <v>626</v>
       </c>
       <c r="B158" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C158" t="s">
-        <v>159</v>
+        <v>129</v>
       </c>
       <c r="D158" t="s">
         <v>11</v>
       </c>
       <c r="E158" t="s">
         <v>12</v>
       </c>
       <c r="F158" t="s">
-        <v>13</v>
+        <v>229</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>619</v>
+        <v>627</v>
       </c>
       <c r="H158" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="B159" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C159" t="s">
-        <v>163</v>
+        <v>133</v>
       </c>
       <c r="D159" t="s">
         <v>11</v>
       </c>
       <c r="E159" t="s">
         <v>12</v>
       </c>
       <c r="F159" t="s">
-        <v>550</v>
+        <v>617</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>622</v>
+        <v>630</v>
       </c>
       <c r="H159" t="s">
-        <v>623</v>
+        <v>631</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>624</v>
+        <v>632</v>
       </c>
       <c r="B160" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C160" t="s">
-        <v>167</v>
+        <v>137</v>
       </c>
       <c r="D160" t="s">
         <v>11</v>
       </c>
       <c r="E160" t="s">
         <v>12</v>
       </c>
       <c r="F160" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="H160" t="s">
-        <v>626</v>
+        <v>634</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>627</v>
+        <v>635</v>
       </c>
       <c r="B161" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C161" t="s">
-        <v>171</v>
+        <v>141</v>
       </c>
       <c r="D161" t="s">
         <v>11</v>
       </c>
       <c r="E161" t="s">
         <v>12</v>
       </c>
       <c r="F161" t="s">
-        <v>13</v>
+        <v>142</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>628</v>
+        <v>636</v>
       </c>
       <c r="H161" t="s">
-        <v>75</v>
+        <v>637</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>629</v>
+        <v>638</v>
       </c>
       <c r="B162" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C162" t="s">
-        <v>175</v>
+        <v>146</v>
       </c>
       <c r="D162" t="s">
         <v>11</v>
       </c>
       <c r="E162" t="s">
         <v>12</v>
       </c>
       <c r="F162" t="s">
-        <v>13</v>
+        <v>639</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>630</v>
+        <v>640</v>
       </c>
       <c r="H162" t="s">
-        <v>35</v>
+        <v>641</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>631</v>
+        <v>642</v>
       </c>
       <c r="B163" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C163" t="s">
-        <v>179</v>
+        <v>150</v>
       </c>
       <c r="D163" t="s">
         <v>11</v>
       </c>
       <c r="E163" t="s">
         <v>12</v>
       </c>
       <c r="F163" t="s">
-        <v>229</v>
+        <v>587</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>632</v>
+        <v>643</v>
       </c>
       <c r="H163" t="s">
-        <v>633</v>
+        <v>644</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>634</v>
+        <v>645</v>
       </c>
       <c r="B164" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C164" t="s">
-        <v>183</v>
+        <v>646</v>
       </c>
       <c r="D164" t="s">
         <v>11</v>
       </c>
       <c r="E164" t="s">
         <v>12</v>
       </c>
       <c r="F164" t="s">
         <v>13</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>635</v>
+        <v>647</v>
       </c>
       <c r="H164" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>636</v>
+        <v>648</v>
       </c>
       <c r="B165" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C165" t="s">
-        <v>187</v>
+        <v>649</v>
       </c>
       <c r="D165" t="s">
         <v>11</v>
       </c>
       <c r="E165" t="s">
         <v>12</v>
       </c>
       <c r="F165" t="s">
         <v>13</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>637</v>
+        <v>650</v>
       </c>
       <c r="H165" t="s">
-        <v>31</v>
+        <v>651</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>638</v>
+        <v>652</v>
       </c>
       <c r="B166" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C166" t="s">
-        <v>191</v>
+        <v>155</v>
       </c>
       <c r="D166" t="s">
         <v>11</v>
       </c>
       <c r="E166" t="s">
         <v>12</v>
       </c>
       <c r="F166" t="s">
         <v>13</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>639</v>
+        <v>653</v>
       </c>
       <c r="H166" t="s">
-        <v>640</v>
+        <v>654</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>641</v>
+        <v>655</v>
       </c>
       <c r="B167" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C167" t="s">
-        <v>195</v>
+        <v>159</v>
       </c>
       <c r="D167" t="s">
         <v>11</v>
       </c>
       <c r="E167" t="s">
         <v>12</v>
       </c>
+      <c r="F167" t="s">
+        <v>13</v>
+      </c>
       <c r="G167" s="1" t="s">
-        <v>642</v>
+        <v>656</v>
       </c>
       <c r="H167" t="s">
-        <v>643</v>
+        <v>657</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>644</v>
+        <v>658</v>
       </c>
       <c r="B168" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C168" t="s">
-        <v>199</v>
+        <v>163</v>
       </c>
       <c r="D168" t="s">
         <v>11</v>
       </c>
       <c r="E168" t="s">
         <v>12</v>
       </c>
       <c r="F168" t="s">
-        <v>13</v>
+        <v>587</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>645</v>
+        <v>659</v>
       </c>
       <c r="H168" t="s">
-        <v>646</v>
+        <v>660</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>647</v>
+        <v>661</v>
       </c>
       <c r="B169" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C169" t="s">
-        <v>203</v>
+        <v>167</v>
       </c>
       <c r="D169" t="s">
         <v>11</v>
       </c>
       <c r="E169" t="s">
         <v>12</v>
       </c>
       <c r="F169" t="s">
         <v>13</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>648</v>
+        <v>662</v>
       </c>
       <c r="H169" t="s">
-        <v>649</v>
+        <v>663</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>650</v>
+        <v>664</v>
       </c>
       <c r="B170" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C170" t="s">
-        <v>207</v>
+        <v>171</v>
       </c>
       <c r="D170" t="s">
         <v>11</v>
       </c>
       <c r="E170" t="s">
         <v>12</v>
       </c>
       <c r="F170" t="s">
-        <v>142</v>
+        <v>13</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>651</v>
+        <v>665</v>
       </c>
       <c r="H170" t="s">
-        <v>652</v>
+        <v>75</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>653</v>
+        <v>666</v>
       </c>
       <c r="B171" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="C171" t="s">
-        <v>215</v>
+        <v>175</v>
       </c>
       <c r="D171" t="s">
         <v>11</v>
       </c>
       <c r="E171" t="s">
         <v>12</v>
       </c>
       <c r="F171" t="s">
-        <v>654</v>
+        <v>13</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>655</v>
+        <v>667</v>
       </c>
       <c r="H171" t="s">
-        <v>656</v>
+        <v>35</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>657</v>
+        <v>668</v>
       </c>
       <c r="B172" t="s">
-        <v>658</v>
+        <v>534</v>
       </c>
       <c r="C172" t="s">
-        <v>10</v>
+        <v>179</v>
       </c>
       <c r="D172" t="s">
         <v>11</v>
       </c>
       <c r="E172" t="s">
         <v>12</v>
       </c>
       <c r="F172" t="s">
-        <v>82</v>
+        <v>229</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>659</v>
+        <v>669</v>
       </c>
       <c r="H172" t="s">
-        <v>660</v>
+        <v>670</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>661</v>
+        <v>671</v>
       </c>
       <c r="B173" t="s">
-        <v>658</v>
+        <v>534</v>
       </c>
       <c r="C173" t="s">
-        <v>17</v>
+        <v>183</v>
       </c>
       <c r="D173" t="s">
         <v>11</v>
       </c>
       <c r="E173" t="s">
         <v>12</v>
       </c>
       <c r="F173" t="s">
         <v>13</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
       <c r="H173" t="s">
-        <v>663</v>
+        <v>27</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>664</v>
+        <v>673</v>
       </c>
       <c r="B174" t="s">
-        <v>658</v>
+        <v>534</v>
       </c>
       <c r="C174" t="s">
-        <v>21</v>
+        <v>187</v>
       </c>
       <c r="D174" t="s">
         <v>11</v>
       </c>
       <c r="E174" t="s">
         <v>12</v>
       </c>
       <c r="F174" t="s">
-        <v>665</v>
+        <v>13</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>666</v>
+        <v>674</v>
       </c>
       <c r="H174" t="s">
-        <v>667</v>
+        <v>31</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
       <c r="B175" t="s">
-        <v>658</v>
+        <v>534</v>
       </c>
       <c r="C175" t="s">
-        <v>25</v>
+        <v>191</v>
       </c>
       <c r="D175" t="s">
         <v>11</v>
       </c>
       <c r="E175" t="s">
         <v>12</v>
       </c>
       <c r="F175" t="s">
         <v>13</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>669</v>
+        <v>676</v>
       </c>
       <c r="H175" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="B176" t="s">
-        <v>658</v>
+        <v>534</v>
       </c>
       <c r="C176" t="s">
-        <v>29</v>
+        <v>195</v>
       </c>
       <c r="D176" t="s">
         <v>11</v>
       </c>
       <c r="E176" t="s">
         <v>12</v>
       </c>
-      <c r="F176" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G176" s="1" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="H176" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>674</v>
+        <v>681</v>
       </c>
       <c r="B177" t="s">
-        <v>658</v>
+        <v>534</v>
       </c>
       <c r="C177" t="s">
-        <v>33</v>
+        <v>199</v>
       </c>
       <c r="D177" t="s">
         <v>11</v>
       </c>
       <c r="E177" t="s">
         <v>12</v>
       </c>
       <c r="F177" t="s">
         <v>13</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>675</v>
+        <v>682</v>
       </c>
       <c r="H177" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
       <c r="B178" t="s">
-        <v>658</v>
+        <v>534</v>
       </c>
       <c r="C178" t="s">
-        <v>37</v>
+        <v>203</v>
       </c>
       <c r="D178" t="s">
         <v>11</v>
       </c>
       <c r="E178" t="s">
         <v>12</v>
       </c>
       <c r="F178" t="s">
         <v>13</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
       <c r="H178" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>680</v>
+        <v>687</v>
       </c>
       <c r="B179" t="s">
-        <v>658</v>
+        <v>534</v>
       </c>
       <c r="C179" t="s">
-        <v>41</v>
+        <v>207</v>
       </c>
       <c r="D179" t="s">
         <v>11</v>
       </c>
       <c r="E179" t="s">
         <v>12</v>
       </c>
       <c r="F179" t="s">
-        <v>13</v>
+        <v>142</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>681</v>
+        <v>688</v>
       </c>
       <c r="H179" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="B180" t="s">
-        <v>658</v>
+        <v>534</v>
       </c>
       <c r="C180" t="s">
-        <v>45</v>
+        <v>215</v>
       </c>
       <c r="D180" t="s">
         <v>11</v>
       </c>
       <c r="E180" t="s">
         <v>12</v>
       </c>
       <c r="F180" t="s">
-        <v>13</v>
+        <v>691</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>684</v>
+        <v>692</v>
       </c>
       <c r="H180" t="s">
-        <v>135</v>
+        <v>693</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>685</v>
+        <v>694</v>
       </c>
       <c r="B181" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C181" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="D181" t="s">
         <v>11</v>
       </c>
       <c r="E181" t="s">
         <v>12</v>
       </c>
       <c r="F181" t="s">
-        <v>142</v>
+        <v>82</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>686</v>
+        <v>696</v>
       </c>
       <c r="H181" t="s">
-        <v>687</v>
+        <v>697</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>688</v>
+        <v>698</v>
       </c>
       <c r="B182" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C182" t="s">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="D182" t="s">
         <v>11</v>
       </c>
       <c r="E182" t="s">
         <v>12</v>
       </c>
       <c r="F182" t="s">
         <v>13</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>689</v>
+        <v>699</v>
       </c>
       <c r="H182" t="s">
-        <v>690</v>
+        <v>700</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>691</v>
+        <v>701</v>
       </c>
       <c r="B183" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C183" t="s">
-        <v>530</v>
+        <v>21</v>
       </c>
       <c r="D183" t="s">
         <v>11</v>
       </c>
       <c r="E183" t="s">
         <v>12</v>
       </c>
       <c r="F183" t="s">
-        <v>13</v>
+        <v>702</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>692</v>
+        <v>703</v>
       </c>
       <c r="H183" t="s">
-        <v>693</v>
+        <v>704</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>694</v>
+        <v>705</v>
       </c>
       <c r="B184" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C184" t="s">
-        <v>57</v>
+        <v>25</v>
       </c>
       <c r="D184" t="s">
         <v>11</v>
       </c>
       <c r="E184" t="s">
         <v>12</v>
       </c>
       <c r="F184" t="s">
         <v>13</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>695</v>
+        <v>706</v>
       </c>
       <c r="H184" t="s">
-        <v>696</v>
+        <v>707</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>697</v>
+        <v>708</v>
       </c>
       <c r="B185" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C185" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="D185" t="s">
         <v>11</v>
       </c>
       <c r="E185" t="s">
         <v>12</v>
       </c>
       <c r="F185" t="s">
         <v>13</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>698</v>
+        <v>709</v>
       </c>
       <c r="H185" t="s">
-        <v>699</v>
+        <v>710</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>700</v>
+        <v>711</v>
       </c>
       <c r="B186" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C186" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="D186" t="s">
         <v>11</v>
       </c>
       <c r="E186" t="s">
         <v>12</v>
       </c>
       <c r="F186" t="s">
         <v>13</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>701</v>
+        <v>712</v>
       </c>
       <c r="H186" t="s">
-        <v>702</v>
+        <v>713</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>703</v>
+        <v>714</v>
       </c>
       <c r="B187" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C187" t="s">
-        <v>69</v>
+        <v>37</v>
       </c>
       <c r="D187" t="s">
         <v>11</v>
       </c>
       <c r="E187" t="s">
         <v>12</v>
       </c>
       <c r="F187" t="s">
-        <v>498</v>
+        <v>13</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>704</v>
+        <v>715</v>
       </c>
       <c r="H187" t="s">
-        <v>705</v>
+        <v>716</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>706</v>
+        <v>717</v>
       </c>
       <c r="B188" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C188" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="D188" t="s">
         <v>11</v>
       </c>
       <c r="E188" t="s">
         <v>12</v>
       </c>
       <c r="F188" t="s">
-        <v>560</v>
+        <v>13</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>707</v>
+        <v>718</v>
       </c>
       <c r="H188" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="B189" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C189" t="s">
-        <v>77</v>
+        <v>45</v>
       </c>
       <c r="D189" t="s">
         <v>11</v>
       </c>
       <c r="E189" t="s">
         <v>12</v>
       </c>
       <c r="F189" t="s">
-        <v>710</v>
+        <v>13</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>711</v>
+        <v>721</v>
       </c>
       <c r="H189" t="s">
-        <v>712</v>
+        <v>135</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>713</v>
+        <v>722</v>
       </c>
       <c r="B190" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C190" t="s">
-        <v>81</v>
+        <v>49</v>
       </c>
       <c r="D190" t="s">
         <v>11</v>
       </c>
       <c r="E190" t="s">
         <v>12</v>
       </c>
       <c r="F190" t="s">
         <v>142</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>714</v>
+        <v>723</v>
       </c>
       <c r="H190" t="s">
-        <v>715</v>
+        <v>724</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>716</v>
+        <v>725</v>
       </c>
       <c r="B191" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C191" t="s">
-        <v>86</v>
+        <v>53</v>
       </c>
       <c r="D191" t="s">
         <v>11</v>
       </c>
       <c r="E191" t="s">
         <v>12</v>
       </c>
       <c r="F191" t="s">
-        <v>142</v>
+        <v>13</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>717</v>
+        <v>726</v>
       </c>
       <c r="H191" t="s">
-        <v>718</v>
+        <v>727</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>719</v>
+        <v>728</v>
       </c>
       <c r="B192" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C192" t="s">
-        <v>90</v>
+        <v>567</v>
       </c>
       <c r="D192" t="s">
         <v>11</v>
       </c>
       <c r="E192" t="s">
         <v>12</v>
       </c>
       <c r="F192" t="s">
-        <v>665</v>
+        <v>13</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>720</v>
+        <v>729</v>
       </c>
       <c r="H192" t="s">
-        <v>721</v>
+        <v>730</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>722</v>
+        <v>731</v>
       </c>
       <c r="B193" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C193" t="s">
-        <v>94</v>
+        <v>57</v>
       </c>
       <c r="D193" t="s">
         <v>11</v>
       </c>
       <c r="E193" t="s">
         <v>12</v>
       </c>
       <c r="F193" t="s">
-        <v>151</v>
+        <v>13</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>723</v>
+        <v>732</v>
       </c>
       <c r="H193" t="s">
-        <v>724</v>
+        <v>733</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>725</v>
+        <v>734</v>
       </c>
       <c r="B194" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C194" t="s">
-        <v>99</v>
+        <v>61</v>
       </c>
       <c r="D194" t="s">
         <v>11</v>
       </c>
       <c r="E194" t="s">
         <v>12</v>
       </c>
       <c r="F194" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>726</v>
+        <v>735</v>
       </c>
       <c r="H194" t="s">
-        <v>727</v>
+        <v>736</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>728</v>
+        <v>737</v>
       </c>
       <c r="B195" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C195" t="s">
-        <v>103</v>
+        <v>65</v>
       </c>
       <c r="D195" t="s">
         <v>11</v>
       </c>
       <c r="E195" t="s">
         <v>12</v>
       </c>
       <c r="F195" t="s">
-        <v>498</v>
+        <v>13</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>729</v>
+        <v>738</v>
       </c>
       <c r="H195" t="s">
-        <v>730</v>
+        <v>739</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>731</v>
+        <v>740</v>
       </c>
       <c r="B196" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C196" t="s">
-        <v>107</v>
+        <v>69</v>
       </c>
       <c r="D196" t="s">
         <v>11</v>
       </c>
       <c r="E196" t="s">
         <v>12</v>
       </c>
       <c r="F196" t="s">
-        <v>498</v>
+        <v>535</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>732</v>
+        <v>741</v>
       </c>
       <c r="H196" t="s">
-        <v>733</v>
+        <v>742</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>734</v>
+        <v>743</v>
       </c>
       <c r="B197" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C197" t="s">
-        <v>111</v>
+        <v>73</v>
       </c>
       <c r="D197" t="s">
         <v>11</v>
       </c>
       <c r="E197" t="s">
         <v>12</v>
       </c>
       <c r="F197" t="s">
-        <v>735</v>
+        <v>597</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>736</v>
+        <v>744</v>
       </c>
       <c r="H197" t="s">
-        <v>737</v>
+        <v>745</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>738</v>
+        <v>746</v>
       </c>
       <c r="B198" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C198" t="s">
-        <v>115</v>
+        <v>77</v>
       </c>
       <c r="D198" t="s">
         <v>11</v>
       </c>
       <c r="E198" t="s">
         <v>12</v>
       </c>
       <c r="F198" t="s">
-        <v>739</v>
+        <v>747</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>740</v>
+        <v>748</v>
       </c>
       <c r="H198" t="s">
-        <v>741</v>
+        <v>749</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="B199" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C199" t="s">
-        <v>120</v>
+        <v>81</v>
       </c>
       <c r="D199" t="s">
         <v>11</v>
       </c>
       <c r="E199" t="s">
         <v>12</v>
       </c>
       <c r="F199" t="s">
-        <v>82</v>
+        <v>142</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="H199" t="s">
-        <v>744</v>
+        <v>752</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>745</v>
+        <v>753</v>
       </c>
       <c r="B200" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C200" t="s">
-        <v>125</v>
+        <v>86</v>
       </c>
       <c r="D200" t="s">
         <v>11</v>
       </c>
       <c r="E200" t="s">
         <v>12</v>
       </c>
+      <c r="F200" t="s">
+        <v>142</v>
+      </c>
       <c r="G200" s="1" t="s">
-        <v>746</v>
+        <v>754</v>
       </c>
       <c r="H200" t="s">
-        <v>747</v>
+        <v>755</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>748</v>
+        <v>756</v>
       </c>
       <c r="B201" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C201" t="s">
-        <v>129</v>
+        <v>90</v>
       </c>
       <c r="D201" t="s">
         <v>11</v>
       </c>
       <c r="E201" t="s">
         <v>12</v>
       </c>
       <c r="F201" t="s">
-        <v>602</v>
+        <v>702</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="H201" t="s">
-        <v>750</v>
+        <v>758</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>751</v>
+        <v>759</v>
       </c>
       <c r="B202" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C202" t="s">
-        <v>133</v>
+        <v>94</v>
       </c>
       <c r="D202" t="s">
         <v>11</v>
       </c>
       <c r="E202" t="s">
         <v>12</v>
       </c>
       <c r="F202" t="s">
         <v>151</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>752</v>
+        <v>760</v>
       </c>
       <c r="H202" t="s">
-        <v>753</v>
+        <v>761</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>754</v>
+        <v>762</v>
       </c>
       <c r="B203" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C203" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D203" t="s">
         <v>11</v>
       </c>
       <c r="E203" t="s">
         <v>12</v>
       </c>
       <c r="F203" t="s">
-        <v>142</v>
+        <v>82</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>755</v>
+        <v>763</v>
       </c>
       <c r="H203" t="s">
-        <v>756</v>
+        <v>764</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>757</v>
+        <v>765</v>
       </c>
       <c r="B204" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C204" t="s">
-        <v>141</v>
+        <v>103</v>
       </c>
       <c r="D204" t="s">
         <v>11</v>
       </c>
       <c r="E204" t="s">
         <v>12</v>
       </c>
       <c r="F204" t="s">
-        <v>560</v>
+        <v>535</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>758</v>
+        <v>766</v>
       </c>
       <c r="H204" t="s">
-        <v>759</v>
+        <v>767</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>760</v>
+        <v>768</v>
       </c>
       <c r="B205" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C205" t="s">
-        <v>146</v>
+        <v>107</v>
       </c>
       <c r="D205" t="s">
         <v>11</v>
       </c>
       <c r="E205" t="s">
         <v>12</v>
       </c>
       <c r="F205" t="s">
-        <v>761</v>
+        <v>535</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>762</v>
+        <v>769</v>
       </c>
       <c r="H205" t="s">
-        <v>763</v>
+        <v>770</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>764</v>
+        <v>771</v>
       </c>
       <c r="B206" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C206" t="s">
-        <v>150</v>
+        <v>111</v>
       </c>
       <c r="D206" t="s">
         <v>11</v>
       </c>
       <c r="E206" t="s">
         <v>12</v>
       </c>
       <c r="F206" t="s">
-        <v>498</v>
+        <v>772</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>765</v>
+        <v>773</v>
       </c>
       <c r="H206" t="s">
-        <v>766</v>
+        <v>774</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>767</v>
+        <v>775</v>
       </c>
       <c r="B207" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C207" t="s">
-        <v>609</v>
+        <v>115</v>
       </c>
       <c r="D207" t="s">
         <v>11</v>
       </c>
       <c r="E207" t="s">
         <v>12</v>
       </c>
       <c r="F207" t="s">
-        <v>560</v>
+        <v>776</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>768</v>
+        <v>777</v>
       </c>
       <c r="H207" t="s">
-        <v>769</v>
+        <v>778</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>770</v>
+        <v>779</v>
       </c>
       <c r="B208" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C208" t="s">
-        <v>612</v>
+        <v>120</v>
       </c>
       <c r="D208" t="s">
         <v>11</v>
       </c>
       <c r="E208" t="s">
         <v>12</v>
       </c>
       <c r="F208" t="s">
-        <v>498</v>
+        <v>82</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>771</v>
+        <v>780</v>
       </c>
       <c r="H208" t="s">
-        <v>772</v>
+        <v>781</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>773</v>
+        <v>782</v>
       </c>
       <c r="B209" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C209" t="s">
-        <v>155</v>
+        <v>125</v>
       </c>
       <c r="D209" t="s">
         <v>11</v>
       </c>
       <c r="E209" t="s">
         <v>12</v>
       </c>
-      <c r="F209" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G209" s="1" t="s">
-        <v>774</v>
+        <v>783</v>
       </c>
       <c r="H209" t="s">
-        <v>775</v>
+        <v>784</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>776</v>
+        <v>785</v>
       </c>
       <c r="B210" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C210" t="s">
-        <v>159</v>
+        <v>129</v>
       </c>
       <c r="D210" t="s">
         <v>11</v>
       </c>
       <c r="E210" t="s">
         <v>12</v>
       </c>
       <c r="F210" t="s">
-        <v>13</v>
+        <v>639</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>777</v>
+        <v>786</v>
       </c>
       <c r="H210" t="s">
-        <v>778</v>
+        <v>787</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>779</v>
+        <v>788</v>
       </c>
       <c r="B211" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C211" t="s">
-        <v>163</v>
+        <v>133</v>
       </c>
       <c r="D211" t="s">
         <v>11</v>
       </c>
       <c r="E211" t="s">
         <v>12</v>
       </c>
       <c r="F211" t="s">
-        <v>560</v>
+        <v>151</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>780</v>
+        <v>789</v>
       </c>
       <c r="H211" t="s">
-        <v>781</v>
+        <v>790</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>782</v>
+        <v>791</v>
       </c>
       <c r="B212" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C212" t="s">
-        <v>167</v>
+        <v>137</v>
       </c>
       <c r="D212" t="s">
         <v>11</v>
       </c>
       <c r="E212" t="s">
         <v>12</v>
       </c>
       <c r="F212" t="s">
-        <v>602</v>
+        <v>142</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>783</v>
+        <v>792</v>
       </c>
       <c r="H212" t="s">
-        <v>784</v>
+        <v>793</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>785</v>
+        <v>794</v>
       </c>
       <c r="B213" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C213" t="s">
-        <v>171</v>
+        <v>141</v>
       </c>
       <c r="D213" t="s">
         <v>11</v>
       </c>
       <c r="E213" t="s">
         <v>12</v>
       </c>
       <c r="F213" t="s">
-        <v>13</v>
+        <v>597</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>786</v>
+        <v>795</v>
       </c>
       <c r="H213" t="s">
-        <v>787</v>
+        <v>796</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>788</v>
+        <v>797</v>
       </c>
       <c r="B214" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C214" t="s">
-        <v>175</v>
+        <v>146</v>
       </c>
       <c r="D214" t="s">
         <v>11</v>
       </c>
       <c r="E214" t="s">
         <v>12</v>
       </c>
       <c r="F214" t="s">
-        <v>13</v>
+        <v>798</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>789</v>
+        <v>799</v>
       </c>
       <c r="H214" t="s">
-        <v>790</v>
+        <v>800</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>791</v>
+        <v>801</v>
       </c>
       <c r="B215" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C215" t="s">
-        <v>179</v>
+        <v>150</v>
       </c>
       <c r="D215" t="s">
         <v>11</v>
       </c>
       <c r="E215" t="s">
         <v>12</v>
       </c>
       <c r="F215" t="s">
-        <v>13</v>
+        <v>535</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>792</v>
+        <v>802</v>
       </c>
       <c r="H215" t="s">
-        <v>793</v>
+        <v>803</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>794</v>
+        <v>804</v>
       </c>
       <c r="B216" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C216" t="s">
-        <v>183</v>
+        <v>646</v>
       </c>
       <c r="D216" t="s">
         <v>11</v>
       </c>
       <c r="E216" t="s">
         <v>12</v>
       </c>
       <c r="F216" t="s">
-        <v>13</v>
+        <v>597</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>795</v>
+        <v>805</v>
       </c>
       <c r="H216" t="s">
-        <v>796</v>
+        <v>806</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>797</v>
+        <v>807</v>
       </c>
       <c r="B217" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C217" t="s">
-        <v>187</v>
+        <v>649</v>
       </c>
       <c r="D217" t="s">
         <v>11</v>
       </c>
       <c r="E217" t="s">
         <v>12</v>
       </c>
       <c r="F217" t="s">
-        <v>560</v>
+        <v>535</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>798</v>
+        <v>808</v>
       </c>
       <c r="H217" t="s">
-        <v>799</v>
+        <v>809</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>800</v>
+        <v>810</v>
       </c>
       <c r="B218" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C218" t="s">
-        <v>191</v>
+        <v>155</v>
       </c>
       <c r="D218" t="s">
         <v>11</v>
       </c>
       <c r="E218" t="s">
         <v>12</v>
       </c>
       <c r="F218" t="s">
-        <v>142</v>
+        <v>13</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>801</v>
+        <v>811</v>
       </c>
       <c r="H218" t="s">
-        <v>802</v>
+        <v>812</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>803</v>
+        <v>813</v>
       </c>
       <c r="B219" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C219" t="s">
-        <v>195</v>
+        <v>159</v>
       </c>
       <c r="D219" t="s">
         <v>11</v>
       </c>
       <c r="E219" t="s">
         <v>12</v>
       </c>
       <c r="F219" t="s">
         <v>13</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>804</v>
+        <v>814</v>
       </c>
       <c r="H219" t="s">
-        <v>805</v>
+        <v>815</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>806</v>
+        <v>816</v>
       </c>
       <c r="B220" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="C220" t="s">
-        <v>199</v>
+        <v>163</v>
       </c>
       <c r="D220" t="s">
         <v>11</v>
       </c>
       <c r="E220" t="s">
         <v>12</v>
       </c>
       <c r="F220" t="s">
-        <v>498</v>
+        <v>597</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>807</v>
+        <v>817</v>
       </c>
       <c r="H220" t="s">
-        <v>808</v>
+        <v>818</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>809</v>
+        <v>819</v>
       </c>
       <c r="B221" t="s">
-        <v>810</v>
+        <v>695</v>
       </c>
       <c r="C221" t="s">
-        <v>10</v>
+        <v>167</v>
       </c>
       <c r="D221" t="s">
         <v>11</v>
       </c>
       <c r="E221" t="s">
         <v>12</v>
       </c>
       <c r="F221" t="s">
-        <v>13</v>
+        <v>639</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="H221" t="s">
-        <v>812</v>
+        <v>821</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>813</v>
+        <v>822</v>
       </c>
       <c r="B222" t="s">
-        <v>810</v>
+        <v>695</v>
       </c>
       <c r="C222" t="s">
-        <v>21</v>
+        <v>171</v>
       </c>
       <c r="D222" t="s">
         <v>11</v>
       </c>
       <c r="E222" t="s">
         <v>12</v>
       </c>
       <c r="F222" t="s">
-        <v>560</v>
+        <v>13</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>814</v>
+        <v>823</v>
       </c>
       <c r="H222" t="s">
-        <v>815</v>
+        <v>824</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>816</v>
+        <v>825</v>
       </c>
       <c r="B223" t="s">
-        <v>810</v>
+        <v>695</v>
       </c>
       <c r="C223" t="s">
-        <v>25</v>
+        <v>175</v>
       </c>
       <c r="D223" t="s">
         <v>11</v>
       </c>
       <c r="E223" t="s">
         <v>12</v>
       </c>
       <c r="F223" t="s">
-        <v>142</v>
+        <v>13</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>817</v>
+        <v>826</v>
       </c>
       <c r="H223" t="s">
-        <v>818</v>
+        <v>827</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>819</v>
+        <v>828</v>
       </c>
       <c r="B224" t="s">
-        <v>810</v>
+        <v>695</v>
       </c>
       <c r="C224" t="s">
-        <v>29</v>
+        <v>179</v>
       </c>
       <c r="D224" t="s">
         <v>11</v>
       </c>
       <c r="E224" t="s">
         <v>12</v>
       </c>
       <c r="F224" t="s">
-        <v>560</v>
+        <v>13</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>820</v>
+        <v>829</v>
       </c>
       <c r="H224" t="s">
-        <v>821</v>
+        <v>830</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>822</v>
+        <v>831</v>
       </c>
       <c r="B225" t="s">
-        <v>810</v>
+        <v>695</v>
       </c>
       <c r="C225" t="s">
-        <v>33</v>
+        <v>183</v>
       </c>
       <c r="D225" t="s">
         <v>11</v>
       </c>
       <c r="E225" t="s">
         <v>12</v>
       </c>
       <c r="F225" t="s">
-        <v>665</v>
+        <v>13</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>823</v>
+        <v>832</v>
       </c>
       <c r="H225" t="s">
-        <v>824</v>
+        <v>833</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>825</v>
+        <v>834</v>
       </c>
       <c r="B226" t="s">
-        <v>810</v>
+        <v>695</v>
       </c>
       <c r="C226" t="s">
-        <v>37</v>
+        <v>187</v>
       </c>
       <c r="D226" t="s">
         <v>11</v>
       </c>
       <c r="E226" t="s">
         <v>12</v>
       </c>
       <c r="F226" t="s">
-        <v>560</v>
+        <v>597</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>826</v>
+        <v>835</v>
       </c>
       <c r="H226" t="s">
-        <v>827</v>
+        <v>836</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>828</v>
+        <v>837</v>
       </c>
       <c r="B227" t="s">
-        <v>810</v>
+        <v>695</v>
       </c>
       <c r="C227" t="s">
-        <v>41</v>
+        <v>191</v>
       </c>
       <c r="D227" t="s">
         <v>11</v>
       </c>
       <c r="E227" t="s">
         <v>12</v>
       </c>
       <c r="F227" t="s">
-        <v>13</v>
+        <v>142</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>829</v>
+        <v>838</v>
       </c>
       <c r="H227" t="s">
-        <v>830</v>
+        <v>839</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B228" t="s">
-        <v>810</v>
+        <v>695</v>
       </c>
       <c r="C228" t="s">
-        <v>45</v>
+        <v>195</v>
       </c>
       <c r="D228" t="s">
         <v>11</v>
       </c>
       <c r="E228" t="s">
         <v>12</v>
       </c>
       <c r="F228" t="s">
         <v>13</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>832</v>
+        <v>841</v>
       </c>
       <c r="H228" t="s">
-        <v>833</v>
+        <v>842</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>834</v>
+        <v>843</v>
       </c>
       <c r="B229" t="s">
-        <v>810</v>
+        <v>695</v>
       </c>
       <c r="C229" t="s">
-        <v>49</v>
+        <v>199</v>
       </c>
       <c r="D229" t="s">
         <v>11</v>
       </c>
       <c r="E229" t="s">
         <v>12</v>
       </c>
       <c r="F229" t="s">
-        <v>142</v>
+        <v>535</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>835</v>
+        <v>844</v>
       </c>
       <c r="H229" t="s">
-        <v>836</v>
+        <v>845</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>837</v>
+        <v>846</v>
       </c>
       <c r="B230" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C230" t="s">
-        <v>53</v>
+        <v>10</v>
       </c>
       <c r="D230" t="s">
         <v>11</v>
       </c>
       <c r="E230" t="s">
         <v>12</v>
       </c>
       <c r="F230" t="s">
         <v>13</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>838</v>
+        <v>848</v>
       </c>
       <c r="H230" t="s">
-        <v>676</v>
+        <v>849</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>839</v>
+        <v>850</v>
       </c>
       <c r="B231" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C231" t="s">
-        <v>530</v>
+        <v>21</v>
       </c>
       <c r="D231" t="s">
         <v>11</v>
       </c>
       <c r="E231" t="s">
         <v>12</v>
       </c>
       <c r="F231" t="s">
-        <v>13</v>
+        <v>597</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>840</v>
+        <v>851</v>
       </c>
       <c r="H231" t="s">
-        <v>841</v>
+        <v>852</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>842</v>
+        <v>853</v>
       </c>
       <c r="B232" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C232" t="s">
-        <v>57</v>
+        <v>25</v>
       </c>
       <c r="D232" t="s">
         <v>11</v>
       </c>
       <c r="E232" t="s">
         <v>12</v>
       </c>
       <c r="F232" t="s">
-        <v>13</v>
+        <v>142</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>843</v>
+        <v>854</v>
       </c>
       <c r="H232" t="s">
-        <v>844</v>
+        <v>855</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>845</v>
+        <v>856</v>
       </c>
       <c r="B233" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C233" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="D233" t="s">
         <v>11</v>
       </c>
       <c r="E233" t="s">
         <v>12</v>
       </c>
       <c r="F233" t="s">
-        <v>710</v>
+        <v>597</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>846</v>
+        <v>857</v>
       </c>
       <c r="H233" t="s">
-        <v>847</v>
+        <v>858</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>848</v>
+        <v>859</v>
       </c>
       <c r="B234" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C234" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="D234" t="s">
         <v>11</v>
       </c>
       <c r="E234" t="s">
         <v>12</v>
       </c>
       <c r="F234" t="s">
-        <v>710</v>
+        <v>702</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>849</v>
+        <v>860</v>
       </c>
       <c r="H234" t="s">
-        <v>850</v>
+        <v>861</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>851</v>
+        <v>862</v>
       </c>
       <c r="B235" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C235" t="s">
-        <v>69</v>
+        <v>37</v>
       </c>
       <c r="D235" t="s">
         <v>11</v>
       </c>
       <c r="E235" t="s">
         <v>12</v>
       </c>
       <c r="F235" t="s">
-        <v>665</v>
+        <v>597</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>852</v>
+        <v>863</v>
       </c>
       <c r="H235" t="s">
-        <v>853</v>
+        <v>864</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>854</v>
+        <v>865</v>
       </c>
       <c r="B236" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C236" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="D236" t="s">
         <v>11</v>
       </c>
       <c r="E236" t="s">
         <v>12</v>
       </c>
       <c r="F236" t="s">
         <v>13</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>855</v>
+        <v>866</v>
       </c>
       <c r="H236" t="s">
-        <v>856</v>
+        <v>867</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>857</v>
+        <v>868</v>
       </c>
       <c r="B237" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C237" t="s">
-        <v>77</v>
+        <v>45</v>
       </c>
       <c r="D237" t="s">
         <v>11</v>
       </c>
       <c r="E237" t="s">
         <v>12</v>
       </c>
       <c r="F237" t="s">
         <v>13</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>858</v>
+        <v>869</v>
       </c>
       <c r="H237" t="s">
-        <v>859</v>
+        <v>870</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>860</v>
+        <v>871</v>
       </c>
       <c r="B238" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C238" t="s">
-        <v>81</v>
+        <v>49</v>
       </c>
       <c r="D238" t="s">
         <v>11</v>
       </c>
       <c r="E238" t="s">
         <v>12</v>
       </c>
       <c r="F238" t="s">
-        <v>13</v>
+        <v>142</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>861</v>
+        <v>872</v>
       </c>
       <c r="H238" t="s">
-        <v>679</v>
+        <v>873</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>862</v>
+        <v>874</v>
       </c>
       <c r="B239" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C239" t="s">
-        <v>86</v>
+        <v>53</v>
       </c>
       <c r="D239" t="s">
         <v>11</v>
       </c>
       <c r="E239" t="s">
         <v>12</v>
       </c>
       <c r="F239" t="s">
         <v>13</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>863</v>
+        <v>875</v>
       </c>
       <c r="H239" t="s">
-        <v>864</v>
+        <v>713</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>865</v>
+        <v>876</v>
       </c>
       <c r="B240" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C240" t="s">
-        <v>90</v>
+        <v>567</v>
       </c>
       <c r="D240" t="s">
         <v>11</v>
       </c>
       <c r="E240" t="s">
         <v>12</v>
       </c>
       <c r="F240" t="s">
-        <v>560</v>
+        <v>13</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>866</v>
+        <v>877</v>
       </c>
       <c r="H240" t="s">
-        <v>867</v>
+        <v>878</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>868</v>
+        <v>879</v>
       </c>
       <c r="B241" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C241" t="s">
-        <v>94</v>
+        <v>57</v>
       </c>
       <c r="D241" t="s">
         <v>11</v>
       </c>
       <c r="E241" t="s">
         <v>12</v>
       </c>
       <c r="F241" t="s">
         <v>13</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>869</v>
+        <v>880</v>
       </c>
       <c r="H241" t="s">
-        <v>870</v>
+        <v>881</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>871</v>
+        <v>882</v>
       </c>
       <c r="B242" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C242" t="s">
-        <v>99</v>
+        <v>61</v>
       </c>
       <c r="D242" t="s">
         <v>11</v>
       </c>
       <c r="E242" t="s">
         <v>12</v>
       </c>
       <c r="F242" t="s">
-        <v>560</v>
+        <v>747</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>872</v>
+        <v>883</v>
       </c>
       <c r="H242" t="s">
-        <v>873</v>
+        <v>884</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>874</v>
+        <v>885</v>
       </c>
       <c r="B243" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C243" t="s">
-        <v>107</v>
+        <v>65</v>
       </c>
       <c r="D243" t="s">
         <v>11</v>
       </c>
       <c r="E243" t="s">
         <v>12</v>
       </c>
       <c r="F243" t="s">
-        <v>82</v>
+        <v>747</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>875</v>
+        <v>886</v>
       </c>
       <c r="H243" t="s">
-        <v>876</v>
+        <v>887</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>877</v>
+        <v>888</v>
       </c>
       <c r="B244" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C244" t="s">
-        <v>111</v>
+        <v>69</v>
       </c>
       <c r="D244" t="s">
         <v>11</v>
       </c>
       <c r="E244" t="s">
         <v>12</v>
       </c>
       <c r="F244" t="s">
-        <v>735</v>
+        <v>702</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>878</v>
+        <v>889</v>
       </c>
       <c r="H244" t="s">
-        <v>879</v>
+        <v>890</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>880</v>
+        <v>891</v>
       </c>
       <c r="B245" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C245" t="s">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="D245" t="s">
         <v>11</v>
       </c>
       <c r="E245" t="s">
         <v>12</v>
       </c>
       <c r="F245" t="s">
-        <v>560</v>
+        <v>13</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>881</v>
+        <v>892</v>
       </c>
       <c r="H245" t="s">
-        <v>882</v>
+        <v>893</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>883</v>
+        <v>894</v>
       </c>
       <c r="B246" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C246" t="s">
-        <v>120</v>
+        <v>77</v>
       </c>
       <c r="D246" t="s">
         <v>11</v>
       </c>
       <c r="E246" t="s">
         <v>12</v>
       </c>
       <c r="F246" t="s">
         <v>13</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>884</v>
+        <v>895</v>
       </c>
       <c r="H246" t="s">
-        <v>885</v>
+        <v>896</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>886</v>
+        <v>897</v>
       </c>
       <c r="B247" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C247" t="s">
-        <v>125</v>
+        <v>81</v>
       </c>
       <c r="D247" t="s">
         <v>11</v>
       </c>
       <c r="E247" t="s">
         <v>12</v>
       </c>
       <c r="F247" t="s">
-        <v>560</v>
+        <v>13</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>887</v>
+        <v>898</v>
       </c>
       <c r="H247" t="s">
-        <v>888</v>
+        <v>716</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>889</v>
+        <v>899</v>
       </c>
       <c r="B248" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C248" t="s">
-        <v>129</v>
+        <v>86</v>
       </c>
       <c r="D248" t="s">
         <v>11</v>
       </c>
       <c r="E248" t="s">
         <v>12</v>
       </c>
       <c r="F248" t="s">
         <v>13</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>890</v>
+        <v>900</v>
       </c>
       <c r="H248" t="s">
-        <v>891</v>
+        <v>901</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>892</v>
+        <v>902</v>
       </c>
       <c r="B249" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C249" t="s">
-        <v>133</v>
+        <v>90</v>
       </c>
       <c r="D249" t="s">
         <v>11</v>
       </c>
       <c r="E249" t="s">
         <v>12</v>
       </c>
       <c r="F249" t="s">
-        <v>13</v>
+        <v>597</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>893</v>
+        <v>903</v>
       </c>
       <c r="H249" t="s">
-        <v>894</v>
+        <v>904</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>895</v>
+        <v>905</v>
       </c>
       <c r="B250" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C250" t="s">
-        <v>137</v>
+        <v>94</v>
       </c>
       <c r="D250" t="s">
         <v>11</v>
       </c>
       <c r="E250" t="s">
         <v>12</v>
       </c>
       <c r="F250" t="s">
         <v>13</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>896</v>
+        <v>906</v>
       </c>
       <c r="H250" t="s">
-        <v>897</v>
+        <v>907</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>898</v>
+        <v>908</v>
       </c>
       <c r="B251" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C251" t="s">
-        <v>141</v>
+        <v>99</v>
       </c>
       <c r="D251" t="s">
         <v>11</v>
       </c>
       <c r="E251" t="s">
         <v>12</v>
       </c>
       <c r="F251" t="s">
-        <v>13</v>
+        <v>597</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>899</v>
+        <v>909</v>
       </c>
       <c r="H251" t="s">
-        <v>900</v>
+        <v>910</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>901</v>
+        <v>911</v>
       </c>
       <c r="B252" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C252" t="s">
-        <v>150</v>
+        <v>107</v>
       </c>
       <c r="D252" t="s">
         <v>11</v>
       </c>
       <c r="E252" t="s">
         <v>12</v>
       </c>
       <c r="F252" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>902</v>
+        <v>912</v>
       </c>
       <c r="H252" t="s">
-        <v>903</v>
+        <v>913</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>904</v>
+        <v>914</v>
       </c>
       <c r="B253" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C253" t="s">
-        <v>609</v>
+        <v>111</v>
       </c>
       <c r="D253" t="s">
         <v>11</v>
       </c>
       <c r="E253" t="s">
         <v>12</v>
       </c>
       <c r="F253" t="s">
-        <v>13</v>
+        <v>772</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>905</v>
+        <v>915</v>
       </c>
       <c r="H253" t="s">
-        <v>906</v>
+        <v>916</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>907</v>
+        <v>917</v>
       </c>
       <c r="B254" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C254" t="s">
-        <v>612</v>
+        <v>115</v>
       </c>
       <c r="D254" t="s">
         <v>11</v>
       </c>
       <c r="E254" t="s">
         <v>12</v>
       </c>
       <c r="F254" t="s">
-        <v>82</v>
+        <v>597</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>908</v>
+        <v>918</v>
       </c>
       <c r="H254" t="s">
-        <v>909</v>
+        <v>919</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>910</v>
+        <v>920</v>
       </c>
       <c r="B255" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C255" t="s">
-        <v>155</v>
+        <v>120</v>
       </c>
       <c r="D255" t="s">
         <v>11</v>
       </c>
       <c r="E255" t="s">
         <v>12</v>
       </c>
       <c r="F255" t="s">
-        <v>142</v>
+        <v>13</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>911</v>
+        <v>921</v>
       </c>
       <c r="H255" t="s">
-        <v>912</v>
+        <v>922</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>913</v>
+        <v>923</v>
       </c>
       <c r="B256" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C256" t="s">
-        <v>159</v>
+        <v>125</v>
       </c>
       <c r="D256" t="s">
         <v>11</v>
       </c>
       <c r="E256" t="s">
         <v>12</v>
       </c>
       <c r="F256" t="s">
-        <v>82</v>
+        <v>597</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>914</v>
+        <v>924</v>
       </c>
       <c r="H256" t="s">
-        <v>915</v>
+        <v>925</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>916</v>
+        <v>926</v>
       </c>
       <c r="B257" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C257" t="s">
-        <v>163</v>
+        <v>129</v>
       </c>
       <c r="D257" t="s">
         <v>11</v>
       </c>
       <c r="E257" t="s">
         <v>12</v>
       </c>
       <c r="F257" t="s">
-        <v>560</v>
+        <v>13</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>917</v>
+        <v>927</v>
       </c>
       <c r="H257" t="s">
-        <v>918</v>
+        <v>928</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>919</v>
+        <v>929</v>
       </c>
       <c r="B258" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C258" t="s">
-        <v>167</v>
+        <v>133</v>
       </c>
       <c r="D258" t="s">
         <v>11</v>
       </c>
       <c r="E258" t="s">
         <v>12</v>
       </c>
       <c r="F258" t="s">
-        <v>560</v>
+        <v>13</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>920</v>
+        <v>930</v>
       </c>
       <c r="H258" t="s">
-        <v>921</v>
+        <v>931</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>922</v>
+        <v>932</v>
       </c>
       <c r="B259" t="s">
-        <v>810</v>
+        <v>847</v>
       </c>
       <c r="C259" t="s">
-        <v>171</v>
+        <v>137</v>
       </c>
       <c r="D259" t="s">
         <v>11</v>
       </c>
       <c r="E259" t="s">
         <v>12</v>
       </c>
       <c r="F259" t="s">
-        <v>560</v>
+        <v>13</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>923</v>
+        <v>933</v>
       </c>
       <c r="H259" t="s">
-        <v>924</v>
+        <v>934</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>925</v>
+        <v>935</v>
       </c>
       <c r="B260" t="s">
-        <v>926</v>
+        <v>847</v>
       </c>
       <c r="C260" t="s">
-        <v>10</v>
+        <v>141</v>
       </c>
       <c r="D260" t="s">
         <v>11</v>
       </c>
       <c r="E260" t="s">
         <v>12</v>
       </c>
       <c r="F260" t="s">
         <v>13</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>927</v>
+        <v>936</v>
       </c>
       <c r="H260" t="s">
-        <v>928</v>
+        <v>937</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>929</v>
+        <v>938</v>
       </c>
       <c r="B261" t="s">
-        <v>926</v>
+        <v>847</v>
       </c>
       <c r="C261" t="s">
-        <v>17</v>
+        <v>150</v>
       </c>
       <c r="D261" t="s">
         <v>11</v>
       </c>
       <c r="E261" t="s">
         <v>12</v>
       </c>
       <c r="F261" t="s">
         <v>13</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>930</v>
+        <v>939</v>
       </c>
       <c r="H261" t="s">
-        <v>931</v>
+        <v>940</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>932</v>
+        <v>941</v>
       </c>
       <c r="B262" t="s">
-        <v>926</v>
+        <v>847</v>
       </c>
       <c r="C262" t="s">
-        <v>21</v>
+        <v>646</v>
       </c>
       <c r="D262" t="s">
         <v>11</v>
       </c>
       <c r="E262" t="s">
         <v>12</v>
       </c>
       <c r="F262" t="s">
         <v>13</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>933</v>
+        <v>942</v>
       </c>
       <c r="H262" t="s">
-        <v>934</v>
+        <v>943</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>935</v>
+        <v>944</v>
       </c>
       <c r="B263" t="s">
-        <v>926</v>
+        <v>847</v>
       </c>
       <c r="C263" t="s">
-        <v>25</v>
+        <v>649</v>
       </c>
       <c r="D263" t="s">
         <v>11</v>
       </c>
       <c r="E263" t="s">
         <v>12</v>
       </c>
       <c r="F263" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>936</v>
+        <v>945</v>
       </c>
       <c r="H263" t="s">
-        <v>937</v>
+        <v>946</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>938</v>
+        <v>947</v>
       </c>
       <c r="B264" t="s">
-        <v>926</v>
+        <v>847</v>
       </c>
       <c r="C264" t="s">
-        <v>29</v>
+        <v>155</v>
       </c>
       <c r="D264" t="s">
         <v>11</v>
       </c>
       <c r="E264" t="s">
         <v>12</v>
       </c>
       <c r="F264" t="s">
-        <v>13</v>
+        <v>142</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>939</v>
+        <v>948</v>
       </c>
       <c r="H264" t="s">
-        <v>940</v>
+        <v>949</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>941</v>
+        <v>950</v>
       </c>
       <c r="B265" t="s">
-        <v>926</v>
+        <v>847</v>
       </c>
       <c r="C265" t="s">
-        <v>33</v>
+        <v>159</v>
       </c>
       <c r="D265" t="s">
         <v>11</v>
       </c>
       <c r="E265" t="s">
         <v>12</v>
       </c>
       <c r="F265" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>942</v>
+        <v>951</v>
       </c>
       <c r="H265" t="s">
-        <v>943</v>
+        <v>952</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>944</v>
+        <v>953</v>
       </c>
       <c r="B266" t="s">
-        <v>926</v>
+        <v>847</v>
       </c>
       <c r="C266" t="s">
-        <v>37</v>
+        <v>163</v>
       </c>
       <c r="D266" t="s">
         <v>11</v>
       </c>
       <c r="E266" t="s">
         <v>12</v>
       </c>
       <c r="F266" t="s">
-        <v>13</v>
+        <v>597</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>945</v>
+        <v>954</v>
       </c>
       <c r="H266" t="s">
-        <v>946</v>
+        <v>955</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>947</v>
+        <v>956</v>
       </c>
       <c r="B267" t="s">
-        <v>926</v>
+        <v>847</v>
       </c>
       <c r="C267" t="s">
-        <v>41</v>
+        <v>167</v>
       </c>
       <c r="D267" t="s">
         <v>11</v>
       </c>
       <c r="E267" t="s">
         <v>12</v>
       </c>
+      <c r="F267" t="s">
+        <v>597</v>
+      </c>
       <c r="G267" s="1" t="s">
-        <v>948</v>
+        <v>957</v>
       </c>
       <c r="H267" t="s">
-        <v>949</v>
+        <v>958</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>950</v>
+        <v>959</v>
       </c>
       <c r="B268" t="s">
-        <v>926</v>
+        <v>847</v>
       </c>
       <c r="C268" t="s">
-        <v>45</v>
+        <v>171</v>
       </c>
       <c r="D268" t="s">
         <v>11</v>
       </c>
       <c r="E268" t="s">
         <v>12</v>
       </c>
       <c r="F268" t="s">
-        <v>13</v>
+        <v>597</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>951</v>
+        <v>960</v>
       </c>
       <c r="H268" t="s">
-        <v>952</v>
+        <v>961</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>953</v>
+        <v>962</v>
       </c>
       <c r="B269" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C269" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="D269" t="s">
         <v>11</v>
       </c>
       <c r="E269" t="s">
         <v>12</v>
       </c>
       <c r="F269" t="s">
         <v>13</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>954</v>
+        <v>964</v>
       </c>
       <c r="H269" t="s">
-        <v>955</v>
+        <v>965</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>956</v>
+        <v>966</v>
       </c>
       <c r="B270" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C270" t="s">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="D270" t="s">
         <v>11</v>
       </c>
       <c r="E270" t="s">
         <v>12</v>
       </c>
       <c r="F270" t="s">
         <v>13</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>957</v>
+        <v>967</v>
       </c>
       <c r="H270" t="s">
-        <v>958</v>
+        <v>968</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>959</v>
+        <v>969</v>
       </c>
       <c r="B271" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C271" t="s">
-        <v>530</v>
+        <v>21</v>
       </c>
       <c r="D271" t="s">
         <v>11</v>
       </c>
       <c r="E271" t="s">
         <v>12</v>
       </c>
       <c r="F271" t="s">
         <v>13</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>960</v>
+        <v>970</v>
       </c>
       <c r="H271" t="s">
-        <v>961</v>
+        <v>971</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>962</v>
+        <v>972</v>
       </c>
       <c r="B272" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C272" t="s">
-        <v>57</v>
+        <v>25</v>
       </c>
       <c r="D272" t="s">
         <v>11</v>
       </c>
       <c r="E272" t="s">
         <v>12</v>
       </c>
       <c r="F272" t="s">
         <v>13</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>963</v>
+        <v>973</v>
       </c>
       <c r="H272" t="s">
-        <v>964</v>
+        <v>974</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>965</v>
+        <v>975</v>
       </c>
       <c r="B273" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C273" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="D273" t="s">
         <v>11</v>
       </c>
       <c r="E273" t="s">
         <v>12</v>
       </c>
       <c r="F273" t="s">
         <v>13</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>966</v>
+        <v>976</v>
       </c>
       <c r="H273" t="s">
-        <v>967</v>
+        <v>977</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>968</v>
+        <v>978</v>
       </c>
       <c r="B274" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C274" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="D274" t="s">
         <v>11</v>
       </c>
       <c r="E274" t="s">
         <v>12</v>
       </c>
       <c r="F274" t="s">
-        <v>761</v>
+        <v>13</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>969</v>
+        <v>979</v>
       </c>
       <c r="H274" t="s">
-        <v>970</v>
+        <v>980</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>971</v>
+        <v>981</v>
       </c>
       <c r="B275" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C275" t="s">
-        <v>69</v>
+        <v>37</v>
       </c>
       <c r="D275" t="s">
         <v>11</v>
       </c>
       <c r="E275" t="s">
         <v>12</v>
       </c>
       <c r="F275" t="s">
         <v>13</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>972</v>
+        <v>982</v>
       </c>
       <c r="H275" t="s">
-        <v>973</v>
+        <v>983</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>974</v>
+        <v>984</v>
       </c>
       <c r="B276" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C276" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="D276" t="s">
         <v>11</v>
       </c>
       <c r="E276" t="s">
         <v>12</v>
       </c>
-      <c r="F276" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G276" s="1" t="s">
-        <v>975</v>
+        <v>985</v>
       </c>
       <c r="H276" t="s">
-        <v>976</v>
+        <v>986</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>977</v>
+        <v>987</v>
       </c>
       <c r="B277" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C277" t="s">
-        <v>81</v>
+        <v>45</v>
       </c>
       <c r="D277" t="s">
         <v>11</v>
       </c>
       <c r="E277" t="s">
         <v>12</v>
       </c>
+      <c r="F277" t="s">
+        <v>13</v>
+      </c>
       <c r="G277" s="1" t="s">
-        <v>978</v>
+        <v>988</v>
       </c>
       <c r="H277" t="s">
-        <v>979</v>
+        <v>989</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>980</v>
+        <v>990</v>
       </c>
       <c r="B278" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C278" t="s">
-        <v>86</v>
+        <v>49</v>
       </c>
       <c r="D278" t="s">
         <v>11</v>
       </c>
       <c r="E278" t="s">
         <v>12</v>
       </c>
       <c r="F278" t="s">
         <v>13</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>981</v>
+        <v>991</v>
       </c>
       <c r="H278" t="s">
-        <v>982</v>
+        <v>992</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>983</v>
+        <v>993</v>
       </c>
       <c r="B279" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C279" t="s">
-        <v>90</v>
+        <v>53</v>
       </c>
       <c r="D279" t="s">
         <v>11</v>
       </c>
       <c r="E279" t="s">
         <v>12</v>
       </c>
       <c r="F279" t="s">
         <v>13</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>984</v>
+        <v>994</v>
       </c>
       <c r="H279" t="s">
-        <v>985</v>
+        <v>995</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>986</v>
+        <v>996</v>
       </c>
       <c r="B280" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C280" t="s">
-        <v>94</v>
+        <v>567</v>
       </c>
       <c r="D280" t="s">
         <v>11</v>
       </c>
       <c r="E280" t="s">
         <v>12</v>
       </c>
       <c r="F280" t="s">
-        <v>560</v>
+        <v>13</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>987</v>
+        <v>997</v>
       </c>
       <c r="H280" t="s">
-        <v>988</v>
+        <v>998</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>989</v>
+        <v>999</v>
       </c>
       <c r="B281" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C281" t="s">
-        <v>99</v>
+        <v>57</v>
       </c>
       <c r="D281" t="s">
         <v>11</v>
       </c>
       <c r="E281" t="s">
         <v>12</v>
       </c>
+      <c r="F281" t="s">
+        <v>13</v>
+      </c>
       <c r="G281" s="1" t="s">
-        <v>990</v>
+        <v>1000</v>
       </c>
       <c r="H281" t="s">
-        <v>991</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>992</v>
+        <v>1002</v>
       </c>
       <c r="B282" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C282" t="s">
-        <v>103</v>
+        <v>61</v>
       </c>
       <c r="D282" t="s">
         <v>11</v>
       </c>
       <c r="E282" t="s">
         <v>12</v>
       </c>
       <c r="F282" t="s">
-        <v>121</v>
+        <v>13</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>993</v>
+        <v>1003</v>
       </c>
       <c r="H282" t="s">
-        <v>994</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>995</v>
+        <v>1005</v>
       </c>
       <c r="B283" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C283" t="s">
-        <v>107</v>
+        <v>65</v>
       </c>
       <c r="D283" t="s">
         <v>11</v>
       </c>
       <c r="E283" t="s">
         <v>12</v>
       </c>
+      <c r="F283" t="s">
+        <v>798</v>
+      </c>
       <c r="G283" s="1" t="s">
-        <v>996</v>
+        <v>1006</v>
       </c>
       <c r="H283" t="s">
-        <v>997</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>998</v>
+        <v>1008</v>
       </c>
       <c r="B284" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C284" t="s">
-        <v>111</v>
+        <v>69</v>
       </c>
       <c r="D284" t="s">
         <v>11</v>
       </c>
       <c r="E284" t="s">
         <v>12</v>
       </c>
       <c r="F284" t="s">
-        <v>999</v>
+        <v>13</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1000</v>
+        <v>1009</v>
       </c>
       <c r="H284" t="s">
-        <v>1001</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1002</v>
+        <v>1011</v>
       </c>
       <c r="B285" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C285" t="s">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="D285" t="s">
         <v>11</v>
       </c>
       <c r="E285" t="s">
         <v>12</v>
       </c>
       <c r="F285" t="s">
-        <v>999</v>
+        <v>13</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1003</v>
+        <v>1012</v>
       </c>
       <c r="H285" t="s">
-        <v>1004</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1005</v>
+        <v>1014</v>
       </c>
       <c r="B286" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C286" t="s">
-        <v>120</v>
+        <v>81</v>
       </c>
       <c r="D286" t="s">
         <v>11</v>
       </c>
       <c r="E286" t="s">
         <v>12</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1006</v>
+        <v>1015</v>
       </c>
       <c r="H286" t="s">
-        <v>1007</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1008</v>
+        <v>1017</v>
       </c>
       <c r="B287" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C287" t="s">
-        <v>125</v>
+        <v>86</v>
       </c>
       <c r="D287" t="s">
         <v>11</v>
       </c>
       <c r="E287" t="s">
         <v>12</v>
       </c>
       <c r="F287" t="s">
         <v>13</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1009</v>
+        <v>1018</v>
       </c>
       <c r="H287" t="s">
-        <v>1010</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1011</v>
+        <v>1020</v>
       </c>
       <c r="B288" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C288" t="s">
-        <v>129</v>
+        <v>90</v>
       </c>
       <c r="D288" t="s">
         <v>11</v>
       </c>
       <c r="E288" t="s">
         <v>12</v>
       </c>
       <c r="F288" t="s">
         <v>13</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1012</v>
+        <v>1021</v>
       </c>
       <c r="H288" t="s">
-        <v>1013</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1014</v>
+        <v>1023</v>
       </c>
       <c r="B289" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C289" t="s">
-        <v>137</v>
+        <v>94</v>
       </c>
       <c r="D289" t="s">
         <v>11</v>
       </c>
       <c r="E289" t="s">
         <v>12</v>
       </c>
       <c r="F289" t="s">
-        <v>121</v>
+        <v>597</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1015</v>
+        <v>1024</v>
       </c>
       <c r="H289" t="s">
-        <v>1016</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1017</v>
+        <v>1026</v>
       </c>
       <c r="B290" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C290" t="s">
-        <v>141</v>
+        <v>99</v>
       </c>
       <c r="D290" t="s">
         <v>11</v>
       </c>
       <c r="E290" t="s">
         <v>12</v>
       </c>
-      <c r="F290" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G290" s="1" t="s">
-        <v>1018</v>
+        <v>1027</v>
       </c>
       <c r="H290" t="s">
-        <v>1019</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1020</v>
+        <v>1029</v>
       </c>
       <c r="B291" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C291" t="s">
-        <v>146</v>
+        <v>103</v>
       </c>
       <c r="D291" t="s">
         <v>11</v>
       </c>
       <c r="E291" t="s">
         <v>12</v>
       </c>
       <c r="F291" t="s">
-        <v>560</v>
+        <v>121</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1021</v>
+        <v>1030</v>
       </c>
       <c r="H291" t="s">
-        <v>1022</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1023</v>
+        <v>1032</v>
       </c>
       <c r="B292" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C292" t="s">
-        <v>150</v>
+        <v>107</v>
       </c>
       <c r="D292" t="s">
         <v>11</v>
       </c>
       <c r="E292" t="s">
         <v>12</v>
       </c>
-      <c r="F292" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G292" s="1" t="s">
-        <v>1024</v>
+        <v>1033</v>
       </c>
       <c r="H292" t="s">
-        <v>1025</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1026</v>
+        <v>1035</v>
       </c>
       <c r="B293" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C293" t="s">
-        <v>609</v>
+        <v>111</v>
       </c>
       <c r="D293" t="s">
         <v>11</v>
       </c>
       <c r="E293" t="s">
         <v>12</v>
       </c>
       <c r="F293" t="s">
-        <v>13</v>
+        <v>1036</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1027</v>
+        <v>1037</v>
       </c>
       <c r="H293" t="s">
-        <v>1028</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1029</v>
+        <v>1039</v>
       </c>
       <c r="B294" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C294" t="s">
-        <v>155</v>
+        <v>115</v>
       </c>
       <c r="D294" t="s">
         <v>11</v>
       </c>
       <c r="E294" t="s">
         <v>12</v>
       </c>
       <c r="F294" t="s">
-        <v>710</v>
+        <v>1036</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="H294" t="s">
-        <v>1031</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1032</v>
+        <v>1042</v>
       </c>
       <c r="B295" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C295" t="s">
-        <v>159</v>
+        <v>120</v>
       </c>
       <c r="D295" t="s">
         <v>11</v>
       </c>
       <c r="E295" t="s">
         <v>12</v>
       </c>
-      <c r="F295" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G295" s="1" t="s">
-        <v>1033</v>
+        <v>1043</v>
       </c>
       <c r="H295" t="s">
-        <v>1034</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1035</v>
+        <v>1045</v>
       </c>
       <c r="B296" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C296" t="s">
-        <v>163</v>
+        <v>125</v>
       </c>
       <c r="D296" t="s">
         <v>11</v>
       </c>
       <c r="E296" t="s">
         <v>12</v>
       </c>
       <c r="F296" t="s">
         <v>13</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1036</v>
+        <v>1046</v>
       </c>
       <c r="H296" t="s">
-        <v>1037</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1038</v>
+        <v>1048</v>
       </c>
       <c r="B297" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C297" t="s">
-        <v>167</v>
+        <v>129</v>
       </c>
       <c r="D297" t="s">
         <v>11</v>
       </c>
       <c r="E297" t="s">
         <v>12</v>
       </c>
       <c r="F297" t="s">
-        <v>710</v>
+        <v>13</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1039</v>
+        <v>1049</v>
       </c>
       <c r="H297" t="s">
-        <v>1040</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1041</v>
+        <v>1051</v>
       </c>
       <c r="B298" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C298" t="s">
-        <v>171</v>
+        <v>137</v>
       </c>
       <c r="D298" t="s">
         <v>11</v>
       </c>
       <c r="E298" t="s">
         <v>12</v>
       </c>
       <c r="F298" t="s">
-        <v>710</v>
+        <v>121</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1042</v>
+        <v>1052</v>
       </c>
       <c r="H298" t="s">
-        <v>1043</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1044</v>
+        <v>1054</v>
       </c>
       <c r="B299" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C299" t="s">
-        <v>175</v>
+        <v>141</v>
       </c>
       <c r="D299" t="s">
         <v>11</v>
       </c>
       <c r="E299" t="s">
         <v>12</v>
       </c>
       <c r="F299" t="s">
-        <v>710</v>
+        <v>151</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1045</v>
+        <v>1055</v>
       </c>
       <c r="H299" t="s">
-        <v>1046</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1047</v>
+        <v>1057</v>
       </c>
       <c r="B300" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C300" t="s">
-        <v>179</v>
+        <v>146</v>
       </c>
       <c r="D300" t="s">
         <v>11</v>
       </c>
       <c r="E300" t="s">
         <v>12</v>
       </c>
       <c r="F300" t="s">
-        <v>121</v>
+        <v>597</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1048</v>
+        <v>1058</v>
       </c>
       <c r="H300" t="s">
-        <v>1049</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1050</v>
+        <v>1060</v>
       </c>
       <c r="B301" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C301" t="s">
-        <v>183</v>
+        <v>150</v>
       </c>
       <c r="D301" t="s">
         <v>11</v>
       </c>
       <c r="E301" t="s">
         <v>12</v>
       </c>
       <c r="F301" t="s">
-        <v>710</v>
+        <v>597</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1051</v>
+        <v>1061</v>
       </c>
       <c r="H301" t="s">
-        <v>1052</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1053</v>
+        <v>1063</v>
       </c>
       <c r="B302" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C302" t="s">
-        <v>187</v>
+        <v>646</v>
       </c>
       <c r="D302" t="s">
         <v>11</v>
       </c>
       <c r="E302" t="s">
         <v>12</v>
       </c>
       <c r="F302" t="s">
         <v>13</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1054</v>
+        <v>1064</v>
       </c>
       <c r="H302" t="s">
-        <v>1055</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1056</v>
+        <v>1066</v>
       </c>
       <c r="B303" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C303" t="s">
-        <v>191</v>
+        <v>155</v>
       </c>
       <c r="D303" t="s">
         <v>11</v>
       </c>
       <c r="E303" t="s">
         <v>12</v>
       </c>
       <c r="F303" t="s">
-        <v>13</v>
+        <v>747</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1057</v>
+        <v>1067</v>
       </c>
       <c r="H303" t="s">
-        <v>1058</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1059</v>
+        <v>1069</v>
       </c>
       <c r="B304" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C304" t="s">
-        <v>195</v>
+        <v>159</v>
       </c>
       <c r="D304" t="s">
         <v>11</v>
       </c>
       <c r="E304" t="s">
         <v>12</v>
       </c>
       <c r="F304" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1060</v>
+        <v>1070</v>
       </c>
       <c r="H304" t="s">
-        <v>1061</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1062</v>
+        <v>1072</v>
       </c>
       <c r="B305" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C305" t="s">
-        <v>199</v>
+        <v>163</v>
       </c>
       <c r="D305" t="s">
         <v>11</v>
       </c>
       <c r="E305" t="s">
         <v>12</v>
       </c>
       <c r="F305" t="s">
         <v>13</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1063</v>
+        <v>1073</v>
       </c>
       <c r="H305" t="s">
-        <v>1064</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1065</v>
+        <v>1075</v>
       </c>
       <c r="B306" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C306" t="s">
-        <v>207</v>
+        <v>167</v>
       </c>
       <c r="D306" t="s">
         <v>11</v>
       </c>
       <c r="E306" t="s">
         <v>12</v>
       </c>
       <c r="F306" t="s">
-        <v>710</v>
+        <v>747</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1066</v>
+        <v>1076</v>
       </c>
       <c r="H306" t="s">
-        <v>1040</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1067</v>
+        <v>1078</v>
       </c>
       <c r="B307" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C307" t="s">
-        <v>211</v>
+        <v>171</v>
       </c>
       <c r="D307" t="s">
         <v>11</v>
       </c>
       <c r="E307" t="s">
         <v>12</v>
       </c>
       <c r="F307" t="s">
-        <v>82</v>
+        <v>747</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1068</v>
+        <v>1079</v>
       </c>
       <c r="H307" t="s">
-        <v>1069</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1070</v>
+        <v>1081</v>
       </c>
       <c r="B308" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C308" t="s">
-        <v>215</v>
+        <v>175</v>
       </c>
       <c r="D308" t="s">
         <v>11</v>
       </c>
       <c r="E308" t="s">
         <v>12</v>
       </c>
       <c r="F308" t="s">
-        <v>602</v>
+        <v>747</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1071</v>
+        <v>1082</v>
       </c>
       <c r="H308" t="s">
-        <v>1072</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1073</v>
+        <v>1084</v>
       </c>
       <c r="B309" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C309" t="s">
-        <v>219</v>
+        <v>179</v>
       </c>
       <c r="D309" t="s">
         <v>11</v>
       </c>
       <c r="E309" t="s">
         <v>12</v>
       </c>
       <c r="F309" t="s">
-        <v>560</v>
+        <v>121</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1074</v>
+        <v>1085</v>
       </c>
       <c r="H309" t="s">
-        <v>1075</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1076</v>
+        <v>1087</v>
       </c>
       <c r="B310" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C310" t="s">
-        <v>223</v>
+        <v>183</v>
       </c>
       <c r="D310" t="s">
         <v>11</v>
       </c>
       <c r="E310" t="s">
         <v>12</v>
       </c>
       <c r="F310" t="s">
-        <v>602</v>
+        <v>747</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1077</v>
+        <v>1088</v>
       </c>
       <c r="H310" t="s">
-        <v>1078</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1079</v>
+        <v>1090</v>
       </c>
       <c r="B311" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C311" t="s">
-        <v>228</v>
+        <v>187</v>
       </c>
       <c r="D311" t="s">
         <v>11</v>
       </c>
       <c r="E311" t="s">
         <v>12</v>
       </c>
+      <c r="F311" t="s">
+        <v>13</v>
+      </c>
       <c r="G311" s="1" t="s">
-        <v>1080</v>
+        <v>1091</v>
       </c>
       <c r="H311" t="s">
-        <v>1081</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1082</v>
+        <v>1093</v>
       </c>
       <c r="B312" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C312" t="s">
-        <v>233</v>
+        <v>191</v>
       </c>
       <c r="D312" t="s">
         <v>11</v>
       </c>
       <c r="E312" t="s">
         <v>12</v>
       </c>
       <c r="F312" t="s">
         <v>13</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1083</v>
+        <v>1094</v>
       </c>
       <c r="H312" t="s">
-        <v>1084</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1085</v>
+        <v>1096</v>
       </c>
       <c r="B313" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C313" t="s">
-        <v>237</v>
+        <v>195</v>
       </c>
       <c r="D313" t="s">
         <v>11</v>
       </c>
       <c r="E313" t="s">
         <v>12</v>
       </c>
       <c r="F313" t="s">
-        <v>142</v>
+        <v>13</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1086</v>
+        <v>1097</v>
       </c>
       <c r="H313" t="s">
-        <v>1087</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1088</v>
+        <v>1099</v>
       </c>
       <c r="B314" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C314" t="s">
-        <v>241</v>
+        <v>199</v>
       </c>
       <c r="D314" t="s">
         <v>11</v>
       </c>
       <c r="E314" t="s">
         <v>12</v>
       </c>
       <c r="F314" t="s">
-        <v>560</v>
+        <v>13</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1089</v>
+        <v>1100</v>
       </c>
       <c r="H314" t="s">
-        <v>1090</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1091</v>
+        <v>1102</v>
       </c>
       <c r="B315" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C315" t="s">
-        <v>245</v>
+        <v>207</v>
       </c>
       <c r="D315" t="s">
         <v>11</v>
       </c>
       <c r="E315" t="s">
         <v>12</v>
       </c>
       <c r="F315" t="s">
-        <v>999</v>
+        <v>747</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1092</v>
+        <v>1103</v>
       </c>
       <c r="H315" t="s">
-        <v>1093</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1094</v>
+        <v>1104</v>
       </c>
       <c r="B316" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C316" t="s">
-        <v>249</v>
+        <v>211</v>
       </c>
       <c r="D316" t="s">
         <v>11</v>
       </c>
       <c r="E316" t="s">
         <v>12</v>
       </c>
       <c r="F316" t="s">
-        <v>142</v>
+        <v>82</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1095</v>
+        <v>1105</v>
       </c>
       <c r="H316" t="s">
-        <v>1096</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1097</v>
+        <v>1107</v>
       </c>
       <c r="B317" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C317" t="s">
-        <v>253</v>
+        <v>215</v>
       </c>
       <c r="D317" t="s">
         <v>11</v>
       </c>
       <c r="E317" t="s">
         <v>12</v>
       </c>
       <c r="F317" t="s">
-        <v>560</v>
+        <v>639</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1098</v>
+        <v>1108</v>
       </c>
       <c r="H317" t="s">
-        <v>1099</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1100</v>
+        <v>1110</v>
       </c>
       <c r="B318" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C318" t="s">
-        <v>257</v>
+        <v>219</v>
       </c>
       <c r="D318" t="s">
         <v>11</v>
       </c>
       <c r="E318" t="s">
         <v>12</v>
       </c>
       <c r="F318" t="s">
-        <v>1101</v>
+        <v>597</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1102</v>
+        <v>1111</v>
       </c>
       <c r="H318" t="s">
-        <v>1103</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1104</v>
+        <v>1113</v>
       </c>
       <c r="B319" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C319" t="s">
-        <v>261</v>
+        <v>223</v>
       </c>
       <c r="D319" t="s">
         <v>11</v>
       </c>
       <c r="E319" t="s">
         <v>12</v>
       </c>
       <c r="F319" t="s">
-        <v>142</v>
+        <v>639</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1105</v>
+        <v>1114</v>
       </c>
       <c r="H319" t="s">
-        <v>836</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1106</v>
+        <v>1116</v>
       </c>
       <c r="B320" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C320" t="s">
-        <v>265</v>
+        <v>228</v>
       </c>
       <c r="D320" t="s">
         <v>11</v>
       </c>
       <c r="E320" t="s">
         <v>12</v>
       </c>
-      <c r="F320" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G320" s="1" t="s">
-        <v>1107</v>
+        <v>1117</v>
       </c>
       <c r="H320" t="s">
-        <v>836</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1108</v>
+        <v>1119</v>
       </c>
       <c r="B321" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C321" t="s">
-        <v>270</v>
+        <v>233</v>
       </c>
       <c r="D321" t="s">
         <v>11</v>
       </c>
       <c r="E321" t="s">
         <v>12</v>
       </c>
       <c r="F321" t="s">
-        <v>1109</v>
+        <v>13</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1110</v>
+        <v>1120</v>
       </c>
       <c r="H321" t="s">
-        <v>1111</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1112</v>
+        <v>1122</v>
       </c>
       <c r="B322" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C322" t="s">
-        <v>274</v>
+        <v>237</v>
       </c>
       <c r="D322" t="s">
         <v>11</v>
       </c>
       <c r="E322" t="s">
         <v>12</v>
       </c>
       <c r="F322" t="s">
-        <v>82</v>
+        <v>142</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1113</v>
+        <v>1123</v>
       </c>
       <c r="H322" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1115</v>
+        <v>1125</v>
       </c>
       <c r="B323" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C323" t="s">
-        <v>279</v>
+        <v>241</v>
       </c>
       <c r="D323" t="s">
         <v>11</v>
       </c>
       <c r="E323" t="s">
         <v>12</v>
       </c>
       <c r="F323" t="s">
-        <v>560</v>
+        <v>597</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1116</v>
+        <v>1126</v>
       </c>
       <c r="H323" t="s">
-        <v>1117</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1118</v>
+        <v>1128</v>
       </c>
       <c r="B324" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C324" t="s">
-        <v>283</v>
+        <v>245</v>
       </c>
       <c r="D324" t="s">
         <v>11</v>
       </c>
       <c r="E324" t="s">
         <v>12</v>
       </c>
       <c r="F324" t="s">
-        <v>121</v>
+        <v>1036</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1119</v>
+        <v>1129</v>
       </c>
       <c r="H324" t="s">
-        <v>1120</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1121</v>
+        <v>1131</v>
       </c>
       <c r="B325" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C325" t="s">
-        <v>287</v>
+        <v>249</v>
       </c>
       <c r="D325" t="s">
         <v>11</v>
       </c>
       <c r="E325" t="s">
         <v>12</v>
       </c>
       <c r="F325" t="s">
-        <v>560</v>
+        <v>142</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1122</v>
+        <v>1132</v>
       </c>
       <c r="H325" t="s">
-        <v>1123</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1124</v>
+        <v>1134</v>
       </c>
       <c r="B326" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C326" t="s">
-        <v>291</v>
+        <v>253</v>
       </c>
       <c r="D326" t="s">
         <v>11</v>
       </c>
       <c r="E326" t="s">
         <v>12</v>
       </c>
       <c r="F326" t="s">
-        <v>13</v>
+        <v>597</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1125</v>
+        <v>1135</v>
       </c>
       <c r="H326" t="s">
-        <v>1126</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1127</v>
+        <v>1137</v>
       </c>
       <c r="B327" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C327" t="s">
-        <v>296</v>
+        <v>257</v>
       </c>
       <c r="D327" t="s">
         <v>11</v>
       </c>
       <c r="E327" t="s">
         <v>12</v>
       </c>
       <c r="F327" t="s">
-        <v>13</v>
+        <v>1138</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1128</v>
+        <v>1139</v>
       </c>
       <c r="H327" t="s">
-        <v>1129</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1130</v>
+        <v>1141</v>
       </c>
       <c r="B328" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C328" t="s">
-        <v>300</v>
+        <v>261</v>
       </c>
       <c r="D328" t="s">
         <v>11</v>
       </c>
       <c r="E328" t="s">
         <v>12</v>
       </c>
       <c r="F328" t="s">
-        <v>82</v>
+        <v>142</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1131</v>
+        <v>1142</v>
       </c>
       <c r="H328" t="s">
-        <v>1132</v>
+        <v>873</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1133</v>
+        <v>1143</v>
       </c>
       <c r="B329" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C329" t="s">
-        <v>304</v>
+        <v>265</v>
       </c>
       <c r="D329" t="s">
         <v>11</v>
       </c>
       <c r="E329" t="s">
         <v>12</v>
       </c>
       <c r="F329" t="s">
-        <v>560</v>
+        <v>142</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1134</v>
+        <v>1144</v>
       </c>
       <c r="H329" t="s">
-        <v>1135</v>
+        <v>873</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1136</v>
+        <v>1145</v>
       </c>
       <c r="B330" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C330" t="s">
-        <v>308</v>
+        <v>270</v>
       </c>
       <c r="D330" t="s">
         <v>11</v>
       </c>
       <c r="E330" t="s">
         <v>12</v>
       </c>
       <c r="F330" t="s">
-        <v>13</v>
+        <v>1146</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1137</v>
+        <v>1147</v>
       </c>
       <c r="H330" t="s">
-        <v>1138</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1139</v>
+        <v>1149</v>
       </c>
       <c r="B331" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C331" t="s">
-        <v>312</v>
+        <v>274</v>
       </c>
       <c r="D331" t="s">
         <v>11</v>
       </c>
       <c r="E331" t="s">
         <v>12</v>
       </c>
+      <c r="F331" t="s">
+        <v>82</v>
+      </c>
       <c r="G331" s="1" t="s">
-        <v>1140</v>
+        <v>1150</v>
       </c>
       <c r="H331" t="s">
-        <v>1141</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1142</v>
+        <v>1152</v>
       </c>
       <c r="B332" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C332" t="s">
-        <v>316</v>
+        <v>279</v>
       </c>
       <c r="D332" t="s">
         <v>11</v>
       </c>
       <c r="E332" t="s">
         <v>12</v>
       </c>
       <c r="F332" t="s">
-        <v>151</v>
+        <v>597</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1143</v>
+        <v>1153</v>
       </c>
       <c r="H332" t="s">
-        <v>1144</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1145</v>
+        <v>1155</v>
       </c>
       <c r="B333" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C333" t="s">
-        <v>320</v>
+        <v>283</v>
       </c>
       <c r="D333" t="s">
         <v>11</v>
       </c>
       <c r="E333" t="s">
         <v>12</v>
       </c>
       <c r="F333" t="s">
-        <v>560</v>
+        <v>121</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1146</v>
+        <v>1156</v>
       </c>
       <c r="H333" t="s">
-        <v>1147</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1148</v>
+        <v>1158</v>
       </c>
       <c r="B334" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C334" t="s">
-        <v>325</v>
+        <v>287</v>
       </c>
       <c r="D334" t="s">
         <v>11</v>
       </c>
       <c r="E334" t="s">
         <v>12</v>
       </c>
       <c r="F334" t="s">
-        <v>1149</v>
+        <v>597</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1150</v>
+        <v>1159</v>
       </c>
       <c r="H334" t="s">
-        <v>1151</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1152</v>
+        <v>1161</v>
       </c>
       <c r="B335" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C335" t="s">
-        <v>329</v>
+        <v>291</v>
       </c>
       <c r="D335" t="s">
         <v>11</v>
       </c>
       <c r="E335" t="s">
         <v>12</v>
       </c>
       <c r="F335" t="s">
-        <v>560</v>
+        <v>13</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1153</v>
+        <v>1162</v>
       </c>
       <c r="H335" t="s">
-        <v>1154</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1155</v>
+        <v>1164</v>
       </c>
       <c r="B336" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C336" t="s">
-        <v>333</v>
+        <v>296</v>
       </c>
       <c r="D336" t="s">
         <v>11</v>
       </c>
       <c r="E336" t="s">
         <v>12</v>
       </c>
       <c r="F336" t="s">
         <v>13</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1156</v>
+        <v>1165</v>
       </c>
       <c r="H336" t="s">
-        <v>1157</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1158</v>
+        <v>1167</v>
       </c>
       <c r="B337" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C337" t="s">
-        <v>337</v>
+        <v>300</v>
       </c>
       <c r="D337" t="s">
         <v>11</v>
       </c>
       <c r="E337" t="s">
         <v>12</v>
       </c>
       <c r="F337" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1159</v>
+        <v>1168</v>
       </c>
       <c r="H337" t="s">
-        <v>864</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1160</v>
+        <v>1170</v>
       </c>
       <c r="B338" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C338" t="s">
-        <v>341</v>
+        <v>304</v>
       </c>
       <c r="D338" t="s">
         <v>11</v>
       </c>
       <c r="E338" t="s">
         <v>12</v>
       </c>
       <c r="F338" t="s">
-        <v>999</v>
+        <v>597</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1161</v>
+        <v>1171</v>
       </c>
       <c r="H338" t="s">
-        <v>1162</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1163</v>
+        <v>1173</v>
       </c>
       <c r="B339" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C339" t="s">
-        <v>345</v>
+        <v>308</v>
       </c>
       <c r="D339" t="s">
         <v>11</v>
       </c>
       <c r="E339" t="s">
         <v>12</v>
       </c>
       <c r="F339" t="s">
-        <v>560</v>
+        <v>13</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1164</v>
+        <v>1174</v>
       </c>
       <c r="H339" t="s">
-        <v>1165</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1166</v>
+        <v>1176</v>
       </c>
       <c r="B340" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C340" t="s">
-        <v>349</v>
+        <v>312</v>
       </c>
       <c r="D340" t="s">
         <v>11</v>
       </c>
       <c r="E340" t="s">
         <v>12</v>
       </c>
-      <c r="F340" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G340" s="1" t="s">
-        <v>1167</v>
+        <v>1177</v>
       </c>
       <c r="H340" t="s">
-        <v>1168</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1169</v>
+        <v>1179</v>
       </c>
       <c r="B341" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C341" t="s">
-        <v>353</v>
+        <v>316</v>
       </c>
       <c r="D341" t="s">
         <v>11</v>
       </c>
       <c r="E341" t="s">
         <v>12</v>
       </c>
       <c r="F341" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1170</v>
+        <v>1180</v>
       </c>
       <c r="H341" t="s">
-        <v>1171</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1172</v>
+        <v>1182</v>
       </c>
       <c r="B342" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C342" t="s">
-        <v>357</v>
+        <v>320</v>
       </c>
       <c r="D342" t="s">
         <v>11</v>
       </c>
       <c r="E342" t="s">
         <v>12</v>
       </c>
       <c r="F342" t="s">
-        <v>1173</v>
+        <v>597</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1174</v>
+        <v>1183</v>
       </c>
       <c r="H342" t="s">
-        <v>1175</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1176</v>
+        <v>1185</v>
       </c>
       <c r="B343" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C343" t="s">
-        <v>361</v>
+        <v>325</v>
       </c>
       <c r="D343" t="s">
         <v>11</v>
       </c>
       <c r="E343" t="s">
         <v>12</v>
       </c>
       <c r="F343" t="s">
-        <v>13</v>
+        <v>1186</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1177</v>
+        <v>1187</v>
       </c>
       <c r="H343" t="s">
-        <v>1178</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1179</v>
+        <v>1189</v>
       </c>
       <c r="B344" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C344" t="s">
-        <v>365</v>
+        <v>329</v>
       </c>
       <c r="D344" t="s">
         <v>11</v>
       </c>
       <c r="E344" t="s">
         <v>12</v>
       </c>
       <c r="F344" t="s">
-        <v>1101</v>
+        <v>597</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1180</v>
+        <v>1190</v>
       </c>
       <c r="H344" t="s">
-        <v>1181</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1182</v>
+        <v>1192</v>
       </c>
       <c r="B345" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C345" t="s">
-        <v>369</v>
+        <v>333</v>
       </c>
       <c r="D345" t="s">
         <v>11</v>
       </c>
       <c r="E345" t="s">
         <v>12</v>
       </c>
       <c r="F345" t="s">
-        <v>560</v>
+        <v>13</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1183</v>
+        <v>1193</v>
       </c>
       <c r="H345" t="s">
-        <v>1184</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1185</v>
+        <v>1195</v>
       </c>
       <c r="B346" t="s">
-        <v>926</v>
+        <v>963</v>
       </c>
       <c r="C346" t="s">
-        <v>373</v>
+        <v>337</v>
       </c>
       <c r="D346" t="s">
         <v>11</v>
       </c>
       <c r="E346" t="s">
         <v>12</v>
       </c>
       <c r="F346" t="s">
-        <v>560</v>
+        <v>13</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1186</v>
+        <v>1196</v>
       </c>
       <c r="H346" t="s">
-        <v>1187</v>
+        <v>901</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1188</v>
+        <v>1197</v>
       </c>
       <c r="B347" t="s">
-        <v>1189</v>
+        <v>963</v>
       </c>
       <c r="C347" t="s">
-        <v>10</v>
+        <v>341</v>
       </c>
       <c r="D347" t="s">
         <v>11</v>
       </c>
       <c r="E347" t="s">
         <v>12</v>
       </c>
+      <c r="F347" t="s">
+        <v>1036</v>
+      </c>
       <c r="G347" s="1" t="s">
-        <v>1190</v>
+        <v>1198</v>
       </c>
       <c r="H347" t="s">
-        <v>1191</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1192</v>
+        <v>1200</v>
       </c>
       <c r="B348" t="s">
-        <v>1189</v>
+        <v>963</v>
       </c>
       <c r="C348" t="s">
-        <v>17</v>
+        <v>345</v>
       </c>
       <c r="D348" t="s">
         <v>11</v>
       </c>
       <c r="E348" t="s">
         <v>12</v>
       </c>
+      <c r="F348" t="s">
+        <v>597</v>
+      </c>
       <c r="G348" s="1" t="s">
-        <v>1193</v>
+        <v>1201</v>
       </c>
       <c r="H348" t="s">
-        <v>1194</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1195</v>
+        <v>1203</v>
       </c>
       <c r="B349" t="s">
-        <v>1189</v>
+        <v>963</v>
       </c>
       <c r="C349" t="s">
-        <v>21</v>
+        <v>349</v>
       </c>
       <c r="D349" t="s">
         <v>11</v>
       </c>
       <c r="E349" t="s">
         <v>12</v>
       </c>
       <c r="F349" t="s">
-        <v>1196</v>
+        <v>13</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1197</v>
+        <v>1204</v>
       </c>
       <c r="H349" t="s">
-        <v>1198</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1199</v>
+        <v>1206</v>
       </c>
       <c r="B350" t="s">
-        <v>1189</v>
+        <v>963</v>
       </c>
       <c r="C350" t="s">
-        <v>25</v>
+        <v>353</v>
       </c>
       <c r="D350" t="s">
         <v>11</v>
       </c>
       <c r="E350" t="s">
         <v>12</v>
       </c>
+      <c r="F350" t="s">
+        <v>13</v>
+      </c>
       <c r="G350" s="1" t="s">
-        <v>1200</v>
+        <v>1207</v>
       </c>
       <c r="H350" t="s">
-        <v>1201</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1202</v>
+        <v>1209</v>
       </c>
       <c r="B351" t="s">
-        <v>1189</v>
+        <v>963</v>
       </c>
       <c r="C351" t="s">
-        <v>29</v>
+        <v>357</v>
       </c>
       <c r="D351" t="s">
         <v>11</v>
       </c>
       <c r="E351" t="s">
         <v>12</v>
       </c>
+      <c r="F351" t="s">
+        <v>1210</v>
+      </c>
       <c r="G351" s="1" t="s">
-        <v>1203</v>
+        <v>1211</v>
       </c>
       <c r="H351" t="s">
-        <v>1204</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1205</v>
+        <v>1213</v>
       </c>
       <c r="B352" t="s">
-        <v>1189</v>
+        <v>963</v>
       </c>
       <c r="C352" t="s">
-        <v>49</v>
+        <v>361</v>
       </c>
       <c r="D352" t="s">
         <v>11</v>
       </c>
       <c r="E352" t="s">
         <v>12</v>
       </c>
       <c r="F352" t="s">
-        <v>1206</v>
+        <v>13</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1207</v>
+        <v>1214</v>
       </c>
       <c r="H352" t="s">
-        <v>1208</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1209</v>
+        <v>1216</v>
       </c>
       <c r="B353" t="s">
-        <v>1189</v>
+        <v>963</v>
       </c>
       <c r="C353" t="s">
-        <v>53</v>
+        <v>365</v>
       </c>
       <c r="D353" t="s">
         <v>11</v>
       </c>
       <c r="E353" t="s">
         <v>12</v>
       </c>
       <c r="F353" t="s">
-        <v>1196</v>
+        <v>1138</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1210</v>
+        <v>1217</v>
       </c>
       <c r="H353" t="s">
-        <v>1211</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1212</v>
+        <v>1219</v>
       </c>
       <c r="B354" t="s">
-        <v>1189</v>
+        <v>963</v>
       </c>
       <c r="C354" t="s">
-        <v>530</v>
+        <v>369</v>
       </c>
       <c r="D354" t="s">
         <v>11</v>
       </c>
       <c r="E354" t="s">
         <v>12</v>
       </c>
       <c r="F354" t="s">
-        <v>82</v>
+        <v>597</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1213</v>
+        <v>1220</v>
       </c>
       <c r="H354" t="s">
-        <v>1214</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1215</v>
+        <v>1222</v>
       </c>
       <c r="B355" t="s">
-        <v>1189</v>
+        <v>963</v>
       </c>
       <c r="C355" t="s">
-        <v>57</v>
+        <v>373</v>
       </c>
       <c r="D355" t="s">
         <v>11</v>
       </c>
       <c r="E355" t="s">
         <v>12</v>
       </c>
       <c r="F355" t="s">
-        <v>1196</v>
+        <v>597</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1216</v>
+        <v>1223</v>
       </c>
       <c r="H355" t="s">
-        <v>1217</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1218</v>
+        <v>1225</v>
       </c>
       <c r="B356" t="s">
-        <v>1189</v>
+        <v>1226</v>
       </c>
       <c r="C356" t="s">
-        <v>61</v>
+        <v>10</v>
       </c>
       <c r="D356" t="s">
         <v>11</v>
       </c>
       <c r="E356" t="s">
         <v>12</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1219</v>
+        <v>1227</v>
       </c>
       <c r="H356" t="s">
-        <v>1220</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1221</v>
+        <v>1229</v>
       </c>
       <c r="B357" t="s">
-        <v>1189</v>
+        <v>1226</v>
       </c>
       <c r="C357" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="D357" t="s">
         <v>11</v>
       </c>
       <c r="E357" t="s">
         <v>12</v>
       </c>
-      <c r="F357" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G357" s="1" t="s">
-        <v>1222</v>
+        <v>1230</v>
       </c>
       <c r="H357" t="s">
-        <v>1223</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1224</v>
+        <v>1232</v>
       </c>
       <c r="B358" t="s">
-        <v>1189</v>
+        <v>1226</v>
       </c>
       <c r="C358" t="s">
-        <v>69</v>
+        <v>21</v>
       </c>
       <c r="D358" t="s">
         <v>11</v>
       </c>
       <c r="E358" t="s">
         <v>12</v>
       </c>
+      <c r="F358" t="s">
+        <v>1233</v>
+      </c>
       <c r="G358" s="1" t="s">
-        <v>1225</v>
+        <v>1234</v>
       </c>
       <c r="H358" t="s">
-        <v>1226</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1227</v>
+        <v>1236</v>
       </c>
       <c r="B359" t="s">
-        <v>886</v>
+        <v>1226</v>
       </c>
       <c r="C359" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D359" t="s">
         <v>11</v>
       </c>
       <c r="E359" t="s">
         <v>12</v>
       </c>
-      <c r="F359" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G359" s="1" t="s">
-        <v>1228</v>
+        <v>1237</v>
       </c>
       <c r="H359" t="s">
-        <v>1229</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1230</v>
+        <v>1239</v>
       </c>
       <c r="B360" t="s">
-        <v>886</v>
+        <v>1226</v>
       </c>
       <c r="C360" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D360" t="s">
         <v>11</v>
       </c>
       <c r="E360" t="s">
         <v>12</v>
       </c>
-      <c r="F360" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G360" s="1" t="s">
-        <v>1232</v>
+        <v>1240</v>
       </c>
       <c r="H360" t="s">
-        <v>1233</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1234</v>
+        <v>1242</v>
       </c>
       <c r="B361" t="s">
-        <v>886</v>
+        <v>1226</v>
       </c>
       <c r="C361" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="D361" t="s">
         <v>11</v>
       </c>
       <c r="E361" t="s">
         <v>12</v>
       </c>
+      <c r="F361" t="s">
+        <v>1243</v>
+      </c>
       <c r="G361" s="1" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="H361" t="s">
-        <v>1236</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1237</v>
+        <v>1246</v>
       </c>
       <c r="B362" t="s">
-        <v>886</v>
+        <v>1226</v>
       </c>
       <c r="C362" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="D362" t="s">
         <v>11</v>
       </c>
       <c r="E362" t="s">
         <v>12</v>
       </c>
+      <c r="F362" t="s">
+        <v>1233</v>
+      </c>
       <c r="G362" s="1" t="s">
-        <v>1238</v>
+        <v>1247</v>
       </c>
       <c r="H362" t="s">
-        <v>1239</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1240</v>
+        <v>1249</v>
       </c>
       <c r="B363" t="s">
-        <v>886</v>
+        <v>1226</v>
       </c>
       <c r="C363" t="s">
-        <v>29</v>
+        <v>567</v>
       </c>
       <c r="D363" t="s">
         <v>11</v>
       </c>
       <c r="E363" t="s">
         <v>12</v>
       </c>
+      <c r="F363" t="s">
+        <v>82</v>
+      </c>
       <c r="G363" s="1" t="s">
-        <v>1241</v>
+        <v>1250</v>
       </c>
       <c r="H363" t="s">
-        <v>1242</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1243</v>
+        <v>1252</v>
       </c>
       <c r="B364" t="s">
-        <v>886</v>
+        <v>1226</v>
       </c>
       <c r="C364" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="D364" t="s">
         <v>11</v>
       </c>
       <c r="E364" t="s">
         <v>12</v>
       </c>
+      <c r="F364" t="s">
+        <v>1233</v>
+      </c>
       <c r="G364" s="1" t="s">
-        <v>1244</v>
+        <v>1253</v>
       </c>
       <c r="H364" t="s">
-        <v>1245</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1246</v>
+        <v>1255</v>
       </c>
       <c r="B365" t="s">
-        <v>886</v>
+        <v>1226</v>
       </c>
       <c r="C365" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="D365" t="s">
         <v>11</v>
       </c>
       <c r="E365" t="s">
         <v>12</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1247</v>
+        <v>1256</v>
       </c>
       <c r="H365" t="s">
-        <v>1248</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1249</v>
+        <v>1258</v>
       </c>
       <c r="B366" t="s">
-        <v>886</v>
+        <v>1226</v>
       </c>
       <c r="C366" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="D366" t="s">
         <v>11</v>
       </c>
       <c r="E366" t="s">
         <v>12</v>
       </c>
+      <c r="F366" t="s">
+        <v>121</v>
+      </c>
       <c r="G366" s="1" t="s">
-        <v>1250</v>
+        <v>1259</v>
       </c>
       <c r="H366" t="s">
-        <v>1251</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1252</v>
+        <v>1261</v>
       </c>
       <c r="B367" t="s">
-        <v>886</v>
+        <v>1226</v>
       </c>
       <c r="C367" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D367" t="s">
         <v>11</v>
       </c>
       <c r="E367" t="s">
         <v>12</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1253</v>
+        <v>1262</v>
       </c>
       <c r="H367" t="s">
-        <v>1254</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1255</v>
+        <v>1264</v>
       </c>
       <c r="B368" t="s">
-        <v>886</v>
+        <v>923</v>
       </c>
       <c r="C368" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="D368" t="s">
         <v>11</v>
       </c>
       <c r="E368" t="s">
         <v>12</v>
       </c>
+      <c r="F368" t="s">
+        <v>1233</v>
+      </c>
       <c r="G368" s="1" t="s">
-        <v>1256</v>
+        <v>1265</v>
       </c>
       <c r="H368" t="s">
-        <v>1257</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1258</v>
+        <v>1267</v>
       </c>
       <c r="B369" t="s">
-        <v>886</v>
+        <v>923</v>
       </c>
       <c r="C369" t="s">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="D369" t="s">
         <v>11</v>
       </c>
       <c r="E369" t="s">
         <v>12</v>
       </c>
       <c r="F369" t="s">
-        <v>1231</v>
+        <v>1268</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1259</v>
+        <v>1269</v>
       </c>
       <c r="H369" t="s">
-        <v>1260</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1261</v>
+        <v>1271</v>
       </c>
       <c r="B370" t="s">
-        <v>886</v>
+        <v>923</v>
       </c>
       <c r="C370" t="s">
-        <v>530</v>
+        <v>21</v>
       </c>
       <c r="D370" t="s">
         <v>11</v>
       </c>
       <c r="E370" t="s">
         <v>12</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1262</v>
+        <v>1272</v>
       </c>
       <c r="H370" t="s">
-        <v>1263</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1264</v>
+        <v>1274</v>
       </c>
       <c r="B371" t="s">
-        <v>886</v>
+        <v>923</v>
       </c>
       <c r="C371" t="s">
-        <v>57</v>
+        <v>25</v>
       </c>
       <c r="D371" t="s">
         <v>11</v>
       </c>
       <c r="E371" t="s">
         <v>12</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1265</v>
+        <v>1275</v>
       </c>
       <c r="H371" t="s">
-        <v>1266</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1267</v>
+        <v>1277</v>
       </c>
       <c r="B372" t="s">
-        <v>886</v>
+        <v>923</v>
       </c>
       <c r="C372" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="D372" t="s">
         <v>11</v>
       </c>
       <c r="E372" t="s">
         <v>12</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1268</v>
+        <v>1278</v>
       </c>
       <c r="H372" t="s">
-        <v>1269</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1270</v>
+        <v>1280</v>
       </c>
       <c r="B373" t="s">
-        <v>886</v>
+        <v>923</v>
       </c>
       <c r="C373" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="D373" t="s">
         <v>11</v>
       </c>
       <c r="E373" t="s">
         <v>12</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1271</v>
+        <v>1281</v>
       </c>
       <c r="H373" t="s">
-        <v>1272</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1273</v>
+        <v>1283</v>
       </c>
       <c r="B374" t="s">
-        <v>886</v>
+        <v>923</v>
       </c>
       <c r="C374" t="s">
-        <v>69</v>
+        <v>37</v>
       </c>
       <c r="D374" t="s">
         <v>11</v>
       </c>
       <c r="E374" t="s">
         <v>12</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1274</v>
+        <v>1284</v>
       </c>
       <c r="H374" t="s">
-        <v>1275</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1276</v>
+        <v>1286</v>
       </c>
       <c r="B375" t="s">
-        <v>886</v>
+        <v>923</v>
       </c>
       <c r="C375" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="D375" t="s">
         <v>11</v>
       </c>
       <c r="E375" t="s">
         <v>12</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1277</v>
+        <v>1287</v>
       </c>
       <c r="H375" t="s">
-        <v>1278</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1279</v>
+        <v>1289</v>
       </c>
       <c r="B376" t="s">
-        <v>886</v>
+        <v>923</v>
       </c>
       <c r="C376" t="s">
-        <v>77</v>
+        <v>45</v>
       </c>
       <c r="D376" t="s">
         <v>11</v>
       </c>
       <c r="E376" t="s">
         <v>12</v>
       </c>
-      <c r="F376" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G376" s="1" t="s">
-        <v>1280</v>
+        <v>1290</v>
       </c>
       <c r="H376" t="s">
-        <v>1281</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1282</v>
+        <v>1292</v>
       </c>
       <c r="B377" t="s">
-        <v>886</v>
+        <v>923</v>
       </c>
       <c r="C377" t="s">
-        <v>86</v>
+        <v>49</v>
       </c>
       <c r="D377" t="s">
         <v>11</v>
       </c>
       <c r="E377" t="s">
         <v>12</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1283</v>
+        <v>1293</v>
       </c>
       <c r="H377" t="s">
-        <v>1284</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1285</v>
+        <v>1295</v>
       </c>
       <c r="B378" t="s">
-        <v>886</v>
+        <v>923</v>
       </c>
       <c r="C378" t="s">
-        <v>90</v>
+        <v>53</v>
       </c>
       <c r="D378" t="s">
         <v>11</v>
       </c>
       <c r="E378" t="s">
         <v>12</v>
       </c>
+      <c r="F378" t="s">
+        <v>1268</v>
+      </c>
       <c r="G378" s="1" t="s">
-        <v>1286</v>
+        <v>1296</v>
       </c>
       <c r="H378" t="s">
-        <v>1287</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1288</v>
+        <v>1298</v>
       </c>
       <c r="B379" t="s">
-        <v>889</v>
+        <v>923</v>
       </c>
       <c r="C379" t="s">
-        <v>10</v>
+        <v>567</v>
       </c>
       <c r="D379" t="s">
         <v>11</v>
       </c>
       <c r="E379" t="s">
         <v>12</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1289</v>
+        <v>1299</v>
       </c>
       <c r="H379" t="s">
-        <v>1290</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1291</v>
+        <v>1301</v>
       </c>
       <c r="B380" t="s">
-        <v>889</v>
+        <v>923</v>
       </c>
       <c r="C380" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="D380" t="s">
         <v>11</v>
       </c>
       <c r="E380" t="s">
         <v>12</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1292</v>
+        <v>1302</v>
       </c>
       <c r="H380" t="s">
-        <v>1293</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1294</v>
+        <v>1304</v>
       </c>
       <c r="B381" t="s">
-        <v>889</v>
+        <v>923</v>
       </c>
       <c r="C381" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="D381" t="s">
         <v>11</v>
       </c>
       <c r="E381" t="s">
         <v>12</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1295</v>
+        <v>1305</v>
       </c>
       <c r="H381" t="s">
-        <v>1296</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1297</v>
+        <v>1307</v>
       </c>
       <c r="B382" t="s">
-        <v>889</v>
+        <v>923</v>
       </c>
       <c r="C382" t="s">
-        <v>33</v>
+        <v>65</v>
       </c>
       <c r="D382" t="s">
         <v>11</v>
       </c>
       <c r="E382" t="s">
         <v>12</v>
       </c>
-      <c r="F382" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G382" s="1" t="s">
-        <v>1298</v>
+        <v>1308</v>
       </c>
       <c r="H382" t="s">
-        <v>1299</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1300</v>
+        <v>1310</v>
       </c>
       <c r="B383" t="s">
-        <v>889</v>
+        <v>923</v>
       </c>
       <c r="C383" t="s">
-        <v>37</v>
+        <v>69</v>
       </c>
       <c r="D383" t="s">
         <v>11</v>
       </c>
       <c r="E383" t="s">
         <v>12</v>
       </c>
-      <c r="F383" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G383" s="1" t="s">
-        <v>1301</v>
+        <v>1311</v>
       </c>
       <c r="H383" t="s">
-        <v>1302</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1303</v>
+        <v>1313</v>
       </c>
       <c r="B384" t="s">
-        <v>889</v>
+        <v>923</v>
       </c>
       <c r="C384" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="D384" t="s">
         <v>11</v>
       </c>
       <c r="E384" t="s">
         <v>12</v>
       </c>
-      <c r="F384" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G384" s="1" t="s">
-        <v>1304</v>
+        <v>1314</v>
       </c>
       <c r="H384" t="s">
-        <v>1305</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1306</v>
+        <v>1316</v>
       </c>
       <c r="B385" t="s">
-        <v>889</v>
+        <v>923</v>
       </c>
       <c r="C385" t="s">
-        <v>45</v>
+        <v>77</v>
       </c>
       <c r="D385" t="s">
         <v>11</v>
       </c>
       <c r="E385" t="s">
         <v>12</v>
       </c>
       <c r="F385" t="s">
-        <v>1196</v>
+        <v>1233</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>978</v>
+        <v>1317</v>
       </c>
       <c r="H385" t="s">
-        <v>1307</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1308</v>
+        <v>1319</v>
       </c>
       <c r="B386" t="s">
-        <v>889</v>
+        <v>923</v>
       </c>
       <c r="C386" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="D386" t="s">
         <v>11</v>
       </c>
       <c r="E386" t="s">
         <v>12</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1309</v>
+        <v>1320</v>
       </c>
       <c r="H386" t="s">
-        <v>1310</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1311</v>
+        <v>1322</v>
       </c>
       <c r="B387" t="s">
-        <v>889</v>
+        <v>923</v>
       </c>
       <c r="C387" t="s">
-        <v>53</v>
+        <v>90</v>
       </c>
       <c r="D387" t="s">
         <v>11</v>
       </c>
       <c r="E387" t="s">
         <v>12</v>
       </c>
-      <c r="F387" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G387" s="1" t="s">
-        <v>1312</v>
+        <v>1323</v>
       </c>
       <c r="H387" t="s">
-        <v>1313</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1314</v>
+        <v>1325</v>
       </c>
       <c r="B388" t="s">
-        <v>889</v>
+        <v>926</v>
       </c>
       <c r="C388" t="s">
-        <v>61</v>
+        <v>10</v>
       </c>
       <c r="D388" t="s">
         <v>11</v>
       </c>
       <c r="E388" t="s">
         <v>12</v>
       </c>
-      <c r="F388" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G388" s="1" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
       <c r="H388" t="s">
-        <v>1316</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1317</v>
+        <v>1328</v>
       </c>
       <c r="B389" t="s">
-        <v>889</v>
+        <v>926</v>
       </c>
       <c r="C389" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="D389" t="s">
         <v>11</v>
       </c>
       <c r="E389" t="s">
         <v>12</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1318</v>
+        <v>1329</v>
       </c>
       <c r="H389" t="s">
-        <v>1319</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1320</v>
+        <v>1331</v>
       </c>
       <c r="B390" t="s">
-        <v>889</v>
+        <v>926</v>
       </c>
       <c r="C390" t="s">
-        <v>69</v>
+        <v>21</v>
       </c>
       <c r="D390" t="s">
         <v>11</v>
       </c>
       <c r="E390" t="s">
         <v>12</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1321</v>
+        <v>1332</v>
       </c>
       <c r="H390" t="s">
-        <v>1322</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1323</v>
+        <v>1334</v>
       </c>
       <c r="B391" t="s">
-        <v>889</v>
+        <v>926</v>
       </c>
       <c r="C391" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="D391" t="s">
         <v>11</v>
       </c>
       <c r="E391" t="s">
         <v>12</v>
       </c>
+      <c r="F391" t="s">
+        <v>639</v>
+      </c>
       <c r="G391" s="1" t="s">
-        <v>1324</v>
+        <v>1335</v>
       </c>
       <c r="H391" t="s">
-        <v>1325</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1326</v>
+        <v>1337</v>
       </c>
       <c r="B392" t="s">
-        <v>889</v>
+        <v>926</v>
       </c>
       <c r="C392" t="s">
-        <v>77</v>
+        <v>37</v>
       </c>
       <c r="D392" t="s">
         <v>11</v>
       </c>
       <c r="E392" t="s">
         <v>12</v>
       </c>
+      <c r="F392" t="s">
+        <v>1268</v>
+      </c>
       <c r="G392" s="1" t="s">
-        <v>1327</v>
+        <v>1338</v>
       </c>
       <c r="H392" t="s">
-        <v>1328</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1329</v>
+        <v>1340</v>
       </c>
       <c r="B393" t="s">
-        <v>889</v>
+        <v>926</v>
       </c>
       <c r="C393" t="s">
-        <v>81</v>
+        <v>41</v>
       </c>
       <c r="D393" t="s">
         <v>11</v>
       </c>
       <c r="E393" t="s">
         <v>12</v>
       </c>
+      <c r="F393" t="s">
+        <v>121</v>
+      </c>
       <c r="G393" s="1" t="s">
-        <v>1330</v>
+        <v>1341</v>
       </c>
       <c r="H393" t="s">
-        <v>1331</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1332</v>
+        <v>1343</v>
       </c>
       <c r="B394" t="s">
-        <v>889</v>
+        <v>926</v>
       </c>
       <c r="C394" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="D394" t="s">
         <v>11</v>
       </c>
       <c r="E394" t="s">
         <v>12</v>
       </c>
+      <c r="F394" t="s">
+        <v>1233</v>
+      </c>
       <c r="G394" s="1" t="s">
-        <v>1333</v>
+        <v>1015</v>
       </c>
       <c r="H394" t="s">
-        <v>1334</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1335</v>
+        <v>1345</v>
       </c>
       <c r="B395" t="s">
-        <v>889</v>
+        <v>926</v>
       </c>
       <c r="C395" t="s">
-        <v>103</v>
+        <v>49</v>
       </c>
       <c r="D395" t="s">
         <v>11</v>
       </c>
       <c r="E395" t="s">
         <v>12</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1336</v>
+        <v>1346</v>
       </c>
       <c r="H395" t="s">
-        <v>1337</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>425</v>
+        <v>1348</v>
       </c>
       <c r="B396" t="s">
-        <v>1338</v>
+        <v>926</v>
       </c>
       <c r="C396" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="D396" t="s">
         <v>11</v>
       </c>
       <c r="E396" t="s">
         <v>12</v>
       </c>
+      <c r="F396" t="s">
+        <v>1036</v>
+      </c>
       <c r="G396" s="1" t="s">
-        <v>1339</v>
+        <v>1349</v>
       </c>
       <c r="H396" t="s">
-        <v>1340</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>465</v>
+        <v>1351</v>
       </c>
       <c r="B397" t="s">
-        <v>1338</v>
+        <v>926</v>
       </c>
       <c r="C397" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="D397" t="s">
         <v>11</v>
       </c>
       <c r="E397" t="s">
         <v>12</v>
       </c>
+      <c r="F397" t="s">
+        <v>1036</v>
+      </c>
       <c r="G397" s="1" t="s">
-        <v>1341</v>
+        <v>1352</v>
       </c>
       <c r="H397" t="s">
-        <v>1342</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>437</v>
+        <v>1354</v>
       </c>
       <c r="B398" t="s">
-        <v>1338</v>
+        <v>926</v>
       </c>
       <c r="C398" t="s">
-        <v>25</v>
+        <v>65</v>
       </c>
       <c r="D398" t="s">
         <v>11</v>
       </c>
       <c r="E398" t="s">
         <v>12</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1343</v>
+        <v>1355</v>
       </c>
       <c r="H398" t="s">
-        <v>1344</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>461</v>
+        <v>1357</v>
       </c>
       <c r="B399" t="s">
-        <v>1338</v>
+        <v>926</v>
       </c>
       <c r="C399" t="s">
-        <v>29</v>
+        <v>69</v>
       </c>
       <c r="D399" t="s">
         <v>11</v>
       </c>
       <c r="E399" t="s">
         <v>12</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1345</v>
+        <v>1358</v>
       </c>
       <c r="H399" t="s">
-        <v>1346</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1347</v>
+        <v>1360</v>
       </c>
       <c r="B400" t="s">
-        <v>1338</v>
+        <v>926</v>
       </c>
       <c r="C400" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="D400" t="s">
         <v>11</v>
       </c>
       <c r="E400" t="s">
         <v>12</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1348</v>
+        <v>1361</v>
       </c>
       <c r="H400" t="s">
-        <v>1349</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>223</v>
+        <v>1363</v>
       </c>
       <c r="B401" t="s">
-        <v>1338</v>
+        <v>926</v>
       </c>
       <c r="C401" t="s">
-        <v>37</v>
+        <v>77</v>
       </c>
       <c r="D401" t="s">
         <v>11</v>
       </c>
       <c r="E401" t="s">
         <v>12</v>
       </c>
-      <c r="F401" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G401" s="1" t="s">
-        <v>1351</v>
+        <v>1364</v>
       </c>
       <c r="H401" t="s">
-        <v>1352</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>417</v>
+        <v>1366</v>
       </c>
       <c r="B402" t="s">
-        <v>1338</v>
+        <v>926</v>
       </c>
       <c r="C402" t="s">
-        <v>41</v>
+        <v>81</v>
       </c>
       <c r="D402" t="s">
         <v>11</v>
       </c>
       <c r="E402" t="s">
         <v>12</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>978</v>
+        <v>1367</v>
       </c>
       <c r="H402" t="s">
-        <v>1353</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>477</v>
+        <v>1369</v>
       </c>
       <c r="B403" t="s">
-        <v>1338</v>
+        <v>926</v>
       </c>
       <c r="C403" t="s">
+        <v>86</v>
+      </c>
+      <c r="D403" t="s">
+        <v>11</v>
+      </c>
+      <c r="E403" t="s">
+        <v>12</v>
+      </c>
+      <c r="G403" s="1" t="s">
+        <v>1370</v>
+      </c>
+      <c r="H403" t="s">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="404" spans="1:8">
+      <c r="A404" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B404" t="s">
+        <v>926</v>
+      </c>
+      <c r="C404" t="s">
+        <v>103</v>
+      </c>
+      <c r="D404" t="s">
+        <v>11</v>
+      </c>
+      <c r="E404" t="s">
+        <v>12</v>
+      </c>
+      <c r="G404" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="H404" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="405" spans="1:8">
+      <c r="A405" t="s">
+        <v>425</v>
+      </c>
+      <c r="B405" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C405" t="s">
+        <v>17</v>
+      </c>
+      <c r="D405" t="s">
+        <v>11</v>
+      </c>
+      <c r="E405" t="s">
+        <v>12</v>
+      </c>
+      <c r="G405" s="1" t="s">
+        <v>1376</v>
+      </c>
+      <c r="H405" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="406" spans="1:8">
+      <c r="A406" t="s">
+        <v>469</v>
+      </c>
+      <c r="B406" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C406" t="s">
+        <v>21</v>
+      </c>
+      <c r="D406" t="s">
+        <v>11</v>
+      </c>
+      <c r="E406" t="s">
+        <v>12</v>
+      </c>
+      <c r="G406" s="1" t="s">
+        <v>1378</v>
+      </c>
+      <c r="H406" t="s">
+        <v>1379</v>
+      </c>
+    </row>
+    <row r="407" spans="1:8">
+      <c r="A407" t="s">
+        <v>437</v>
+      </c>
+      <c r="B407" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C407" t="s">
+        <v>25</v>
+      </c>
+      <c r="D407" t="s">
+        <v>11</v>
+      </c>
+      <c r="E407" t="s">
+        <v>12</v>
+      </c>
+      <c r="G407" s="1" t="s">
+        <v>1380</v>
+      </c>
+      <c r="H407" t="s">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="408" spans="1:8">
+      <c r="A408" t="s">
+        <v>461</v>
+      </c>
+      <c r="B408" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C408" t="s">
+        <v>29</v>
+      </c>
+      <c r="D408" t="s">
+        <v>11</v>
+      </c>
+      <c r="E408" t="s">
+        <v>12</v>
+      </c>
+      <c r="G408" s="1" t="s">
+        <v>1382</v>
+      </c>
+      <c r="H408" t="s">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="409" spans="1:8">
+      <c r="A409" t="s">
+        <v>465</v>
+      </c>
+      <c r="B409" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C409" t="s">
+        <v>33</v>
+      </c>
+      <c r="D409" t="s">
+        <v>11</v>
+      </c>
+      <c r="E409" t="s">
+        <v>12</v>
+      </c>
+      <c r="G409" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="H409" t="s">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="410" spans="1:8">
+      <c r="A410" t="s">
+        <v>223</v>
+      </c>
+      <c r="B410" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C410" t="s">
+        <v>37</v>
+      </c>
+      <c r="D410" t="s">
+        <v>11</v>
+      </c>
+      <c r="E410" t="s">
+        <v>12</v>
+      </c>
+      <c r="F410" t="s">
+        <v>1386</v>
+      </c>
+      <c r="G410" s="1" t="s">
+        <v>1387</v>
+      </c>
+      <c r="H410" t="s">
+        <v>1388</v>
+      </c>
+    </row>
+    <row r="411" spans="1:8">
+      <c r="A411" t="s">
+        <v>417</v>
+      </c>
+      <c r="B411" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C411" t="s">
+        <v>41</v>
+      </c>
+      <c r="D411" t="s">
+        <v>11</v>
+      </c>
+      <c r="E411" t="s">
+        <v>12</v>
+      </c>
+      <c r="G411" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="H411" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="412" spans="1:8">
+      <c r="A412" t="s">
+        <v>485</v>
+      </c>
+      <c r="B412" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C412" t="s">
         <v>45</v>
       </c>
-      <c r="D403" t="s">
-[...9 lines deleted...]
-        <v>1355</v>
+      <c r="D412" t="s">
+        <v>11</v>
+      </c>
+      <c r="E412" t="s">
+        <v>12</v>
+      </c>
+      <c r="G412" s="1" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H412" t="s">
+        <v>1391</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -15165,50 +15507,59 @@
     <hyperlink ref="G379" r:id="rId378"/>
     <hyperlink ref="G380" r:id="rId379"/>
     <hyperlink ref="G381" r:id="rId380"/>
     <hyperlink ref="G382" r:id="rId381"/>
     <hyperlink ref="G383" r:id="rId382"/>
     <hyperlink ref="G384" r:id="rId383"/>
     <hyperlink ref="G385" r:id="rId384"/>
     <hyperlink ref="G386" r:id="rId385"/>
     <hyperlink ref="G387" r:id="rId386"/>
     <hyperlink ref="G388" r:id="rId387"/>
     <hyperlink ref="G389" r:id="rId388"/>
     <hyperlink ref="G390" r:id="rId389"/>
     <hyperlink ref="G391" r:id="rId390"/>
     <hyperlink ref="G392" r:id="rId391"/>
     <hyperlink ref="G393" r:id="rId392"/>
     <hyperlink ref="G394" r:id="rId393"/>
     <hyperlink ref="G395" r:id="rId394"/>
     <hyperlink ref="G396" r:id="rId395"/>
     <hyperlink ref="G397" r:id="rId396"/>
     <hyperlink ref="G398" r:id="rId397"/>
     <hyperlink ref="G399" r:id="rId398"/>
     <hyperlink ref="G400" r:id="rId399"/>
     <hyperlink ref="G401" r:id="rId400"/>
     <hyperlink ref="G402" r:id="rId401"/>
     <hyperlink ref="G403" r:id="rId402"/>
+    <hyperlink ref="G404" r:id="rId403"/>
+    <hyperlink ref="G405" r:id="rId404"/>
+    <hyperlink ref="G406" r:id="rId405"/>
+    <hyperlink ref="G407" r:id="rId406"/>
+    <hyperlink ref="G408" r:id="rId407"/>
+    <hyperlink ref="G409" r:id="rId408"/>
+    <hyperlink ref="G410" r:id="rId409"/>
+    <hyperlink ref="G411" r:id="rId410"/>
+    <hyperlink ref="G412" r:id="rId411"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>