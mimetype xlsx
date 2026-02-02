--- v1 (2025-12-15)
+++ v2 (2026-02-02)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3242" uniqueCount="1392">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3250" uniqueCount="1396">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1422,51 +1422,51 @@
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4447/projeto_de_lei_n113-2025_ver._matias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão da Cavalgada Don Lázaro no Calendário Oficial de Eventos do Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>4517</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4517/projeto_de_lei_n_114-2025_ver_ebertom_luiz.pdf</t>
   </si>
   <si>
     <t>Veda a nomeação de pessoa condenada, por sentença criminal com trânsito em julgado e fundamentada na Lei Federal n°11.340, de 07 de agosto de 2006 (Lei Maria da Penha), para exercer cargo ou emprego público no município de São Francisco de Assis, inclusive nos âmbitos do Poder Legislativo e da Administração Indireta.</t>
   </si>
   <si>
     <t>4479</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4479/projeto_de_lei_n115-2025_vereador_nilo_santos.pdf</t>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4479/substitutivo_ao_pl_n115-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de sistemas de câmeras de segurança nos principais pontos de descarte irregular de lixo no Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>4580</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4580/projeto_de_lei_n116-2025_ver._ebertom_luiz.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de prevenção à Adultização Infantil e Adolescente, e dá outras providências.</t>
   </si>
   <si>
     <t>4489</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4489/projeto_de_lei_n117-2025_do_ver_rodrigo_lamberti.pdf</t>
   </si>
@@ -1557,51 +1557,51 @@
   <si>
     <t>Institui o Programa de Incentivo ao Uso Social e Produtivo de IMÓVEIS Urbanos Ociosos para fins de Hortas Comunitárias, no Município de São Francisco de Assis/RS.</t>
   </si>
   <si>
     <t>4518</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4518/substitutivo_ao_pl_n125-2025.pdf</t>
   </si>
   <si>
     <t>Institui a "Semana do Empreendedorismo Feminino" no Município de São Francisco de Assis/RS.</t>
   </si>
   <si>
     <t>4605</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4605/projeto_de_lei_n126-2025_ebertom_luiz.pdf</t>
   </si>
   <si>
-    <t>"Institui o Banco de Ideias Legislativas no âmbito da Câmara Municipal de São Francisco de Assis/RS e dá outras providências"</t>
+    <t>Institui o Banco de Ideias Legislativas no âmbito da Câmara Municipal de São Francisco de Assis/RS e dá outras providências.</t>
   </si>
   <si>
     <t>4579</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4579/projeto_de_lei_n127-2025_ver._nilo_santos.pdf</t>
   </si>
   <si>
     <t>Torna obrigatório o registro da falta de medicamentos nas receitas médicas nas Farmácias da Rede Pública Municipal de Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>4606</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4606/projeto_de_lei_n128-2025_nilo_santos.pdf</t>
   </si>
   <si>
     <t>“Institui, no âmbito do Município de São Francisco de Assis, o ‘Dia do Bota Fora’ e dá outras providências.”</t>
   </si>
@@ -1609,50 +1609,62 @@
     <t>4551</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>Matias Gomes, Rodrigo Lamberti, Rudinei Cortese</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4551/projeto_de_lei_n_129-2025.pdf</t>
   </si>
   <si>
     <t>Abre um crédito suplementar no valor de R$ 33.300,00 (trinta e três mil e trezentos reais), para reforço de dotações orçamentárias insuficientes no corrente exercício da Câmara Municipal.</t>
   </si>
   <si>
     <t>4578</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4578/projeto_de_lei_n130-2025.pdf</t>
   </si>
   <si>
     <t>Assegura às pessoas com Transtorno do Espectro Autista (TEA) o direito de ingressar e consumir seus próprios alimentos em espaços públicos e privados no Município de São Francisco de Assis-RS, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4815</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4815/projeto_de_lei_n_131-2025_ver._nilo_santos.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de isenção parcial (50%) do Imposto Predial e Territorial Urbano (IPTU) para imóveis edificados localizados em vias públicas desprovidas de pavimentação, e dá outras providências.</t>
   </si>
   <si>
     <t>3110</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Franklin Pereira, Miguel Lamberty</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3110/projeto_de_lei_n_01-2024_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual dos subsídios aos agentes políticos do Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>3111</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3111/projeto_de_lei_n_02-2024_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Altera a tabela de de vencimento do quadro permanente de cargos e quadro de cargos em comissão da Câmara de Municipal de São Francisco de Assis.</t>
   </si>
@@ -4533,56 +4545,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3699/projeto_de_lei_no01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3700/projeto_de_lei_no02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3701/projeto_de_lei_no03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3702/projeto_de_lei_no04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3703/projeto_de_lei_no05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3704/substitutivo_do_projeto_de_lei_n06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3705/projeto_de_lei_no07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3706/projeto_de_lei_no08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3707/projeto_de_lei_no09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3708/substitutivo_ao_projeto_de_lei_no10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3709/projeto_de_lei_substitutivo_n11-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3710/projeto_de_lei_no13-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3711/projeto_de_lei_no14-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3712/projeto_de_lei_no15-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3713/projeto_de_lei_no16-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3714/projeto_de_lei_no17-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3718/substitutivo_ao_pl_n_18.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3720/projeto_de_lei_no19-2025_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3730/projeto_de_lei_no20-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3728/projeto_de_lei_no21-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3731/substitutivo_ao_pl_no22-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3732/projeto_de_lei_no23-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3733/projeto_de_lei_no24-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3737/projeto_de_lei_no25-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3738/projeto_de_lei_no26-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3751/projeto_de_lei_substitutivo_n27-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3752/projeto_de_lei_no28-2025_ver_ebertom_luiz.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3767/projeto_de_lei_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3766/projeto_de_lei_no30-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3777/projeto_de_lei_no31-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3785/projeto_de_lei_n_32-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3786/projeto_de_lei_n_33-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3787/projeto_de_lei_n_34-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3800/projeto_de_lei_no35-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3837/projeto_de_lei_no38-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3838/projeto_de_lei_no39-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3867/projeto_de_lei_no40-2025_ver_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3874/projeto_de_lei_no41-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3880/projeto_de_lei_n_42.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3897/projeto_de_lei_no43-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3896/projeto_de_lei_no44-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3895/projeto_de_lei_no45-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3894/projeto_de_lei_no46-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3905/projeto_de_lei_n47-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3906/projeto_de_lei_n48-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3915/projeto_de_lei_no49-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3918/projeto_de_lei_no50-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3919/projeto_de_lei_no51-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3933/projeto_de_lei_no52-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3934/projeto_de_lei_no53-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3935/projeto_de_lei_no54-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3936/projeto_de_lei_substitutivo_n55-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3947/substitutivo_ao_projeto_de_lei_n56-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3974/projeto_de_lei_no57-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3975/projeto_de_lei_no58-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3976/projeto_de_lei_no59-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3977/projeto_de_lei_no_60-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3978/projeto_de_lei_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3979/substitutivo_ao_projeto_de_lei_n62-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3995/projeto_de_lei_no63-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4029/substitutivo_ao_pl_no64-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4039/projeto_de_lei_no65-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4040/projeto_de_lei_no66-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4055/projeto_de_lei_n67-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4071/substitutivo_projeto_68-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4086/projeto_de_lei_no69-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4096/projeto_de_lei_n70-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4105/substitutivo_projeto_de_lei_n_71-2025_leticia_salcedo_machado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4106/projeto_de_lei_no72-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4137/projeto_de_lei_n73-2025_do_ver._rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4138/projeto_de_lei_n74-2025_do_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4139/substitutivo_ao_projeto_de_lei_n75-2025_do_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4238/projeto_de_lei_n_76-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4160/projeto_de_lei_n77-2025_do_vereador_nilo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4155/projeto_de_lei_n_78-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4161/substitutivo_ao_pl_n79.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4162/substitutivo_ao_projeto_de_lei_n80-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4197/projeto_de_lei_n81.2025_do_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4198/projeto_de_lei_n82.2025_do_ver.nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4211/projeto_de_lei_n_83-2025_ver._rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4212/substitutivo_ao_projeto_de_lei_n84-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4213/substitutivo_ao_projeto_de_lei_n85-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4210/projeto_de_lei_n_86-2025_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4239/projeto_de_lei_n_87-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4281/substitutivo_pl_88-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4241/substitutivo_ao_projeto_de_lei_n89-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4217/projeto_de_lei_n_90-2025_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4242/projeto_de_lei_n91-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4224/projeto_de_lei_n92-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4260/substitutivo_ao_pl_n93-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4282/projeto_de_lei_n_94.2025_do_vereador_leonardo_pilar.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4295/projeto_de_lei_n_95.2025_da_vereadora_leticia_salcedo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4339/projeto_de_lei_n96-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4340/substitutivo_ao_projeto_de_lei_n97-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4350/substitutivo_ao_projeto_n98-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4351/projeto_de_lei_n99-2025_da_ver._elizandra_de_melo_sacardi.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4352/projeto_de_lei_n100-2025_da_ver._elizandra_de_melo_sacardi.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4353/substitutivo_ao_projeto_de_lei_n101-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4359/substitutivo_pl_102-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4393/projeto_do_lei_n103-2025_do_vereador_rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4394/substitutivo_ao_pl_n104-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4395/projeto_de_lei_n105-2025_do_vereador_matias_gomes.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4396/substitutivo_ao_projeto_n106-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4397/projeto_de_lei_n107-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4421/projeto_de_lei_n_108-2025_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4422/projeto_de_lei_n_109-2025_ver._rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4401/projeto_de_lei_n_110-2025_ver_orlando_flores.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4423/projeto_de_lei_n111-2025_ver._kassineida_paz.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4446/projeto_de_lei_n112-2025_ver._rodrigo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4447/projeto_de_lei_n113-2025_ver._matias.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4517/projeto_de_lei_n_114-2025_ver_ebertom_luiz.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4479/projeto_de_lei_n115-2025_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4580/projeto_de_lei_n116-2025_ver._ebertom_luiz.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4489/projeto_de_lei_n117-2025_do_ver_rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4465/projeto_de_lei_n118-2025_do_vereador_lone_bianchini.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4466/projeto_de_lei_n119-2025_da_vereadora_kassineida_paz.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4467/projeto_de_lei_n120-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4478/projeto_de_lei_n121-2025_vereador_lone_bianchini.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4488/projeto_de_lei_n122-2025_do_ver_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4490/projeto_de_lei_n123-2025_do_ver_lone_bianchini.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4519/projeto_de_lei_n124.2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4518/substitutivo_ao_pl_n125-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4605/projeto_de_lei_n126-2025_ebertom_luiz.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4579/projeto_de_lei_n127-2025_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4606/projeto_de_lei_n128-2025_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4551/projeto_de_lei_n_129-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4578/projeto_de_lei_n130-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3110/projeto_de_lei_n_01-2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3111/projeto_de_lei_n_02-2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3112/projeto_n_03-2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3137/projeto_de_lei_n04-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3143/projeto_de_lei_n05-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3147/projeto_de_lei_n_06-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3155/projeto_de_lei_no07-2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3156/projeto_de_lei_no08-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3172/projeto_de_lei_no09-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3173/projeto_de_lei_n10-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3174/projeto_de_lei__no_11-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3176/projeto_de_lei_no12-2024_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3193/projeto_de_lei_no13-2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3194/projeto_de_lei_no14-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3195/projeto_de_lei_n15-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3205/projeto_de_lei_n16-2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3228/projeto_de_lei_no17-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3229/projeto_de_lei_no18-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3239/projeto_de_lei_n19-_2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3240/projeto_de_lei_n20-2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3249/projeto_de_lei_n21-2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3254/projeto_de_lei_n22-2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3285/projeto_de_lei_n23-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3286/projeto_de_lei_n24-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3287/projeto_de_lei_n25-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3288/projeto_de_lei_n26-2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3294/projeto_de_lei_n27-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3316/projeto_de_lei_no28-2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3331/projeto_de_lei_n29-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3353/projeto_de_lei_n_30-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3378/projeto_de_lei_n31-2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3379/projeto_de_lei_n322024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3383/projeto_de_lei_n33-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3392/projeto_de_lei_n34-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3417/projeto_de_lei_n_35.2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3430/projeto_de_lei_no36-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3439/projeto_de_lei_n37-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3440/projeto_de_lei_n38-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3447/projeto_de_lei_n39-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3451/projeto_de_lei_n40-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3452/projeto_de_lei_n41-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3514/substitutivo_ao_projeto_de_lei_n42-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3506/projeto_de_lei_n43-2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3511/pl_no44-2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3512/pl_no45-2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3513/pl_no46-2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3549/projeto_de_lei_no47-2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3548/projeto_de_lei_no48-2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3556/projeto_de_lei_n49-2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3557/projeto_de_lei_n50-2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3558/projeto_de_lei_no_51-2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3682/projeto_de_lei_n_53.2024_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2417/projeto_de_lei_no_01.2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2419/projeto_de_lei_n02-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2420/projeto_de_lei_n_03-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2421/projeto_de_lei_n_04-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2422/projeto_de_lei_n_05-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2423/projeto_de_lei_n_06-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2424/projeto_de_lei_n_07-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2425/projeto_de_lei_n_08-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2448/projeto_de_lei_n09-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2449/projeto_de_lei_n10-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2512/projeto_de_lei_n11-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2559/projeto_de_lei_n_12-2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2514/projeto_de_lei_n13-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2519/projeto_de_lei_no_14.2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2520/projeto_de_lei_n_15-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2533/projeto_de_lei_no_16.2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2560/projeto_de_lei_no_17.2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2561/projeto_de_lei_n18-2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2568/projeto_de_lei_m19-2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2572/projeto_de_lei_20-2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2576/projeto_de_lei_n21-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2599/projeto_de_lei_n22-2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2611/projeto_de_lei_n_23-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2615/projeto_de_lei_no_24-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2640/substitutivo_ao_projeto_de_lei_no_25-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2685/projeto_de_lei_n26-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2695/projeto_de_lei_no_27-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2717/projeto_de_lei_n28-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2718/projeto_de_lei_legislativo_no_28-2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2728/projeto_de_lei_n30-2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2734/projeto_de_lei_n31-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2743/projeto_de_lei_n32-2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2745/projeto_de_lei_no_33-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2748/substitutivo_ao_projeto_de_lei_no_34.2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2755/projeto_de_lei_n35-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2754/projeto_de_lei_no_36-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2776/projeto_de_lei_n37-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2801/projeto_de_lei_no_38.2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2802/projeto_de_lei_no_39.2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2813/projeto_de_lei_n40-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2815/projeto_de_lei_n41-2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2825/projeto_de_lei_n_42-2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2826/projeto_de_lei_n_43-2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2842/projeto_de_lei_n_44-2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2841/projeto_de_lei_n45-2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2845/projeto_de_lei_n46-2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2873/projeto_de_lei_n47-2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3092/projeto_de_lei_n_48-2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3103/projeto_de_lei_n49-2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1674/projeto_de_lei_n_01-2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1691/projeto_de_lei_n_03-2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1692/projeto_de_lei_n_04-2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1703/projeto_de_lei_n_05-2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1720/projeto_de_lei_n_06-2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1734/projeto_de_lei_n_07-2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1744/projeto_de_lei_n_08-2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1745/projeto_de_lei_n_09-2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1746/projeto_de_lei_n_10-2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1793/projeto_de_lei_n_11-2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1809/projeto_de_lei_n_12-2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1810/projeto_de_lei_n_13-2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1822/substitutivo_ao_projeto_de_lei_n_14-2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1823/projeto_de_lei_n_15-2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1869/projeto_de_lei_n_16-2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1886/substitutivo_ao_projeto_de_lei_n_17-2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1887/projeto_de_lei_n_18-2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1896/projeto_de_lei_n_19-2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1900/projeto_de_lei_n_20-2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1969/projeto_de_lei_n_21-2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1921/projeto_de_lei_n_22-2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1922/projeto_de_lei_n_23-2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1923/projeto_de_lei_n_25-2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1983/projeto_de_lei_n_26-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1967/projeto_de_lei_n_27-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1971/projeto_de_lei_n_28-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2019/projeto_de_lei_n_29-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2018/projeto_de_lei_no_30-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2081/projeto_de_lei_n_31-2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2082/projeto_de_lei_n32-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2084/projeto_de_lei_n_33-2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2086/projeto_de_lei_n35-2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2087/projeto_de_lei_n_36-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2110/projeto_de_lei_n_37-2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2161/projeto_de_lei_n_38-2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2171/substituitivo_ao_projeto_de_lei_n_39-2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2173/projeto_de_lei_no_40-2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2174/projeto_de_lei_no_41-2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2184/projeto_de_lei_n42-2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1035/projeto_de_lei_n_01-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1038/projeto_de_lei_n_02-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1039/projeto_de_lei_n_03-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1042/projeto_de_lei_n_04-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1043/projeto_de_lei_n_05-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1055/projeto_de_lei_n_06-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1056/projeto_de_lei_n_07-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1060/projeto_de_lei_n_08-2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1071/projeto_de_lei_no_09-2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1082/projeto_de_lei_n_10-2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1089/projeto_de_lei_n_11-2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1099/projeto_de_lei_n12-2021_ver_nilo.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1108/pl_no_13.2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1109/pl_no_14.2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1110/pl_no_15.2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1111/pl_no_16.2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1140/projeto_de_lei_no_17-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1154/projeto_de_lei_n_20-2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1155/projeto_de_lei_n_21-2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1156/projeto_de_lei_n_22-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1162/projeto_de_lei_n_23-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1182/projeto_de_lei_n_24-2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1163/projeto_de_lei_25_2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1183/projeto_de_lei_n_26-2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1188/projeto_de_lei_n_27-2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1189/projeto_de_lei_n_28-2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1190/projeto_de_lei_n_29-2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1191/projeto_de_lei_n_30-2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1204/projeto_de_lei_n_32-2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1213/projeto_de_lei_no_33.2021-_do_vereador_lone_bianchini.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1220/projeto_de_lei_no_34.2021-_do_vereador_franklin_pereira.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1221/projeto_de_lei_no_35.2021_vereador_franklin_pereira.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1232/projeto_de_lei_no_36-2021_do_ver_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1240/projeto_de_lei_n_38-2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1241/projeto_de_lei_n_39-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1247/projeto_de_lei_n_40-2021_modificado_pelo_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1249/projeto_de_lei_n_41-2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1250/projeto_de_lei_n_42-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1252/projeto_de_lei_n_43-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1264/projeto_de_lei_n_44-2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1265/projeto_de_lei_n_45-2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1278/projeto_de_lei_n_46-2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1280/projeto_de_lei_n_47-2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1282/projeto_de_lei_n_48-2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1306/projeto_de_lei_n_49-2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1320/projeto_de_lei_n_51-2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1308/projeto_de_lei_n_52-2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1325/projeto_de_lei_no_53-2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1332/projeto_de_lei_no_54.2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1333/projeto_de_lei_no_55.2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1334/projeto_de_lei_no_56.2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1341/projeto_de_lei_no_57-2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1361/projeto_de_lei_n_58-2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1364/projeto_de_lei_n_59-2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1367/projeto_de_lei_n_60-2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1389/projeto_de_lei_no_61-2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1392/projeto_de_lei_n_62-2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1394/projeto_de_lei_n_63-2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1410/projeto_de_lei_n_64-2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_no_65-2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1452/projeto_de_lei_n_66-2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1451/projeto_de_lei_n_67-2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1459/projeto_de_lei_n_68-2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1469/projeto_de_lei_n69-2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1470/projeto_de_lei__n70-2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1482/projeto_de_lei_n_71-2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1483/projeto_de_lei_n_72-2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1490/projeto_de_lei_n_73-2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1493/projeto_de_lei_n_74-2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1505/projeto_de_lei_n_75-2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1512/projeto_de_lei_no_76-2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1524/projeto_de_lei_n_77-2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1526/projeto_de_lei_n_78-2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1545/projeto_de_lei_no_79.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1555/projeto_de_lei_no_80-2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1572/projeto_de_lei_n_81-2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1573/projeto_de_lei_n_82-2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1584/projeto_de_lei_n_83-2021_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1596/projeto_de_lei_n_84-2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1613/projeto_de_lei_n_85-2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1618/projeto_de_lei_n_86-2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1619/projeto_de_lei_n_87-2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1626/projeto_de_lei_n_88-2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1635/projeto_de_lei_n_89-2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1641/projeto_de_lei_no_90-2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1662/projeto_de_lei_no_91.2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/760/projeto_de_lei_n_01.2020.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/761/projeto_de_lei_n_02.2020.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/766/projeto_de_lei_no_03-2020_-_vereador_ademar_frescura.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/750/projeto_de_lei_no_04.2020.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/751/projeto_de_lei_no_05.2020.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/898/projeto_de_lei_no_10-2020.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/992/projeto_de_lei_no_11_do_vereador_ademar_frescura.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1016/projeto_de_lei_no_12-2020_-_vereadora_elizandra.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1021/projeto_de_lei_no_13.2020.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1028/projeto_de_lei_no_14-2020_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1029/projeto_de_lei_no_15-2020_-_everton_luiz.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1034/projeto_de_lei_n_16-2020.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/405/projeto_de_lei_legislativo_n_01.2019.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/413/projeto_de_lei_legislativo_n_02.2019.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/419/mesa_diretora_03.2019.pdf.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/420/projeto_de_lei_n_04.2019.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/422/projeto_de_lei_no05.2019.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/424/projeto_de_lei_no06.2019.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/426/projeto_de_lei_legislativo_n_07.2019.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/445/projeto_de_lei_no_08.2019.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/600/projeto_de_lei_n_09.2019.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/487/projeto_de_lei_no_10.2019.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/549/projeto_de_lei_no_11.2019.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/599/projeto_de_lei_n_12.2019.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/601/projeto_de_lei_n_13.2019.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/597/projeto_de_lei_n_14.2019.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/620/projeto_de_lei_n_15.2019.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/641/projeto_de_lei_n_16.2019.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/686/projeto_de_lei_n_17.2019.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/696/projeto_de_lei_n_18.2019.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/713/projeto_de_lei_no_20-2019.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/718/projeto_de_lei_n_21.2019.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/321/projeto-de-lei-n-01.2018-mesa-diretora.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/322/projeto-de-lei-n-02.2018-c-mara-de-vereadores.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/328/projeto-de-lei-legislativo-03.2018.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/338/projeto_de_lei_legislativo_no_06.2018.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/339/projeto_de_lei_legislativo_no_07.2018.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/342/projeto_de_lei_legislativo_no_08.2018_DJXtgJI.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/348/projeto_de_lei_legislativo_n_10.2018.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/363/projeto_de_lei_legislativo_no_11_de_2018.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/362/projeto_de_lei_legislativo_no_14_de_2018.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/367/projeto_de_lei_legislativo_no_15_de_2018.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/368/projeto_de_lei_legislativo_no_16_de_2018.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/370/projeto_de_lei_no_17_de_2018.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/386/projeto_de_lei_legislativo_n_18.2018.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/384/projeto_de_le_legislativo_n_19.2018.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/385/projeto_de_le_legislativo_n_21.2018.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/401/projeto_de_lei_legislativo_n_24.2018.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/104/projeto-de-lei-n-02.2017-mesa-diretora.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/115/projeto-de-lei-n-03.2017-ver.-vasco-carvalho.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/107/projeto-de-lei-n-04.2017-mesa-diretora.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/113/projeto-de-lei-n-05.2017-mesa-diretora.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/114/projeto-de-lei-n-06.2017-ver-ademar-frescura.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/55/projeto-de-lei-n-07.2017-ver-jussara-matheus_V5ZuKnh.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/119/projeto-de-lei-n-09-2017-ver.-jeremias-oliveira.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3699/projeto_de_lei_no01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3700/projeto_de_lei_no02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3701/projeto_de_lei_no03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3702/projeto_de_lei_no04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3703/projeto_de_lei_no05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3704/substitutivo_do_projeto_de_lei_n06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3705/projeto_de_lei_no07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3706/projeto_de_lei_no08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3707/projeto_de_lei_no09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3708/substitutivo_ao_projeto_de_lei_no10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3709/projeto_de_lei_substitutivo_n11-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3710/projeto_de_lei_no13-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3711/projeto_de_lei_no14-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3712/projeto_de_lei_no15-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3713/projeto_de_lei_no16-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3714/projeto_de_lei_no17-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3718/substitutivo_ao_pl_n_18.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3720/projeto_de_lei_no19-2025_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3730/projeto_de_lei_no20-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3728/projeto_de_lei_no21-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3731/substitutivo_ao_pl_no22-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3732/projeto_de_lei_no23-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3733/projeto_de_lei_no24-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3737/projeto_de_lei_no25-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3738/projeto_de_lei_no26-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3751/projeto_de_lei_substitutivo_n27-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3752/projeto_de_lei_no28-2025_ver_ebertom_luiz.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3767/projeto_de_lei_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3766/projeto_de_lei_no30-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3777/projeto_de_lei_no31-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3785/projeto_de_lei_n_32-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3786/projeto_de_lei_n_33-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3787/projeto_de_lei_n_34-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3800/projeto_de_lei_no35-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3837/projeto_de_lei_no38-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3838/projeto_de_lei_no39-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3867/projeto_de_lei_no40-2025_ver_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3874/projeto_de_lei_no41-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3880/projeto_de_lei_n_42.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3897/projeto_de_lei_no43-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3896/projeto_de_lei_no44-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3895/projeto_de_lei_no45-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3894/projeto_de_lei_no46-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3905/projeto_de_lei_n47-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3906/projeto_de_lei_n48-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3915/projeto_de_lei_no49-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3918/projeto_de_lei_no50-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3919/projeto_de_lei_no51-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3933/projeto_de_lei_no52-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3934/projeto_de_lei_no53-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3935/projeto_de_lei_no54-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3936/projeto_de_lei_substitutivo_n55-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3947/substitutivo_ao_projeto_de_lei_n56-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3974/projeto_de_lei_no57-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3975/projeto_de_lei_no58-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3976/projeto_de_lei_no59-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3977/projeto_de_lei_no_60-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3978/projeto_de_lei_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3979/substitutivo_ao_projeto_de_lei_n62-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3995/projeto_de_lei_no63-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4029/substitutivo_ao_pl_no64-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4039/projeto_de_lei_no65-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4040/projeto_de_lei_no66-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4055/projeto_de_lei_n67-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4071/substitutivo_projeto_68-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4086/projeto_de_lei_no69-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4096/projeto_de_lei_n70-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4105/substitutivo_projeto_de_lei_n_71-2025_leticia_salcedo_machado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4106/projeto_de_lei_no72-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4137/projeto_de_lei_n73-2025_do_ver._rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4138/projeto_de_lei_n74-2025_do_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4139/substitutivo_ao_projeto_de_lei_n75-2025_do_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4238/projeto_de_lei_n_76-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4160/projeto_de_lei_n77-2025_do_vereador_nilo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4155/projeto_de_lei_n_78-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4161/substitutivo_ao_pl_n79.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4162/substitutivo_ao_projeto_de_lei_n80-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4197/projeto_de_lei_n81.2025_do_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4198/projeto_de_lei_n82.2025_do_ver.nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4211/projeto_de_lei_n_83-2025_ver._rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4212/substitutivo_ao_projeto_de_lei_n84-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4213/substitutivo_ao_projeto_de_lei_n85-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4210/projeto_de_lei_n_86-2025_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4239/projeto_de_lei_n_87-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4281/substitutivo_pl_88-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4241/substitutivo_ao_projeto_de_lei_n89-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4217/projeto_de_lei_n_90-2025_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4242/projeto_de_lei_n91-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4224/projeto_de_lei_n92-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4260/substitutivo_ao_pl_n93-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4282/projeto_de_lei_n_94.2025_do_vereador_leonardo_pilar.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4295/projeto_de_lei_n_95.2025_da_vereadora_leticia_salcedo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4339/projeto_de_lei_n96-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4340/substitutivo_ao_projeto_de_lei_n97-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4350/substitutivo_ao_projeto_n98-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4351/projeto_de_lei_n99-2025_da_ver._elizandra_de_melo_sacardi.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4352/projeto_de_lei_n100-2025_da_ver._elizandra_de_melo_sacardi.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4353/substitutivo_ao_projeto_de_lei_n101-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4359/substitutivo_pl_102-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4393/projeto_do_lei_n103-2025_do_vereador_rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4394/substitutivo_ao_pl_n104-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4395/projeto_de_lei_n105-2025_do_vereador_matias_gomes.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4396/substitutivo_ao_projeto_n106-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4397/projeto_de_lei_n107-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4421/projeto_de_lei_n_108-2025_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4422/projeto_de_lei_n_109-2025_ver._rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4401/projeto_de_lei_n_110-2025_ver_orlando_flores.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4423/projeto_de_lei_n111-2025_ver._kassineida_paz.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4446/projeto_de_lei_n112-2025_ver._rodrigo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4447/projeto_de_lei_n113-2025_ver._matias.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4517/projeto_de_lei_n_114-2025_ver_ebertom_luiz.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4479/substitutivo_ao_pl_n115-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4580/projeto_de_lei_n116-2025_ver._ebertom_luiz.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4489/projeto_de_lei_n117-2025_do_ver_rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4465/projeto_de_lei_n118-2025_do_vereador_lone_bianchini.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4466/projeto_de_lei_n119-2025_da_vereadora_kassineida_paz.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4467/projeto_de_lei_n120-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4478/projeto_de_lei_n121-2025_vereador_lone_bianchini.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4488/projeto_de_lei_n122-2025_do_ver_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4490/projeto_de_lei_n123-2025_do_ver_lone_bianchini.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4519/projeto_de_lei_n124.2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4518/substitutivo_ao_pl_n125-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4605/projeto_de_lei_n126-2025_ebertom_luiz.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4579/projeto_de_lei_n127-2025_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4606/projeto_de_lei_n128-2025_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4551/projeto_de_lei_n_129-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4578/projeto_de_lei_n130-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4815/projeto_de_lei_n_131-2025_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3110/projeto_de_lei_n_01-2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3111/projeto_de_lei_n_02-2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3112/projeto_n_03-2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3137/projeto_de_lei_n04-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3143/projeto_de_lei_n05-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3147/projeto_de_lei_n_06-2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3155/projeto_de_lei_no07-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3156/projeto_de_lei_no08-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3172/projeto_de_lei_no09-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3173/projeto_de_lei_n10-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3174/projeto_de_lei__no_11-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3176/projeto_de_lei_no12-2024_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3193/projeto_de_lei_no13-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3194/projeto_de_lei_no14-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3195/projeto_de_lei_n15-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3205/projeto_de_lei_n16-2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3228/projeto_de_lei_no17-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3229/projeto_de_lei_no18-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3239/projeto_de_lei_n19-_2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3240/projeto_de_lei_n20-2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3249/projeto_de_lei_n21-2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3254/projeto_de_lei_n22-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3285/projeto_de_lei_n23-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3286/projeto_de_lei_n24-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3287/projeto_de_lei_n25-2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3288/projeto_de_lei_n26-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3294/projeto_de_lei_n27-2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3316/projeto_de_lei_no28-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3331/projeto_de_lei_n29-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3353/projeto_de_lei_n_30-2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3378/projeto_de_lei_n31-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3379/projeto_de_lei_n322024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3383/projeto_de_lei_n33-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3392/projeto_de_lei_n34-2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3417/projeto_de_lei_n_35.2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3430/projeto_de_lei_no36-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3439/projeto_de_lei_n37-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3440/projeto_de_lei_n38-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3447/projeto_de_lei_n39-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3451/projeto_de_lei_n40-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3452/projeto_de_lei_n41-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3514/substitutivo_ao_projeto_de_lei_n42-2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3506/projeto_de_lei_n43-2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3511/pl_no44-2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3512/pl_no45-2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3513/pl_no46-2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3549/projeto_de_lei_no47-2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3548/projeto_de_lei_no48-2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3556/projeto_de_lei_n49-2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3557/projeto_de_lei_n50-2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3558/projeto_de_lei_no_51-2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3682/projeto_de_lei_n_53.2024_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2417/projeto_de_lei_no_01.2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2419/projeto_de_lei_n02-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2420/projeto_de_lei_n_03-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2421/projeto_de_lei_n_04-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2422/projeto_de_lei_n_05-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2423/projeto_de_lei_n_06-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2424/projeto_de_lei_n_07-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2425/projeto_de_lei_n_08-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2448/projeto_de_lei_n09-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2449/projeto_de_lei_n10-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2512/projeto_de_lei_n11-2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2559/projeto_de_lei_n_12-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2514/projeto_de_lei_n13-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2519/projeto_de_lei_no_14.2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2520/projeto_de_lei_n_15-2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2533/projeto_de_lei_no_16.2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2560/projeto_de_lei_no_17.2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2561/projeto_de_lei_n18-2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2568/projeto_de_lei_m19-2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2572/projeto_de_lei_20-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2576/projeto_de_lei_n21-2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2599/projeto_de_lei_n22-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2611/projeto_de_lei_n_23-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2615/projeto_de_lei_no_24-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2640/substitutivo_ao_projeto_de_lei_no_25-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2685/projeto_de_lei_n26-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2695/projeto_de_lei_no_27-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2717/projeto_de_lei_n28-2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2718/projeto_de_lei_legislativo_no_28-2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2728/projeto_de_lei_n30-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2734/projeto_de_lei_n31-2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2743/projeto_de_lei_n32-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2745/projeto_de_lei_no_33-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2748/substitutivo_ao_projeto_de_lei_no_34.2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2755/projeto_de_lei_n35-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2754/projeto_de_lei_no_36-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2776/projeto_de_lei_n37-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2801/projeto_de_lei_no_38.2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2802/projeto_de_lei_no_39.2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2813/projeto_de_lei_n40-2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2815/projeto_de_lei_n41-2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2825/projeto_de_lei_n_42-2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2826/projeto_de_lei_n_43-2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2842/projeto_de_lei_n_44-2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2841/projeto_de_lei_n45-2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2845/projeto_de_lei_n46-2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2873/projeto_de_lei_n47-2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3092/projeto_de_lei_n_48-2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3103/projeto_de_lei_n49-2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1674/projeto_de_lei_n_01-2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1691/projeto_de_lei_n_03-2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1692/projeto_de_lei_n_04-2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1703/projeto_de_lei_n_05-2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1720/projeto_de_lei_n_06-2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1734/projeto_de_lei_n_07-2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1744/projeto_de_lei_n_08-2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1745/projeto_de_lei_n_09-2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1746/projeto_de_lei_n_10-2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1793/projeto_de_lei_n_11-2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1809/projeto_de_lei_n_12-2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1810/projeto_de_lei_n_13-2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1822/substitutivo_ao_projeto_de_lei_n_14-2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1823/projeto_de_lei_n_15-2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1869/projeto_de_lei_n_16-2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1886/substitutivo_ao_projeto_de_lei_n_17-2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1887/projeto_de_lei_n_18-2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1896/projeto_de_lei_n_19-2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1900/projeto_de_lei_n_20-2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1969/projeto_de_lei_n_21-2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1921/projeto_de_lei_n_22-2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1922/projeto_de_lei_n_23-2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1923/projeto_de_lei_n_25-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1983/projeto_de_lei_n_26-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1967/projeto_de_lei_n_27-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1971/projeto_de_lei_n_28-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2019/projeto_de_lei_n_29-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2018/projeto_de_lei_no_30-2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2081/projeto_de_lei_n_31-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2082/projeto_de_lei_n32-2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2084/projeto_de_lei_n_33-2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2086/projeto_de_lei_n35-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2087/projeto_de_lei_n_36-2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2110/projeto_de_lei_n_37-2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2161/projeto_de_lei_n_38-2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2171/substituitivo_ao_projeto_de_lei_n_39-2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2173/projeto_de_lei_no_40-2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2174/projeto_de_lei_no_41-2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2184/projeto_de_lei_n42-2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1035/projeto_de_lei_n_01-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1038/projeto_de_lei_n_02-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1039/projeto_de_lei_n_03-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1042/projeto_de_lei_n_04-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1043/projeto_de_lei_n_05-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1055/projeto_de_lei_n_06-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1056/projeto_de_lei_n_07-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1060/projeto_de_lei_n_08-2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1071/projeto_de_lei_no_09-2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1082/projeto_de_lei_n_10-2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1089/projeto_de_lei_n_11-2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1099/projeto_de_lei_n12-2021_ver_nilo.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1108/pl_no_13.2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1109/pl_no_14.2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1110/pl_no_15.2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1111/pl_no_16.2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1140/projeto_de_lei_no_17-2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1154/projeto_de_lei_n_20-2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1155/projeto_de_lei_n_21-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1156/projeto_de_lei_n_22-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1162/projeto_de_lei_n_23-2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1182/projeto_de_lei_n_24-2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1163/projeto_de_lei_25_2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1183/projeto_de_lei_n_26-2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1188/projeto_de_lei_n_27-2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1189/projeto_de_lei_n_28-2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1190/projeto_de_lei_n_29-2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1191/projeto_de_lei_n_30-2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1204/projeto_de_lei_n_32-2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1213/projeto_de_lei_no_33.2021-_do_vereador_lone_bianchini.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1220/projeto_de_lei_no_34.2021-_do_vereador_franklin_pereira.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1221/projeto_de_lei_no_35.2021_vereador_franklin_pereira.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1232/projeto_de_lei_no_36-2021_do_ver_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1240/projeto_de_lei_n_38-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1241/projeto_de_lei_n_39-2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1247/projeto_de_lei_n_40-2021_modificado_pelo_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1249/projeto_de_lei_n_41-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1250/projeto_de_lei_n_42-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1252/projeto_de_lei_n_43-2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1264/projeto_de_lei_n_44-2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1265/projeto_de_lei_n_45-2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1278/projeto_de_lei_n_46-2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1280/projeto_de_lei_n_47-2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1282/projeto_de_lei_n_48-2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1306/projeto_de_lei_n_49-2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1320/projeto_de_lei_n_51-2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1308/projeto_de_lei_n_52-2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1325/projeto_de_lei_no_53-2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1332/projeto_de_lei_no_54.2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1333/projeto_de_lei_no_55.2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1334/projeto_de_lei_no_56.2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1341/projeto_de_lei_no_57-2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1361/projeto_de_lei_n_58-2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1364/projeto_de_lei_n_59-2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1367/projeto_de_lei_n_60-2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1389/projeto_de_lei_no_61-2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1392/projeto_de_lei_n_62-2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1394/projeto_de_lei_n_63-2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1410/projeto_de_lei_n_64-2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_no_65-2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1452/projeto_de_lei_n_66-2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1451/projeto_de_lei_n_67-2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1459/projeto_de_lei_n_68-2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1469/projeto_de_lei_n69-2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1470/projeto_de_lei__n70-2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1482/projeto_de_lei_n_71-2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1483/projeto_de_lei_n_72-2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1490/projeto_de_lei_n_73-2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1493/projeto_de_lei_n_74-2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1505/projeto_de_lei_n_75-2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1512/projeto_de_lei_no_76-2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1524/projeto_de_lei_n_77-2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1526/projeto_de_lei_n_78-2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1545/projeto_de_lei_no_79.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1555/projeto_de_lei_no_80-2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1572/projeto_de_lei_n_81-2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1573/projeto_de_lei_n_82-2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1584/projeto_de_lei_n_83-2021_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1596/projeto_de_lei_n_84-2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1613/projeto_de_lei_n_85-2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1618/projeto_de_lei_n_86-2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1619/projeto_de_lei_n_87-2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1626/projeto_de_lei_n_88-2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1635/projeto_de_lei_n_89-2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1641/projeto_de_lei_no_90-2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1662/projeto_de_lei_no_91.2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/760/projeto_de_lei_n_01.2020.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/761/projeto_de_lei_n_02.2020.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/766/projeto_de_lei_no_03-2020_-_vereador_ademar_frescura.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/750/projeto_de_lei_no_04.2020.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/751/projeto_de_lei_no_05.2020.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/898/projeto_de_lei_no_10-2020.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/992/projeto_de_lei_no_11_do_vereador_ademar_frescura.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1016/projeto_de_lei_no_12-2020_-_vereadora_elizandra.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1021/projeto_de_lei_no_13.2020.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1028/projeto_de_lei_no_14-2020_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1029/projeto_de_lei_no_15-2020_-_everton_luiz.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1034/projeto_de_lei_n_16-2020.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/405/projeto_de_lei_legislativo_n_01.2019.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/413/projeto_de_lei_legislativo_n_02.2019.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/419/mesa_diretora_03.2019.pdf.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/420/projeto_de_lei_n_04.2019.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/422/projeto_de_lei_no05.2019.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/424/projeto_de_lei_no06.2019.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/426/projeto_de_lei_legislativo_n_07.2019.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/445/projeto_de_lei_no_08.2019.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/600/projeto_de_lei_n_09.2019.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/487/projeto_de_lei_no_10.2019.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/549/projeto_de_lei_no_11.2019.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/599/projeto_de_lei_n_12.2019.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/601/projeto_de_lei_n_13.2019.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/597/projeto_de_lei_n_14.2019.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/620/projeto_de_lei_n_15.2019.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/641/projeto_de_lei_n_16.2019.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/686/projeto_de_lei_n_17.2019.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/696/projeto_de_lei_n_18.2019.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/713/projeto_de_lei_no_20-2019.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/718/projeto_de_lei_n_21.2019.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/321/projeto-de-lei-n-01.2018-mesa-diretora.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/322/projeto-de-lei-n-02.2018-c-mara-de-vereadores.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/328/projeto-de-lei-legislativo-03.2018.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/338/projeto_de_lei_legislativo_no_06.2018.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/339/projeto_de_lei_legislativo_no_07.2018.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/342/projeto_de_lei_legislativo_no_08.2018_DJXtgJI.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/348/projeto_de_lei_legislativo_n_10.2018.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/363/projeto_de_lei_legislativo_no_11_de_2018.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/362/projeto_de_lei_legislativo_no_14_de_2018.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/367/projeto_de_lei_legislativo_no_15_de_2018.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/368/projeto_de_lei_legislativo_no_16_de_2018.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/370/projeto_de_lei_no_17_de_2018.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/386/projeto_de_lei_legislativo_n_18.2018.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/384/projeto_de_le_legislativo_n_19.2018.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/385/projeto_de_le_legislativo_n_21.2018.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/401/projeto_de_lei_legislativo_n_24.2018.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/104/projeto-de-lei-n-02.2017-mesa-diretora.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/115/projeto-de-lei-n-03.2017-ver.-vasco-carvalho.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/107/projeto-de-lei-n-04.2017-mesa-diretora.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/113/projeto-de-lei-n-05.2017-mesa-diretora.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/114/projeto-de-lei-n-06.2017-ver-ademar-frescura.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/55/projeto-de-lei-n-07.2017-ver-jussara-matheus_V5ZuKnh.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/119/projeto-de-lei-n-09-2017-ver.-jeremias-oliveira.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H412"/>
+  <dimension ref="A1:H413"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="58.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="144.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -7874,7277 +7886,7303 @@
       </c>
       <c r="C128" t="s">
         <v>530</v>
       </c>
       <c r="D128" t="s">
         <v>11</v>
       </c>
       <c r="E128" t="s">
         <v>12</v>
       </c>
       <c r="F128" t="s">
         <v>275</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>531</v>
       </c>
       <c r="H128" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>533</v>
       </c>
       <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
         <v>534</v>
       </c>
-      <c r="C129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D129" t="s">
         <v>11</v>
       </c>
       <c r="E129" t="s">
         <v>12</v>
       </c>
       <c r="F129" t="s">
+        <v>13</v>
+      </c>
+      <c r="G129" s="1" t="s">
         <v>535</v>
       </c>
-      <c r="G129" s="1" t="s">
+      <c r="H129" t="s">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>537</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
+        <v>537</v>
+      </c>
+      <c r="B130" t="s">
         <v>538</v>
       </c>
-      <c r="B130" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C130" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D130" t="s">
         <v>11</v>
       </c>
       <c r="E130" t="s">
         <v>12</v>
       </c>
       <c r="F130" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="H130" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="B131" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C131" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D131" t="s">
         <v>11</v>
       </c>
       <c r="E131" t="s">
         <v>12</v>
       </c>
       <c r="F131" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="H131" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B132" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C132" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D132" t="s">
         <v>11</v>
       </c>
       <c r="E132" t="s">
         <v>12</v>
       </c>
       <c r="F132" t="s">
-        <v>151</v>
+        <v>539</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="H132" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B133" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C133" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D133" t="s">
         <v>11</v>
       </c>
       <c r="E133" t="s">
         <v>12</v>
       </c>
       <c r="F133" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="H133" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="B134" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C134" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D134" t="s">
         <v>11</v>
       </c>
       <c r="E134" t="s">
         <v>12</v>
       </c>
+      <c r="F134" t="s">
+        <v>13</v>
+      </c>
       <c r="G134" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="H134" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B135" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C135" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D135" t="s">
         <v>11</v>
       </c>
       <c r="E135" t="s">
         <v>12</v>
       </c>
-      <c r="F135" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G135" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="H135" t="s">
-        <v>71</v>
+        <v>556</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="B136" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C136" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D136" t="s">
         <v>11</v>
       </c>
       <c r="E136" t="s">
         <v>12</v>
       </c>
       <c r="F136" t="s">
         <v>13</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="H136" t="s">
-        <v>557</v>
+        <v>71</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="B137" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C137" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D137" t="s">
         <v>11</v>
       </c>
       <c r="E137" t="s">
         <v>12</v>
       </c>
       <c r="F137" t="s">
         <v>13</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="H137" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B138" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C138" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D138" t="s">
         <v>11</v>
       </c>
       <c r="E138" t="s">
         <v>12</v>
       </c>
       <c r="F138" t="s">
         <v>13</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="H138" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="B139" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C139" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
       <c r="E139" t="s">
         <v>12</v>
       </c>
       <c r="F139" t="s">
         <v>13</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="H139" t="s">
-        <v>59</v>
+        <v>567</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="B140" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C140" t="s">
-        <v>567</v>
+        <v>53</v>
       </c>
       <c r="D140" t="s">
         <v>11</v>
       </c>
       <c r="E140" t="s">
         <v>12</v>
       </c>
       <c r="F140" t="s">
         <v>13</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="H140" t="s">
-        <v>569</v>
+        <v>59</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>570</v>
       </c>
       <c r="B141" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C141" t="s">
-        <v>57</v>
+        <v>571</v>
       </c>
       <c r="D141" t="s">
         <v>11</v>
       </c>
       <c r="E141" t="s">
         <v>12</v>
       </c>
       <c r="F141" t="s">
-        <v>571</v>
+        <v>13</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>572</v>
       </c>
       <c r="H141" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>574</v>
       </c>
       <c r="B142" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C142" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D142" t="s">
         <v>11</v>
       </c>
       <c r="E142" t="s">
         <v>12</v>
       </c>
       <c r="F142" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="H142" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="B143" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C143" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D143" t="s">
         <v>11</v>
       </c>
       <c r="E143" t="s">
         <v>12</v>
       </c>
       <c r="F143" t="s">
-        <v>142</v>
+        <v>575</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="H143" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B144" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C144" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="D144" t="s">
         <v>11</v>
       </c>
       <c r="E144" t="s">
         <v>12</v>
       </c>
       <c r="F144" t="s">
-        <v>571</v>
+        <v>142</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="H144" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B145" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C145" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D145" t="s">
         <v>11</v>
       </c>
       <c r="E145" t="s">
         <v>12</v>
       </c>
       <c r="F145" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="H145" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="B146" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C146" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D146" t="s">
         <v>11</v>
       </c>
       <c r="E146" t="s">
         <v>12</v>
       </c>
       <c r="F146" t="s">
-        <v>587</v>
+        <v>575</v>
       </c>
       <c r="G146" s="1" t="s">
         <v>588</v>
       </c>
       <c r="H146" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>590</v>
       </c>
       <c r="B147" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C147" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D147" t="s">
         <v>11</v>
       </c>
       <c r="E147" t="s">
         <v>12</v>
       </c>
       <c r="F147" t="s">
-        <v>571</v>
+        <v>591</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="H147" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="B148" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C148" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D148" t="s">
         <v>11</v>
       </c>
       <c r="E148" t="s">
         <v>12</v>
       </c>
       <c r="F148" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="H148" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="B149" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C149" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="D149" t="s">
         <v>11</v>
       </c>
       <c r="E149" t="s">
         <v>12</v>
       </c>
       <c r="F149" t="s">
-        <v>597</v>
+        <v>575</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>598</v>
       </c>
       <c r="H149" t="s">
         <v>599</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>600</v>
       </c>
       <c r="B150" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C150" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="D150" t="s">
         <v>11</v>
       </c>
       <c r="E150" t="s">
         <v>12</v>
       </c>
       <c r="F150" t="s">
-        <v>142</v>
+        <v>601</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="H150" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B151" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C151" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="D151" t="s">
         <v>11</v>
       </c>
       <c r="E151" t="s">
         <v>12</v>
       </c>
       <c r="F151" t="s">
-        <v>604</v>
+        <v>142</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>605</v>
       </c>
       <c r="H151" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>607</v>
       </c>
       <c r="B152" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C152" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D152" t="s">
         <v>11</v>
       </c>
       <c r="E152" t="s">
         <v>12</v>
       </c>
       <c r="F152" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="H152" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B153" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C153" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D153" t="s">
         <v>11</v>
       </c>
       <c r="E153" t="s">
         <v>12</v>
       </c>
       <c r="F153" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="H153" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="B154" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C154" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D154" t="s">
         <v>11</v>
       </c>
       <c r="E154" t="s">
         <v>12</v>
       </c>
       <c r="F154" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="H154" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="B155" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C155" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="D155" t="s">
         <v>11</v>
       </c>
       <c r="E155" t="s">
         <v>12</v>
       </c>
       <c r="F155" t="s">
-        <v>617</v>
+        <v>608</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>618</v>
       </c>
       <c r="H155" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>620</v>
       </c>
       <c r="B156" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C156" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="D156" t="s">
         <v>11</v>
       </c>
       <c r="E156" t="s">
         <v>12</v>
       </c>
       <c r="F156" t="s">
-        <v>13</v>
+        <v>621</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="H156" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B157" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C157" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="D157" t="s">
         <v>11</v>
       </c>
       <c r="E157" t="s">
         <v>12</v>
       </c>
       <c r="F157" t="s">
-        <v>587</v>
+        <v>13</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="H157" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B158" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C158" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D158" t="s">
         <v>11</v>
       </c>
       <c r="E158" t="s">
         <v>12</v>
       </c>
       <c r="F158" t="s">
-        <v>229</v>
+        <v>591</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="H158" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B159" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C159" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D159" t="s">
         <v>11</v>
       </c>
       <c r="E159" t="s">
         <v>12</v>
       </c>
       <c r="F159" t="s">
-        <v>617</v>
+        <v>229</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="H159" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B160" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C160" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D160" t="s">
         <v>11</v>
       </c>
       <c r="E160" t="s">
         <v>12</v>
       </c>
       <c r="F160" t="s">
-        <v>151</v>
+        <v>621</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="H160" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B161" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C161" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="D161" t="s">
         <v>11</v>
       </c>
       <c r="E161" t="s">
         <v>12</v>
       </c>
       <c r="F161" t="s">
-        <v>142</v>
+        <v>151</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="H161" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="B162" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C162" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="D162" t="s">
         <v>11</v>
       </c>
       <c r="E162" t="s">
         <v>12</v>
       </c>
       <c r="F162" t="s">
-        <v>639</v>
+        <v>142</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>640</v>
       </c>
       <c r="H162" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>642</v>
       </c>
       <c r="B163" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C163" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="D163" t="s">
         <v>11</v>
       </c>
       <c r="E163" t="s">
         <v>12</v>
       </c>
       <c r="F163" t="s">
-        <v>587</v>
+        <v>643</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="H163" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="B164" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C164" t="s">
-        <v>646</v>
+        <v>150</v>
       </c>
       <c r="D164" t="s">
         <v>11</v>
       </c>
       <c r="E164" t="s">
         <v>12</v>
       </c>
       <c r="F164" t="s">
-        <v>13</v>
+        <v>591</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>647</v>
       </c>
       <c r="H164" t="s">
-        <v>47</v>
+        <v>648</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="B165" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C165" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="D165" t="s">
         <v>11</v>
       </c>
       <c r="E165" t="s">
         <v>12</v>
       </c>
       <c r="F165" t="s">
         <v>13</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="H165" t="s">
-        <v>651</v>
+        <v>47</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>652</v>
       </c>
       <c r="B166" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C166" t="s">
-        <v>155</v>
+        <v>653</v>
       </c>
       <c r="D166" t="s">
         <v>11</v>
       </c>
       <c r="E166" t="s">
         <v>12</v>
       </c>
       <c r="F166" t="s">
         <v>13</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="H166" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B167" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C167" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D167" t="s">
         <v>11</v>
       </c>
       <c r="E167" t="s">
         <v>12</v>
       </c>
       <c r="F167" t="s">
         <v>13</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="H167" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B168" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C168" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="D168" t="s">
         <v>11</v>
       </c>
       <c r="E168" t="s">
         <v>12</v>
       </c>
       <c r="F168" t="s">
-        <v>587</v>
+        <v>13</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="H168" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="B169" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C169" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="D169" t="s">
         <v>11</v>
       </c>
       <c r="E169" t="s">
         <v>12</v>
       </c>
       <c r="F169" t="s">
-        <v>13</v>
+        <v>591</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="H169" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="B170" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C170" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="D170" t="s">
         <v>11</v>
       </c>
       <c r="E170" t="s">
         <v>12</v>
       </c>
       <c r="F170" t="s">
         <v>13</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H170" t="s">
-        <v>75</v>
+        <v>667</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="B171" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C171" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="D171" t="s">
         <v>11</v>
       </c>
       <c r="E171" t="s">
         <v>12</v>
       </c>
       <c r="F171" t="s">
         <v>13</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="H171" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="B172" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C172" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="D172" t="s">
         <v>11</v>
       </c>
       <c r="E172" t="s">
         <v>12</v>
       </c>
       <c r="F172" t="s">
-        <v>229</v>
+        <v>13</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="H172" t="s">
-        <v>670</v>
+        <v>35</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B173" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C173" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="D173" t="s">
         <v>11</v>
       </c>
       <c r="E173" t="s">
         <v>12</v>
       </c>
       <c r="F173" t="s">
-        <v>13</v>
+        <v>229</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="H173" t="s">
-        <v>27</v>
+        <v>674</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="B174" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C174" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="D174" t="s">
         <v>11</v>
       </c>
       <c r="E174" t="s">
         <v>12</v>
       </c>
       <c r="F174" t="s">
         <v>13</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="H174" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="B175" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C175" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="D175" t="s">
         <v>11</v>
       </c>
       <c r="E175" t="s">
         <v>12</v>
       </c>
       <c r="F175" t="s">
         <v>13</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="H175" t="s">
-        <v>677</v>
+        <v>31</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="B176" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C176" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="D176" t="s">
         <v>11</v>
       </c>
       <c r="E176" t="s">
         <v>12</v>
       </c>
+      <c r="F176" t="s">
+        <v>13</v>
+      </c>
       <c r="G176" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="H176" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="B177" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C177" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="D177" t="s">
         <v>11</v>
       </c>
       <c r="E177" t="s">
         <v>12</v>
       </c>
-      <c r="F177" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G177" s="1" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="H177" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="B178" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C178" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D178" t="s">
         <v>11</v>
       </c>
       <c r="E178" t="s">
         <v>12</v>
       </c>
       <c r="F178" t="s">
         <v>13</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="H178" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="B179" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C179" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="D179" t="s">
         <v>11</v>
       </c>
       <c r="E179" t="s">
         <v>12</v>
       </c>
       <c r="F179" t="s">
-        <v>142</v>
+        <v>13</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="H179" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="B180" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C180" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
       <c r="D180" t="s">
         <v>11</v>
       </c>
       <c r="E180" t="s">
         <v>12</v>
       </c>
       <c r="F180" t="s">
-        <v>691</v>
+        <v>142</v>
       </c>
       <c r="G180" s="1" t="s">
         <v>692</v>
       </c>
       <c r="H180" t="s">
         <v>693</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>694</v>
       </c>
       <c r="B181" t="s">
+        <v>538</v>
+      </c>
+      <c r="C181" t="s">
+        <v>215</v>
+      </c>
+      <c r="D181" t="s">
+        <v>11</v>
+      </c>
+      <c r="E181" t="s">
+        <v>12</v>
+      </c>
+      <c r="F181" t="s">
         <v>695</v>
-      </c>
-[...10 lines deleted...]
-        <v>82</v>
       </c>
       <c r="G181" s="1" t="s">
         <v>696</v>
       </c>
       <c r="H181" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>698</v>
       </c>
       <c r="B182" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C182" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D182" t="s">
         <v>11</v>
       </c>
       <c r="E182" t="s">
         <v>12</v>
       </c>
       <c r="F182" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="H182" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="B183" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C183" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D183" t="s">
         <v>11</v>
       </c>
       <c r="E183" t="s">
         <v>12</v>
       </c>
       <c r="F183" t="s">
-        <v>702</v>
+        <v>13</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>703</v>
       </c>
       <c r="H183" t="s">
         <v>704</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>705</v>
       </c>
       <c r="B184" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C184" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D184" t="s">
         <v>11</v>
       </c>
       <c r="E184" t="s">
         <v>12</v>
       </c>
       <c r="F184" t="s">
-        <v>13</v>
+        <v>706</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="H184" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="B185" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C185" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D185" t="s">
         <v>11</v>
       </c>
       <c r="E185" t="s">
         <v>12</v>
       </c>
       <c r="F185" t="s">
         <v>13</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="H185" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="B186" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C186" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D186" t="s">
         <v>11</v>
       </c>
       <c r="E186" t="s">
         <v>12</v>
       </c>
       <c r="F186" t="s">
         <v>13</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="H186" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="B187" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C187" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D187" t="s">
         <v>11</v>
       </c>
       <c r="E187" t="s">
         <v>12</v>
       </c>
       <c r="F187" t="s">
         <v>13</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="H187" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="B188" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C188" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D188" t="s">
         <v>11</v>
       </c>
       <c r="E188" t="s">
         <v>12</v>
       </c>
       <c r="F188" t="s">
         <v>13</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="H188" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="B189" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C189" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D189" t="s">
         <v>11</v>
       </c>
       <c r="E189" t="s">
         <v>12</v>
       </c>
       <c r="F189" t="s">
         <v>13</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="H189" t="s">
-        <v>135</v>
+        <v>723</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="B190" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C190" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D190" t="s">
         <v>11</v>
       </c>
       <c r="E190" t="s">
         <v>12</v>
       </c>
       <c r="F190" t="s">
-        <v>142</v>
+        <v>13</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="H190" t="s">
-        <v>724</v>
+        <v>135</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="B191" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C191" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D191" t="s">
         <v>11</v>
       </c>
       <c r="E191" t="s">
         <v>12</v>
       </c>
       <c r="F191" t="s">
-        <v>13</v>
+        <v>142</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="H191" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="B192" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C192" t="s">
-        <v>567</v>
+        <v>53</v>
       </c>
       <c r="D192" t="s">
         <v>11</v>
       </c>
       <c r="E192" t="s">
         <v>12</v>
       </c>
       <c r="F192" t="s">
         <v>13</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="H192" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="B193" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C193" t="s">
-        <v>57</v>
+        <v>571</v>
       </c>
       <c r="D193" t="s">
         <v>11</v>
       </c>
       <c r="E193" t="s">
         <v>12</v>
       </c>
       <c r="F193" t="s">
         <v>13</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="H193" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="B194" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C194" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D194" t="s">
         <v>11</v>
       </c>
       <c r="E194" t="s">
         <v>12</v>
       </c>
       <c r="F194" t="s">
         <v>13</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="H194" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="B195" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C195" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D195" t="s">
         <v>11</v>
       </c>
       <c r="E195" t="s">
         <v>12</v>
       </c>
       <c r="F195" t="s">
         <v>13</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="H195" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="B196" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C196" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="D196" t="s">
         <v>11</v>
       </c>
       <c r="E196" t="s">
         <v>12</v>
       </c>
       <c r="F196" t="s">
-        <v>535</v>
+        <v>13</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="H196" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="B197" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C197" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D197" t="s">
         <v>11</v>
       </c>
       <c r="E197" t="s">
         <v>12</v>
       </c>
       <c r="F197" t="s">
-        <v>597</v>
+        <v>539</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="H197" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="B198" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C198" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D198" t="s">
         <v>11</v>
       </c>
       <c r="E198" t="s">
         <v>12</v>
       </c>
       <c r="F198" t="s">
-        <v>747</v>
+        <v>601</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>748</v>
       </c>
       <c r="H198" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>750</v>
       </c>
       <c r="B199" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C199" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D199" t="s">
         <v>11</v>
       </c>
       <c r="E199" t="s">
         <v>12</v>
       </c>
       <c r="F199" t="s">
-        <v>142</v>
+        <v>751</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="H199" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="B200" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C200" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D200" t="s">
         <v>11</v>
       </c>
       <c r="E200" t="s">
         <v>12</v>
       </c>
       <c r="F200" t="s">
         <v>142</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="H200" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="B201" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C201" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="D201" t="s">
         <v>11</v>
       </c>
       <c r="E201" t="s">
         <v>12</v>
       </c>
       <c r="F201" t="s">
-        <v>702</v>
+        <v>142</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="H201" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="B202" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C202" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="D202" t="s">
         <v>11</v>
       </c>
       <c r="E202" t="s">
         <v>12</v>
       </c>
       <c r="F202" t="s">
-        <v>151</v>
+        <v>706</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="H202" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="B203" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C203" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="D203" t="s">
         <v>11</v>
       </c>
       <c r="E203" t="s">
         <v>12</v>
       </c>
       <c r="F203" t="s">
-        <v>82</v>
+        <v>151</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="H203" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="B204" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C204" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D204" t="s">
         <v>11</v>
       </c>
       <c r="E204" t="s">
         <v>12</v>
       </c>
       <c r="F204" t="s">
-        <v>535</v>
+        <v>82</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="H204" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="B205" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C205" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D205" t="s">
         <v>11</v>
       </c>
       <c r="E205" t="s">
         <v>12</v>
       </c>
       <c r="F205" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="H205" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="B206" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C206" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D206" t="s">
         <v>11</v>
       </c>
       <c r="E206" t="s">
         <v>12</v>
       </c>
       <c r="F206" t="s">
-        <v>772</v>
+        <v>539</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>773</v>
       </c>
       <c r="H206" t="s">
         <v>774</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>775</v>
       </c>
       <c r="B207" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C207" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="D207" t="s">
         <v>11</v>
       </c>
       <c r="E207" t="s">
         <v>12</v>
       </c>
       <c r="F207" t="s">
         <v>776</v>
       </c>
       <c r="G207" s="1" t="s">
         <v>777</v>
       </c>
       <c r="H207" t="s">
         <v>778</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>779</v>
       </c>
       <c r="B208" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C208" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="D208" t="s">
         <v>11</v>
       </c>
       <c r="E208" t="s">
         <v>12</v>
       </c>
       <c r="F208" t="s">
-        <v>82</v>
+        <v>780</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="H208" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="B209" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C209" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="D209" t="s">
         <v>11</v>
       </c>
       <c r="E209" t="s">
         <v>12</v>
       </c>
+      <c r="F209" t="s">
+        <v>82</v>
+      </c>
       <c r="G209" s="1" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="H209" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="B210" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C210" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D210" t="s">
         <v>11</v>
       </c>
       <c r="E210" t="s">
         <v>12</v>
       </c>
-      <c r="F210" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G210" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="H210" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="B211" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C211" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D211" t="s">
         <v>11</v>
       </c>
       <c r="E211" t="s">
         <v>12</v>
       </c>
       <c r="F211" t="s">
-        <v>151</v>
+        <v>643</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="H211" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="B212" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C212" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D212" t="s">
         <v>11</v>
       </c>
       <c r="E212" t="s">
         <v>12</v>
       </c>
       <c r="F212" t="s">
-        <v>142</v>
+        <v>151</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="H212" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="B213" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C213" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="D213" t="s">
         <v>11</v>
       </c>
       <c r="E213" t="s">
         <v>12</v>
       </c>
       <c r="F213" t="s">
-        <v>597</v>
+        <v>142</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="H213" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="B214" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C214" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="D214" t="s">
         <v>11</v>
       </c>
       <c r="E214" t="s">
         <v>12</v>
       </c>
       <c r="F214" t="s">
-        <v>798</v>
+        <v>601</v>
       </c>
       <c r="G214" s="1" t="s">
         <v>799</v>
       </c>
       <c r="H214" t="s">
         <v>800</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>801</v>
       </c>
       <c r="B215" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C215" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="D215" t="s">
         <v>11</v>
       </c>
       <c r="E215" t="s">
         <v>12</v>
       </c>
       <c r="F215" t="s">
-        <v>535</v>
+        <v>802</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="H215" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="B216" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C216" t="s">
-        <v>646</v>
+        <v>150</v>
       </c>
       <c r="D216" t="s">
         <v>11</v>
       </c>
       <c r="E216" t="s">
         <v>12</v>
       </c>
       <c r="F216" t="s">
-        <v>597</v>
+        <v>539</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="H216" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="B217" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C217" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="D217" t="s">
         <v>11</v>
       </c>
       <c r="E217" t="s">
         <v>12</v>
       </c>
       <c r="F217" t="s">
-        <v>535</v>
+        <v>601</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="H217" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="B218" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C218" t="s">
-        <v>155</v>
+        <v>653</v>
       </c>
       <c r="D218" t="s">
         <v>11</v>
       </c>
       <c r="E218" t="s">
         <v>12</v>
       </c>
       <c r="F218" t="s">
-        <v>13</v>
+        <v>539</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="H218" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="B219" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C219" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D219" t="s">
         <v>11</v>
       </c>
       <c r="E219" t="s">
         <v>12</v>
       </c>
       <c r="F219" t="s">
         <v>13</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="H219" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="B220" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C220" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="D220" t="s">
         <v>11</v>
       </c>
       <c r="E220" t="s">
         <v>12</v>
       </c>
       <c r="F220" t="s">
-        <v>597</v>
+        <v>13</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="H220" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="B221" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C221" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="D221" t="s">
         <v>11</v>
       </c>
       <c r="E221" t="s">
         <v>12</v>
       </c>
       <c r="F221" t="s">
-        <v>639</v>
+        <v>601</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="H221" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="B222" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C222" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="D222" t="s">
         <v>11</v>
       </c>
       <c r="E222" t="s">
         <v>12</v>
       </c>
       <c r="F222" t="s">
-        <v>13</v>
+        <v>643</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H222" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="B223" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C223" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="D223" t="s">
         <v>11</v>
       </c>
       <c r="E223" t="s">
         <v>12</v>
       </c>
       <c r="F223" t="s">
         <v>13</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="H223" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="B224" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C224" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="D224" t="s">
         <v>11</v>
       </c>
       <c r="E224" t="s">
         <v>12</v>
       </c>
       <c r="F224" t="s">
         <v>13</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="H224" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="B225" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C225" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="D225" t="s">
         <v>11</v>
       </c>
       <c r="E225" t="s">
         <v>12</v>
       </c>
       <c r="F225" t="s">
         <v>13</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="H225" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="B226" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C226" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="D226" t="s">
         <v>11</v>
       </c>
       <c r="E226" t="s">
         <v>12</v>
       </c>
       <c r="F226" t="s">
-        <v>597</v>
+        <v>13</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="H226" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="B227" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C227" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="D227" t="s">
         <v>11</v>
       </c>
       <c r="E227" t="s">
         <v>12</v>
       </c>
       <c r="F227" t="s">
-        <v>142</v>
+        <v>601</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="H227" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="B228" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C228" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="D228" t="s">
         <v>11</v>
       </c>
       <c r="E228" t="s">
         <v>12</v>
       </c>
       <c r="F228" t="s">
-        <v>13</v>
+        <v>142</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="H228" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="B229" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C229" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="D229" t="s">
         <v>11</v>
       </c>
       <c r="E229" t="s">
         <v>12</v>
       </c>
       <c r="F229" t="s">
-        <v>535</v>
+        <v>13</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="H229" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="B230" t="s">
-        <v>847</v>
+        <v>699</v>
       </c>
       <c r="C230" t="s">
-        <v>10</v>
+        <v>199</v>
       </c>
       <c r="D230" t="s">
         <v>11</v>
       </c>
       <c r="E230" t="s">
         <v>12</v>
       </c>
       <c r="F230" t="s">
-        <v>13</v>
+        <v>539</v>
       </c>
       <c r="G230" s="1" t="s">
         <v>848</v>
       </c>
       <c r="H230" t="s">
         <v>849</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>850</v>
       </c>
       <c r="B231" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C231" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D231" t="s">
         <v>11</v>
       </c>
       <c r="E231" t="s">
         <v>12</v>
       </c>
       <c r="F231" t="s">
-        <v>597</v>
+        <v>13</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="H231" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="B232" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C232" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D232" t="s">
         <v>11</v>
       </c>
       <c r="E232" t="s">
         <v>12</v>
       </c>
       <c r="F232" t="s">
-        <v>142</v>
+        <v>601</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="H232" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="B233" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C233" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D233" t="s">
         <v>11</v>
       </c>
       <c r="E233" t="s">
         <v>12</v>
       </c>
       <c r="F233" t="s">
-        <v>597</v>
+        <v>142</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="H233" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="B234" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C234" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D234" t="s">
         <v>11</v>
       </c>
       <c r="E234" t="s">
         <v>12</v>
       </c>
       <c r="F234" t="s">
-        <v>702</v>
+        <v>601</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="H234" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="B235" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C235" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D235" t="s">
         <v>11</v>
       </c>
       <c r="E235" t="s">
         <v>12</v>
       </c>
       <c r="F235" t="s">
-        <v>597</v>
+        <v>706</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="H235" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="B236" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C236" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D236" t="s">
         <v>11</v>
       </c>
       <c r="E236" t="s">
         <v>12</v>
       </c>
       <c r="F236" t="s">
-        <v>13</v>
+        <v>601</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="H236" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="B237" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C237" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D237" t="s">
         <v>11</v>
       </c>
       <c r="E237" t="s">
         <v>12</v>
       </c>
       <c r="F237" t="s">
         <v>13</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="H237" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="B238" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C238" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D238" t="s">
         <v>11</v>
       </c>
       <c r="E238" t="s">
         <v>12</v>
       </c>
       <c r="F238" t="s">
-        <v>142</v>
+        <v>13</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="H238" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="B239" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C239" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D239" t="s">
         <v>11</v>
       </c>
       <c r="E239" t="s">
         <v>12</v>
       </c>
       <c r="F239" t="s">
-        <v>13</v>
+        <v>142</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="H239" t="s">
-        <v>713</v>
+        <v>877</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="B240" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C240" t="s">
-        <v>567</v>
+        <v>53</v>
       </c>
       <c r="D240" t="s">
         <v>11</v>
       </c>
       <c r="E240" t="s">
         <v>12</v>
       </c>
       <c r="F240" t="s">
         <v>13</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="H240" t="s">
-        <v>878</v>
+        <v>717</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="B241" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C241" t="s">
-        <v>57</v>
+        <v>571</v>
       </c>
       <c r="D241" t="s">
         <v>11</v>
       </c>
       <c r="E241" t="s">
         <v>12</v>
       </c>
       <c r="F241" t="s">
         <v>13</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="H241" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B242" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C242" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D242" t="s">
         <v>11</v>
       </c>
       <c r="E242" t="s">
         <v>12</v>
       </c>
       <c r="F242" t="s">
-        <v>747</v>
+        <v>13</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="H242" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="B243" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C243" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D243" t="s">
         <v>11</v>
       </c>
       <c r="E243" t="s">
         <v>12</v>
       </c>
       <c r="F243" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="H243" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B244" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C244" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="D244" t="s">
         <v>11</v>
       </c>
       <c r="E244" t="s">
         <v>12</v>
       </c>
       <c r="F244" t="s">
-        <v>702</v>
+        <v>751</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="H244" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="B245" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C245" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D245" t="s">
         <v>11</v>
       </c>
       <c r="E245" t="s">
         <v>12</v>
       </c>
       <c r="F245" t="s">
-        <v>13</v>
+        <v>706</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="H245" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="B246" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C246" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D246" t="s">
         <v>11</v>
       </c>
       <c r="E246" t="s">
         <v>12</v>
       </c>
       <c r="F246" t="s">
         <v>13</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="H246" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="B247" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C247" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D247" t="s">
         <v>11</v>
       </c>
       <c r="E247" t="s">
         <v>12</v>
       </c>
       <c r="F247" t="s">
         <v>13</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="H247" t="s">
-        <v>716</v>
+        <v>900</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="B248" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C248" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D248" t="s">
         <v>11</v>
       </c>
       <c r="E248" t="s">
         <v>12</v>
       </c>
       <c r="F248" t="s">
         <v>13</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="H248" t="s">
-        <v>901</v>
+        <v>720</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="B249" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C249" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="D249" t="s">
         <v>11</v>
       </c>
       <c r="E249" t="s">
         <v>12</v>
       </c>
       <c r="F249" t="s">
-        <v>597</v>
+        <v>13</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="H249" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="B250" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C250" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="D250" t="s">
         <v>11</v>
       </c>
       <c r="E250" t="s">
         <v>12</v>
       </c>
       <c r="F250" t="s">
-        <v>13</v>
+        <v>601</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="H250" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="B251" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C251" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="D251" t="s">
         <v>11</v>
       </c>
       <c r="E251" t="s">
         <v>12</v>
       </c>
       <c r="F251" t="s">
-        <v>597</v>
+        <v>13</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="H251" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="B252" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C252" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="D252" t="s">
         <v>11</v>
       </c>
       <c r="E252" t="s">
         <v>12</v>
       </c>
       <c r="F252" t="s">
-        <v>82</v>
+        <v>601</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="H252" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="B253" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C253" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D253" t="s">
         <v>11</v>
       </c>
       <c r="E253" t="s">
         <v>12</v>
       </c>
       <c r="F253" t="s">
-        <v>772</v>
+        <v>82</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="H253" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="B254" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C254" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="D254" t="s">
         <v>11</v>
       </c>
       <c r="E254" t="s">
         <v>12</v>
       </c>
       <c r="F254" t="s">
-        <v>597</v>
+        <v>776</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="H254" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="B255" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C255" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="D255" t="s">
         <v>11</v>
       </c>
       <c r="E255" t="s">
         <v>12</v>
       </c>
       <c r="F255" t="s">
-        <v>13</v>
+        <v>601</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="H255" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="B256" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C256" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="D256" t="s">
         <v>11</v>
       </c>
       <c r="E256" t="s">
         <v>12</v>
       </c>
       <c r="F256" t="s">
-        <v>597</v>
+        <v>13</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="H256" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="B257" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C257" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D257" t="s">
         <v>11</v>
       </c>
       <c r="E257" t="s">
         <v>12</v>
       </c>
       <c r="F257" t="s">
-        <v>13</v>
+        <v>601</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="H257" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="B258" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C258" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D258" t="s">
         <v>11</v>
       </c>
       <c r="E258" t="s">
         <v>12</v>
       </c>
       <c r="F258" t="s">
         <v>13</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="H258" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="B259" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C259" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D259" t="s">
         <v>11</v>
       </c>
       <c r="E259" t="s">
         <v>12</v>
       </c>
       <c r="F259" t="s">
         <v>13</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="H259" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="B260" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C260" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="D260" t="s">
         <v>11</v>
       </c>
       <c r="E260" t="s">
         <v>12</v>
       </c>
       <c r="F260" t="s">
         <v>13</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H260" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="B261" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C261" t="s">
-        <v>150</v>
+        <v>141</v>
       </c>
       <c r="D261" t="s">
         <v>11</v>
       </c>
       <c r="E261" t="s">
         <v>12</v>
       </c>
       <c r="F261" t="s">
         <v>13</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="H261" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="B262" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C262" t="s">
-        <v>646</v>
+        <v>150</v>
       </c>
       <c r="D262" t="s">
         <v>11</v>
       </c>
       <c r="E262" t="s">
         <v>12</v>
       </c>
       <c r="F262" t="s">
         <v>13</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="H262" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="B263" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C263" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="D263" t="s">
         <v>11</v>
       </c>
       <c r="E263" t="s">
         <v>12</v>
       </c>
       <c r="F263" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="H263" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="B264" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C264" t="s">
-        <v>155</v>
+        <v>653</v>
       </c>
       <c r="D264" t="s">
         <v>11</v>
       </c>
       <c r="E264" t="s">
         <v>12</v>
       </c>
       <c r="F264" t="s">
-        <v>142</v>
+        <v>82</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="H264" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="B265" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C265" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D265" t="s">
         <v>11</v>
       </c>
       <c r="E265" t="s">
         <v>12</v>
       </c>
       <c r="F265" t="s">
-        <v>82</v>
+        <v>142</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="H265" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="B266" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C266" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="D266" t="s">
         <v>11</v>
       </c>
       <c r="E266" t="s">
         <v>12</v>
       </c>
       <c r="F266" t="s">
-        <v>597</v>
+        <v>82</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="H266" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="B267" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C267" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="D267" t="s">
         <v>11</v>
       </c>
       <c r="E267" t="s">
         <v>12</v>
       </c>
       <c r="F267" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="H267" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="B268" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C268" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="D268" t="s">
         <v>11</v>
       </c>
       <c r="E268" t="s">
         <v>12</v>
       </c>
       <c r="F268" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="H268" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="B269" t="s">
-        <v>963</v>
+        <v>851</v>
       </c>
       <c r="C269" t="s">
-        <v>10</v>
+        <v>171</v>
       </c>
       <c r="D269" t="s">
         <v>11</v>
       </c>
       <c r="E269" t="s">
         <v>12</v>
       </c>
       <c r="F269" t="s">
-        <v>13</v>
+        <v>601</v>
       </c>
       <c r="G269" s="1" t="s">
         <v>964</v>
       </c>
       <c r="H269" t="s">
         <v>965</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>966</v>
       </c>
       <c r="B270" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C270" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D270" t="s">
         <v>11</v>
       </c>
       <c r="E270" t="s">
         <v>12</v>
       </c>
       <c r="F270" t="s">
         <v>13</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="H270" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="B271" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C271" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D271" t="s">
         <v>11</v>
       </c>
       <c r="E271" t="s">
         <v>12</v>
       </c>
       <c r="F271" t="s">
         <v>13</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="H271" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="B272" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C272" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D272" t="s">
         <v>11</v>
       </c>
       <c r="E272" t="s">
         <v>12</v>
       </c>
       <c r="F272" t="s">
         <v>13</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="H272" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="B273" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C273" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D273" t="s">
         <v>11</v>
       </c>
       <c r="E273" t="s">
         <v>12</v>
       </c>
       <c r="F273" t="s">
         <v>13</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="H273" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="B274" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C274" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D274" t="s">
         <v>11</v>
       </c>
       <c r="E274" t="s">
         <v>12</v>
       </c>
       <c r="F274" t="s">
         <v>13</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="H274" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="B275" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C275" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D275" t="s">
         <v>11</v>
       </c>
       <c r="E275" t="s">
         <v>12</v>
       </c>
       <c r="F275" t="s">
         <v>13</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="H275" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="B276" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C276" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D276" t="s">
         <v>11</v>
       </c>
       <c r="E276" t="s">
         <v>12</v>
       </c>
+      <c r="F276" t="s">
+        <v>13</v>
+      </c>
       <c r="G276" s="1" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="H276" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="B277" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C277" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D277" t="s">
         <v>11</v>
       </c>
       <c r="E277" t="s">
         <v>12</v>
       </c>
-      <c r="F277" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G277" s="1" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="H277" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="B278" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C278" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D278" t="s">
         <v>11</v>
       </c>
       <c r="E278" t="s">
         <v>12</v>
       </c>
       <c r="F278" t="s">
         <v>13</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="H278" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="B279" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C279" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D279" t="s">
         <v>11</v>
       </c>
       <c r="E279" t="s">
         <v>12</v>
       </c>
       <c r="F279" t="s">
         <v>13</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="H279" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="B280" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C280" t="s">
-        <v>567</v>
+        <v>53</v>
       </c>
       <c r="D280" t="s">
         <v>11</v>
       </c>
       <c r="E280" t="s">
         <v>12</v>
       </c>
       <c r="F280" t="s">
         <v>13</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="H280" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="B281" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C281" t="s">
-        <v>57</v>
+        <v>571</v>
       </c>
       <c r="D281" t="s">
         <v>11</v>
       </c>
       <c r="E281" t="s">
         <v>12</v>
       </c>
       <c r="F281" t="s">
         <v>13</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="H281" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="B282" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C282" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D282" t="s">
         <v>11</v>
       </c>
       <c r="E282" t="s">
         <v>12</v>
       </c>
       <c r="F282" t="s">
         <v>13</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="H282" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="B283" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C283" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D283" t="s">
         <v>11</v>
       </c>
       <c r="E283" t="s">
         <v>12</v>
       </c>
       <c r="F283" t="s">
-        <v>798</v>
+        <v>13</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="H283" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="B284" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C284" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="D284" t="s">
         <v>11</v>
       </c>
       <c r="E284" t="s">
         <v>12</v>
       </c>
       <c r="F284" t="s">
-        <v>13</v>
+        <v>802</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="H284" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="B285" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C285" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D285" t="s">
         <v>11</v>
       </c>
       <c r="E285" t="s">
         <v>12</v>
       </c>
       <c r="F285" t="s">
         <v>13</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="H285" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="B286" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C286" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="D286" t="s">
         <v>11</v>
       </c>
       <c r="E286" t="s">
         <v>12</v>
       </c>
+      <c r="F286" t="s">
+        <v>13</v>
+      </c>
       <c r="G286" s="1" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="H286" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="B287" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C287" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D287" t="s">
         <v>11</v>
       </c>
       <c r="E287" t="s">
         <v>12</v>
       </c>
-      <c r="F287" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G287" s="1" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="H287" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="B288" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C288" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="D288" t="s">
         <v>11</v>
       </c>
       <c r="E288" t="s">
         <v>12</v>
       </c>
       <c r="F288" t="s">
         <v>13</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="H288" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="B289" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C289" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="D289" t="s">
         <v>11</v>
       </c>
       <c r="E289" t="s">
         <v>12</v>
       </c>
       <c r="F289" t="s">
-        <v>597</v>
+        <v>13</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="H289" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="B290" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C290" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="D290" t="s">
         <v>11</v>
       </c>
       <c r="E290" t="s">
         <v>12</v>
       </c>
+      <c r="F290" t="s">
+        <v>601</v>
+      </c>
       <c r="G290" s="1" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="H290" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="B291" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C291" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D291" t="s">
         <v>11</v>
       </c>
       <c r="E291" t="s">
         <v>12</v>
       </c>
-      <c r="F291" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G291" s="1" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="H291" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="B292" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C292" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D292" t="s">
         <v>11</v>
       </c>
       <c r="E292" t="s">
         <v>12</v>
       </c>
+      <c r="F292" t="s">
+        <v>121</v>
+      </c>
       <c r="G292" s="1" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="H292" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="B293" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C293" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D293" t="s">
         <v>11</v>
       </c>
       <c r="E293" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>1036</v>
       </c>
       <c r="G293" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="H293" t="s">
         <v>1038</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>1039</v>
       </c>
       <c r="B294" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C294" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="D294" t="s">
         <v>11</v>
       </c>
       <c r="E294" t="s">
         <v>12</v>
       </c>
       <c r="F294" t="s">
-        <v>1036</v>
+        <v>1040</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="H294" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="B295" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C295" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="D295" t="s">
         <v>11</v>
       </c>
       <c r="E295" t="s">
         <v>12</v>
       </c>
+      <c r="F295" t="s">
+        <v>1040</v>
+      </c>
       <c r="G295" s="1" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="H295" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="B296" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C296" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="D296" t="s">
         <v>11</v>
       </c>
       <c r="E296" t="s">
         <v>12</v>
       </c>
-      <c r="F296" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G296" s="1" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="H296" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="B297" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C297" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D297" t="s">
         <v>11</v>
       </c>
       <c r="E297" t="s">
         <v>12</v>
       </c>
       <c r="F297" t="s">
         <v>13</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="H297" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="B298" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C298" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="D298" t="s">
         <v>11</v>
       </c>
       <c r="E298" t="s">
         <v>12</v>
       </c>
       <c r="F298" t="s">
-        <v>121</v>
+        <v>13</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="H298" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="B299" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C299" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="D299" t="s">
         <v>11</v>
       </c>
       <c r="E299" t="s">
         <v>12</v>
       </c>
       <c r="F299" t="s">
-        <v>151</v>
+        <v>121</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="H299" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="B300" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C300" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="D300" t="s">
         <v>11</v>
       </c>
       <c r="E300" t="s">
         <v>12</v>
       </c>
       <c r="F300" t="s">
-        <v>597</v>
+        <v>151</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="H300" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="B301" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C301" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="D301" t="s">
         <v>11</v>
       </c>
       <c r="E301" t="s">
         <v>12</v>
       </c>
       <c r="F301" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="H301" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="B302" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C302" t="s">
-        <v>646</v>
+        <v>150</v>
       </c>
       <c r="D302" t="s">
         <v>11</v>
       </c>
       <c r="E302" t="s">
         <v>12</v>
       </c>
       <c r="F302" t="s">
-        <v>13</v>
+        <v>601</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="H302" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="B303" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C303" t="s">
-        <v>155</v>
+        <v>650</v>
       </c>
       <c r="D303" t="s">
         <v>11</v>
       </c>
       <c r="E303" t="s">
         <v>12</v>
       </c>
       <c r="F303" t="s">
-        <v>747</v>
+        <v>13</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="H303" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="B304" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C304" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D304" t="s">
         <v>11</v>
       </c>
       <c r="E304" t="s">
         <v>12</v>
       </c>
       <c r="F304" t="s">
-        <v>151</v>
+        <v>751</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="H304" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="B305" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C305" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="D305" t="s">
         <v>11</v>
       </c>
       <c r="E305" t="s">
         <v>12</v>
       </c>
       <c r="F305" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="H305" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="B306" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C306" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="D306" t="s">
         <v>11</v>
       </c>
       <c r="E306" t="s">
         <v>12</v>
       </c>
       <c r="F306" t="s">
-        <v>747</v>
+        <v>13</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="H306" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="B307" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C307" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="D307" t="s">
         <v>11</v>
       </c>
       <c r="E307" t="s">
         <v>12</v>
       </c>
       <c r="F307" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="H307" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="B308" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C308" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="D308" t="s">
         <v>11</v>
       </c>
       <c r="E308" t="s">
         <v>12</v>
       </c>
       <c r="F308" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="H308" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="B309" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C309" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="D309" t="s">
         <v>11</v>
       </c>
       <c r="E309" t="s">
         <v>12</v>
       </c>
       <c r="F309" t="s">
-        <v>121</v>
+        <v>751</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="H309" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="B310" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C310" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="D310" t="s">
         <v>11</v>
       </c>
       <c r="E310" t="s">
         <v>12</v>
       </c>
       <c r="F310" t="s">
-        <v>747</v>
+        <v>121</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="H310" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="B311" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C311" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="D311" t="s">
         <v>11</v>
       </c>
       <c r="E311" t="s">
         <v>12</v>
       </c>
       <c r="F311" t="s">
-        <v>13</v>
+        <v>751</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="H311" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="B312" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C312" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="D312" t="s">
         <v>11</v>
       </c>
       <c r="E312" t="s">
         <v>12</v>
       </c>
       <c r="F312" t="s">
         <v>13</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="H312" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="B313" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C313" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="D313" t="s">
         <v>11</v>
       </c>
       <c r="E313" t="s">
         <v>12</v>
       </c>
       <c r="F313" t="s">
         <v>13</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="H313" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="B314" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C314" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="D314" t="s">
         <v>11</v>
       </c>
       <c r="E314" t="s">
         <v>12</v>
       </c>
       <c r="F314" t="s">
         <v>13</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="H314" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="B315" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C315" t="s">
-        <v>207</v>
+        <v>199</v>
       </c>
       <c r="D315" t="s">
         <v>11</v>
       </c>
       <c r="E315" t="s">
         <v>12</v>
       </c>
       <c r="F315" t="s">
-        <v>747</v>
+        <v>13</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="H315" t="s">
-        <v>1077</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="B316" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C316" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="D316" t="s">
         <v>11</v>
       </c>
       <c r="E316" t="s">
         <v>12</v>
       </c>
       <c r="F316" t="s">
-        <v>82</v>
+        <v>751</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="H316" t="s">
-        <v>1106</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="B317" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C317" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="D317" t="s">
         <v>11</v>
       </c>
       <c r="E317" t="s">
         <v>12</v>
       </c>
       <c r="F317" t="s">
-        <v>639</v>
+        <v>82</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="H317" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="B318" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C318" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="D318" t="s">
         <v>11</v>
       </c>
       <c r="E318" t="s">
         <v>12</v>
       </c>
       <c r="F318" t="s">
-        <v>597</v>
+        <v>643</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="H318" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="B319" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C319" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="D319" t="s">
         <v>11</v>
       </c>
       <c r="E319" t="s">
         <v>12</v>
       </c>
       <c r="F319" t="s">
-        <v>639</v>
+        <v>601</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="H319" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="B320" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C320" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="D320" t="s">
         <v>11</v>
       </c>
       <c r="E320" t="s">
         <v>12</v>
       </c>
+      <c r="F320" t="s">
+        <v>643</v>
+      </c>
       <c r="G320" s="1" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="H320" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="B321" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C321" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="D321" t="s">
         <v>11</v>
       </c>
       <c r="E321" t="s">
         <v>12</v>
       </c>
-      <c r="F321" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G321" s="1" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="H321" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="B322" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C322" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="D322" t="s">
         <v>11</v>
       </c>
       <c r="E322" t="s">
         <v>12</v>
       </c>
       <c r="F322" t="s">
-        <v>142</v>
+        <v>13</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="H322" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="B323" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C323" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="D323" t="s">
         <v>11</v>
       </c>
       <c r="E323" t="s">
         <v>12</v>
       </c>
       <c r="F323" t="s">
-        <v>597</v>
+        <v>142</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="H323" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="B324" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C324" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="D324" t="s">
         <v>11</v>
       </c>
       <c r="E324" t="s">
         <v>12</v>
       </c>
       <c r="F324" t="s">
-        <v>1036</v>
+        <v>601</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="H324" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="B325" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C325" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="D325" t="s">
         <v>11</v>
       </c>
       <c r="E325" t="s">
         <v>12</v>
       </c>
       <c r="F325" t="s">
-        <v>142</v>
+        <v>1040</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="H325" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="B326" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C326" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="D326" t="s">
         <v>11</v>
       </c>
       <c r="E326" t="s">
         <v>12</v>
       </c>
       <c r="F326" t="s">
-        <v>597</v>
+        <v>142</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="H326" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="B327" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C327" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D327" t="s">
         <v>11</v>
       </c>
       <c r="E327" t="s">
         <v>12</v>
       </c>
       <c r="F327" t="s">
-        <v>1138</v>
+        <v>601</v>
       </c>
       <c r="G327" s="1" t="s">
         <v>1139</v>
       </c>
       <c r="H327" t="s">
         <v>1140</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>1141</v>
       </c>
       <c r="B328" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C328" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="D328" t="s">
         <v>11</v>
       </c>
       <c r="E328" t="s">
         <v>12</v>
       </c>
       <c r="F328" t="s">
-        <v>142</v>
+        <v>1142</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="H328" t="s">
-        <v>873</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="B329" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C329" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="D329" t="s">
         <v>11</v>
       </c>
       <c r="E329" t="s">
         <v>12</v>
       </c>
       <c r="F329" t="s">
         <v>142</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="H329" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B330" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C330" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="D330" t="s">
         <v>11</v>
       </c>
       <c r="E330" t="s">
         <v>12</v>
       </c>
       <c r="F330" t="s">
-        <v>1146</v>
+        <v>142</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="H330" t="s">
-        <v>1148</v>
+        <v>877</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>1149</v>
       </c>
       <c r="B331" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C331" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D331" t="s">
         <v>11</v>
       </c>
       <c r="E331" t="s">
         <v>12</v>
       </c>
       <c r="F331" t="s">
-        <v>82</v>
+        <v>1150</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="H331" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="B332" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C332" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="D332" t="s">
         <v>11</v>
       </c>
       <c r="E332" t="s">
         <v>12</v>
       </c>
       <c r="F332" t="s">
-        <v>597</v>
+        <v>82</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="H332" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="B333" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C333" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="D333" t="s">
         <v>11</v>
       </c>
       <c r="E333" t="s">
         <v>12</v>
       </c>
       <c r="F333" t="s">
-        <v>121</v>
+        <v>601</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="H333" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="B334" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C334" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="D334" t="s">
         <v>11</v>
       </c>
       <c r="E334" t="s">
         <v>12</v>
       </c>
       <c r="F334" t="s">
-        <v>597</v>
+        <v>121</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="H334" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="B335" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C335" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="D335" t="s">
         <v>11</v>
       </c>
       <c r="E335" t="s">
         <v>12</v>
       </c>
       <c r="F335" t="s">
-        <v>13</v>
+        <v>601</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="H335" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="B336" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C336" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="D336" t="s">
         <v>11</v>
       </c>
       <c r="E336" t="s">
         <v>12</v>
       </c>
       <c r="F336" t="s">
         <v>13</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="H336" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="B337" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C337" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="D337" t="s">
         <v>11</v>
       </c>
       <c r="E337" t="s">
         <v>12</v>
       </c>
       <c r="F337" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="H337" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="B338" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C338" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="D338" t="s">
         <v>11</v>
       </c>
       <c r="E338" t="s">
         <v>12</v>
       </c>
       <c r="F338" t="s">
-        <v>597</v>
+        <v>82</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="H338" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="B339" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C339" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="D339" t="s">
         <v>11</v>
       </c>
       <c r="E339" t="s">
         <v>12</v>
       </c>
       <c r="F339" t="s">
-        <v>13</v>
+        <v>601</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="H339" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="B340" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C340" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="D340" t="s">
         <v>11</v>
       </c>
       <c r="E340" t="s">
         <v>12</v>
       </c>
+      <c r="F340" t="s">
+        <v>13</v>
+      </c>
       <c r="G340" s="1" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="H340" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="B341" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C341" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="D341" t="s">
         <v>11</v>
       </c>
       <c r="E341" t="s">
         <v>12</v>
       </c>
-      <c r="F341" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G341" s="1" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="H341" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="B342" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C342" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="D342" t="s">
         <v>11</v>
       </c>
       <c r="E342" t="s">
         <v>12</v>
       </c>
       <c r="F342" t="s">
-        <v>597</v>
+        <v>151</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="H342" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="B343" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C343" t="s">
-        <v>325</v>
+        <v>320</v>
       </c>
       <c r="D343" t="s">
         <v>11</v>
       </c>
       <c r="E343" t="s">
         <v>12</v>
       </c>
       <c r="F343" t="s">
-        <v>1186</v>
+        <v>601</v>
       </c>
       <c r="G343" s="1" t="s">
         <v>1187</v>
       </c>
       <c r="H343" t="s">
         <v>1188</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
         <v>1189</v>
       </c>
       <c r="B344" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C344" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="D344" t="s">
         <v>11</v>
       </c>
       <c r="E344" t="s">
         <v>12</v>
       </c>
       <c r="F344" t="s">
-        <v>597</v>
+        <v>1190</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="H344" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="B345" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C345" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="D345" t="s">
         <v>11</v>
       </c>
       <c r="E345" t="s">
         <v>12</v>
       </c>
       <c r="F345" t="s">
-        <v>13</v>
+        <v>601</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="H345" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="B346" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C346" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="D346" t="s">
         <v>11</v>
       </c>
       <c r="E346" t="s">
         <v>12</v>
       </c>
       <c r="F346" t="s">
         <v>13</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="H346" t="s">
-        <v>901</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="B347" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C347" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="D347" t="s">
         <v>11</v>
       </c>
       <c r="E347" t="s">
         <v>12</v>
       </c>
       <c r="F347" t="s">
-        <v>1036</v>
+        <v>13</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="H347" t="s">
-        <v>1199</v>
+        <v>905</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="B348" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C348" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="D348" t="s">
         <v>11</v>
       </c>
       <c r="E348" t="s">
         <v>12</v>
       </c>
       <c r="F348" t="s">
-        <v>597</v>
+        <v>1040</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="H348" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="B349" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C349" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="D349" t="s">
         <v>11</v>
       </c>
       <c r="E349" t="s">
         <v>12</v>
       </c>
       <c r="F349" t="s">
-        <v>13</v>
+        <v>601</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="H349" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="B350" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C350" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="D350" t="s">
         <v>11</v>
       </c>
       <c r="E350" t="s">
         <v>12</v>
       </c>
       <c r="F350" t="s">
         <v>13</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="H350" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="B351" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C351" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="D351" t="s">
         <v>11</v>
       </c>
       <c r="E351" t="s">
         <v>12</v>
       </c>
       <c r="F351" t="s">
-        <v>1210</v>
+        <v>13</v>
       </c>
       <c r="G351" s="1" t="s">
         <v>1211</v>
       </c>
       <c r="H351" t="s">
         <v>1212</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
         <v>1213</v>
       </c>
       <c r="B352" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C352" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="D352" t="s">
         <v>11</v>
       </c>
       <c r="E352" t="s">
         <v>12</v>
       </c>
       <c r="F352" t="s">
-        <v>13</v>
+        <v>1214</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="H352" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="B353" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C353" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="D353" t="s">
         <v>11</v>
       </c>
       <c r="E353" t="s">
         <v>12</v>
       </c>
       <c r="F353" t="s">
-        <v>1138</v>
+        <v>13</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="H353" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="B354" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C354" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="D354" t="s">
         <v>11</v>
       </c>
       <c r="E354" t="s">
         <v>12</v>
       </c>
       <c r="F354" t="s">
-        <v>597</v>
+        <v>1142</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="H354" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="B355" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C355" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="D355" t="s">
         <v>11</v>
       </c>
       <c r="E355" t="s">
         <v>12</v>
       </c>
       <c r="F355" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="H355" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="B356" t="s">
-        <v>1226</v>
+        <v>967</v>
       </c>
       <c r="C356" t="s">
-        <v>10</v>
+        <v>373</v>
       </c>
       <c r="D356" t="s">
         <v>11</v>
       </c>
       <c r="E356" t="s">
         <v>12</v>
+      </c>
+      <c r="F356" t="s">
+        <v>601</v>
       </c>
       <c r="G356" s="1" t="s">
         <v>1227</v>
       </c>
       <c r="H356" t="s">
         <v>1228</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>1229</v>
       </c>
       <c r="B357" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="C357" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D357" t="s">
         <v>11</v>
       </c>
       <c r="E357" t="s">
         <v>12</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="H357" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="B358" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="C358" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D358" t="s">
         <v>11</v>
       </c>
       <c r="E358" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>1233</v>
       </c>
       <c r="G358" s="1" t="s">
         <v>1234</v>
       </c>
       <c r="H358" t="s">
         <v>1235</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
         <v>1236</v>
       </c>
       <c r="B359" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="C359" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D359" t="s">
         <v>11</v>
       </c>
       <c r="E359" t="s">
         <v>12</v>
       </c>
+      <c r="F359" t="s">
+        <v>1237</v>
+      </c>
       <c r="G359" s="1" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="H359" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="B360" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="C360" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D360" t="s">
         <v>11</v>
       </c>
       <c r="E360" t="s">
         <v>12</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="H360" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="B361" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="C361" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="D361" t="s">
         <v>11</v>
       </c>
       <c r="E361" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>1243</v>
       </c>
       <c r="G361" s="1" t="s">
         <v>1244</v>
       </c>
       <c r="H361" t="s">
         <v>1245</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
         <v>1246</v>
       </c>
       <c r="B362" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="C362" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D362" t="s">
         <v>11</v>
       </c>
       <c r="E362" t="s">
         <v>12</v>
       </c>
       <c r="F362" t="s">
-        <v>1233</v>
+        <v>1247</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="H362" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="B363" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="C363" t="s">
-        <v>567</v>
+        <v>53</v>
       </c>
       <c r="D363" t="s">
         <v>11</v>
       </c>
       <c r="E363" t="s">
         <v>12</v>
       </c>
       <c r="F363" t="s">
-        <v>82</v>
+        <v>1237</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="H363" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="B364" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="C364" t="s">
-        <v>57</v>
+        <v>571</v>
       </c>
       <c r="D364" t="s">
         <v>11</v>
       </c>
       <c r="E364" t="s">
         <v>12</v>
       </c>
       <c r="F364" t="s">
-        <v>1233</v>
+        <v>82</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="H364" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="B365" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="C365" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D365" t="s">
         <v>11</v>
       </c>
       <c r="E365" t="s">
         <v>12</v>
       </c>
+      <c r="F365" t="s">
+        <v>1237</v>
+      </c>
       <c r="G365" s="1" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="H365" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="B366" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="C366" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D366" t="s">
         <v>11</v>
       </c>
       <c r="E366" t="s">
         <v>12</v>
       </c>
-      <c r="F366" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G366" s="1" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="H366" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="B367" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="C367" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="D367" t="s">
         <v>11</v>
       </c>
       <c r="E367" t="s">
         <v>12</v>
       </c>
+      <c r="F367" t="s">
+        <v>121</v>
+      </c>
       <c r="G367" s="1" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="H367" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="B368" t="s">
-        <v>923</v>
+        <v>1230</v>
       </c>
       <c r="C368" t="s">
-        <v>10</v>
+        <v>69</v>
       </c>
       <c r="D368" t="s">
         <v>11</v>
       </c>
       <c r="E368" t="s">
         <v>12</v>
       </c>
-      <c r="F368" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G368" s="1" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="H368" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="B369" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C369" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D369" t="s">
         <v>11</v>
       </c>
       <c r="E369" t="s">
         <v>12</v>
       </c>
       <c r="F369" t="s">
-        <v>1268</v>
+        <v>1237</v>
       </c>
       <c r="G369" s="1" t="s">
         <v>1269</v>
       </c>
       <c r="H369" t="s">
         <v>1270</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
         <v>1271</v>
       </c>
       <c r="B370" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C370" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D370" t="s">
         <v>11</v>
       </c>
       <c r="E370" t="s">
         <v>12</v>
       </c>
+      <c r="F370" t="s">
+        <v>1272</v>
+      </c>
       <c r="G370" s="1" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="H370" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="B371" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C371" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D371" t="s">
         <v>11</v>
       </c>
       <c r="E371" t="s">
         <v>12</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="H371" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="B372" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C372" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D372" t="s">
         <v>11</v>
       </c>
       <c r="E372" t="s">
         <v>12</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="H372" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="B373" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C373" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D373" t="s">
         <v>11</v>
       </c>
       <c r="E373" t="s">
         <v>12</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="H373" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="B374" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C374" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D374" t="s">
         <v>11</v>
       </c>
       <c r="E374" t="s">
         <v>12</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="H374" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="B375" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C375" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D375" t="s">
         <v>11</v>
       </c>
       <c r="E375" t="s">
         <v>12</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="H375" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="B376" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C376" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D376" t="s">
         <v>11</v>
       </c>
       <c r="E376" t="s">
         <v>12</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="H376" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="B377" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C377" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D377" t="s">
         <v>11</v>
       </c>
       <c r="E377" t="s">
         <v>12</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="H377" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="B378" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C378" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D378" t="s">
         <v>11</v>
       </c>
       <c r="E378" t="s">
         <v>12</v>
       </c>
-      <c r="F378" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G378" s="1" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="H378" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="B379" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C379" t="s">
-        <v>567</v>
+        <v>53</v>
       </c>
       <c r="D379" t="s">
         <v>11</v>
       </c>
       <c r="E379" t="s">
         <v>12</v>
       </c>
+      <c r="F379" t="s">
+        <v>1272</v>
+      </c>
       <c r="G379" s="1" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="H379" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="B380" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C380" t="s">
-        <v>57</v>
+        <v>571</v>
       </c>
       <c r="D380" t="s">
         <v>11</v>
       </c>
       <c r="E380" t="s">
         <v>12</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="H380" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="B381" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C381" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D381" t="s">
         <v>11</v>
       </c>
       <c r="E381" t="s">
         <v>12</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="H381" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="B382" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C382" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D382" t="s">
         <v>11</v>
       </c>
       <c r="E382" t="s">
         <v>12</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="H382" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="B383" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C383" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="D383" t="s">
         <v>11</v>
       </c>
       <c r="E383" t="s">
         <v>12</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="H383" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="B384" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C384" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D384" t="s">
         <v>11</v>
       </c>
       <c r="E384" t="s">
         <v>12</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="H384" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="B385" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C385" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D385" t="s">
         <v>11</v>
       </c>
       <c r="E385" t="s">
         <v>12</v>
       </c>
-      <c r="F385" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G385" s="1" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="H385" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="B386" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C386" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="D386" t="s">
         <v>11</v>
       </c>
       <c r="E386" t="s">
         <v>12</v>
       </c>
+      <c r="F386" t="s">
+        <v>1237</v>
+      </c>
       <c r="G386" s="1" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="H386" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="B387" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C387" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="D387" t="s">
         <v>11</v>
       </c>
       <c r="E387" t="s">
         <v>12</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="H387" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="B388" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="C388" t="s">
-        <v>10</v>
+        <v>90</v>
       </c>
       <c r="D388" t="s">
         <v>11</v>
       </c>
       <c r="E388" t="s">
         <v>12</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="H388" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="B389" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="C389" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D389" t="s">
         <v>11</v>
       </c>
       <c r="E389" t="s">
         <v>12</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="H389" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="B390" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="C390" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D390" t="s">
         <v>11</v>
       </c>
       <c r="E390" t="s">
         <v>12</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="H390" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="B391" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="C391" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="D391" t="s">
         <v>11</v>
       </c>
       <c r="E391" t="s">
         <v>12</v>
       </c>
-      <c r="F391" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G391" s="1" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="H391" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="B392" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="C392" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D392" t="s">
         <v>11</v>
       </c>
       <c r="E392" t="s">
         <v>12</v>
       </c>
       <c r="F392" t="s">
-        <v>1268</v>
+        <v>643</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="H392" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="B393" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="C393" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D393" t="s">
         <v>11</v>
       </c>
       <c r="E393" t="s">
         <v>12</v>
       </c>
       <c r="F393" t="s">
-        <v>121</v>
+        <v>1272</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="H393" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="B394" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="C394" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D394" t="s">
         <v>11</v>
       </c>
       <c r="E394" t="s">
         <v>12</v>
       </c>
       <c r="F394" t="s">
-        <v>1233</v>
+        <v>121</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1015</v>
+        <v>1345</v>
       </c>
       <c r="H394" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="B395" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="C395" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D395" t="s">
         <v>11</v>
       </c>
       <c r="E395" t="s">
         <v>12</v>
       </c>
+      <c r="F395" t="s">
+        <v>1237</v>
+      </c>
       <c r="G395" s="1" t="s">
-        <v>1346</v>
+        <v>1019</v>
       </c>
       <c r="H395" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="B396" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="C396" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D396" t="s">
         <v>11</v>
       </c>
       <c r="E396" t="s">
         <v>12</v>
       </c>
-      <c r="F396" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G396" s="1" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="H396" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="B397" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="C397" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="D397" t="s">
         <v>11</v>
       </c>
       <c r="E397" t="s">
         <v>12</v>
       </c>
       <c r="F397" t="s">
-        <v>1036</v>
+        <v>1040</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="H397" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="B398" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="C398" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D398" t="s">
         <v>11</v>
       </c>
       <c r="E398" t="s">
         <v>12</v>
       </c>
+      <c r="F398" t="s">
+        <v>1040</v>
+      </c>
       <c r="G398" s="1" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="H398" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="B399" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="C399" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="D399" t="s">
         <v>11</v>
       </c>
       <c r="E399" t="s">
         <v>12</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="H399" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="B400" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="C400" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D400" t="s">
         <v>11</v>
       </c>
       <c r="E400" t="s">
         <v>12</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="H400" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="B401" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="C401" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D401" t="s">
         <v>11</v>
       </c>
       <c r="E401" t="s">
         <v>12</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="H401" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="B402" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="C402" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D402" t="s">
         <v>11</v>
       </c>
       <c r="E402" t="s">
         <v>12</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="H402" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="B403" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="C403" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D403" t="s">
         <v>11</v>
       </c>
       <c r="E403" t="s">
         <v>12</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="H403" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="B404" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="C404" t="s">
-        <v>103</v>
+        <v>86</v>
       </c>
       <c r="D404" t="s">
         <v>11</v>
       </c>
       <c r="E404" t="s">
         <v>12</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="H404" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>425</v>
+        <v>1376</v>
       </c>
       <c r="B405" t="s">
-        <v>1375</v>
+        <v>930</v>
       </c>
       <c r="C405" t="s">
-        <v>17</v>
+        <v>103</v>
       </c>
       <c r="D405" t="s">
         <v>11</v>
       </c>
       <c r="E405" t="s">
         <v>12</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="H405" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>469</v>
+        <v>425</v>
       </c>
       <c r="B406" t="s">
-        <v>1375</v>
+        <v>1379</v>
       </c>
       <c r="C406" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D406" t="s">
         <v>11</v>
       </c>
       <c r="E406" t="s">
         <v>12</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="H406" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>437</v>
+        <v>469</v>
       </c>
       <c r="B407" t="s">
-        <v>1375</v>
+        <v>1379</v>
       </c>
       <c r="C407" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D407" t="s">
         <v>11</v>
       </c>
       <c r="E407" t="s">
         <v>12</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="H407" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>461</v>
+        <v>437</v>
       </c>
       <c r="B408" t="s">
-        <v>1375</v>
+        <v>1379</v>
       </c>
       <c r="C408" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D408" t="s">
         <v>11</v>
       </c>
       <c r="E408" t="s">
         <v>12</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="H408" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="B409" t="s">
-        <v>1375</v>
+        <v>1379</v>
       </c>
       <c r="C409" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D409" t="s">
         <v>11</v>
       </c>
       <c r="E409" t="s">
         <v>12</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="H409" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>223</v>
+        <v>465</v>
       </c>
       <c r="B410" t="s">
-        <v>1375</v>
+        <v>1379</v>
       </c>
       <c r="C410" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D410" t="s">
         <v>11</v>
       </c>
       <c r="E410" t="s">
         <v>12</v>
       </c>
-      <c r="F410" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G410" s="1" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="H410" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>417</v>
+        <v>223</v>
       </c>
       <c r="B411" t="s">
-        <v>1375</v>
+        <v>1379</v>
       </c>
       <c r="C411" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D411" t="s">
         <v>11</v>
       </c>
       <c r="E411" t="s">
         <v>12</v>
       </c>
+      <c r="F411" t="s">
+        <v>1390</v>
+      </c>
       <c r="G411" s="1" t="s">
-        <v>1015</v>
+        <v>1391</v>
       </c>
       <c r="H411" t="s">
-        <v>1389</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
+        <v>417</v>
+      </c>
+      <c r="B412" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C412" t="s">
+        <v>41</v>
+      </c>
+      <c r="D412" t="s">
+        <v>11</v>
+      </c>
+      <c r="E412" t="s">
+        <v>12</v>
+      </c>
+      <c r="G412" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="H412" t="s">
+        <v>1393</v>
+      </c>
+    </row>
+    <row r="413" spans="1:8">
+      <c r="A413" t="s">
         <v>485</v>
       </c>
-      <c r="B412" t="s">
-[...2 lines deleted...]
-      <c r="C412" t="s">
+      <c r="B413" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C413" t="s">
         <v>45</v>
       </c>
-      <c r="D412" t="s">
-[...9 lines deleted...]
-        <v>1391</v>
+      <c r="D413" t="s">
+        <v>11</v>
+      </c>
+      <c r="E413" t="s">
+        <v>12</v>
+      </c>
+      <c r="G413" s="1" t="s">
+        <v>1394</v>
+      </c>
+      <c r="H413" t="s">
+        <v>1395</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -15516,50 +15554,51 @@
     <hyperlink ref="G388" r:id="rId387"/>
     <hyperlink ref="G389" r:id="rId388"/>
     <hyperlink ref="G390" r:id="rId389"/>
     <hyperlink ref="G391" r:id="rId390"/>
     <hyperlink ref="G392" r:id="rId391"/>
     <hyperlink ref="G393" r:id="rId392"/>
     <hyperlink ref="G394" r:id="rId393"/>
     <hyperlink ref="G395" r:id="rId394"/>
     <hyperlink ref="G396" r:id="rId395"/>
     <hyperlink ref="G397" r:id="rId396"/>
     <hyperlink ref="G398" r:id="rId397"/>
     <hyperlink ref="G399" r:id="rId398"/>
     <hyperlink ref="G400" r:id="rId399"/>
     <hyperlink ref="G401" r:id="rId400"/>
     <hyperlink ref="G402" r:id="rId401"/>
     <hyperlink ref="G403" r:id="rId402"/>
     <hyperlink ref="G404" r:id="rId403"/>
     <hyperlink ref="G405" r:id="rId404"/>
     <hyperlink ref="G406" r:id="rId405"/>
     <hyperlink ref="G407" r:id="rId406"/>
     <hyperlink ref="G408" r:id="rId407"/>
     <hyperlink ref="G409" r:id="rId408"/>
     <hyperlink ref="G410" r:id="rId409"/>
     <hyperlink ref="G411" r:id="rId410"/>
     <hyperlink ref="G412" r:id="rId411"/>
+    <hyperlink ref="G413" r:id="rId412"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>