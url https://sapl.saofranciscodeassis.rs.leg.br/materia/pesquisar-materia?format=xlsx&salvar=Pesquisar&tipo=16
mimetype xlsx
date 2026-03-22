--- v2 (2026-02-02)
+++ v3 (2026-03-22)
@@ -54,4191 +54,4191 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3699</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLLeg</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária origem Legislativa</t>
   </si>
   <si>
     <t>Nilo Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3699/projeto_de_lei_no01-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3699/projeto_de_lei_no01-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização do atendimento, pela da rede municipal de saúde, aos pedidos de exames encaminhados por médicos particulares, no âmbito do Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>3700</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3700/projeto_de_lei_no02-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3700/projeto_de_lei_no02-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação dos espaços Pet Friendly (amigos de estimação) em estabelecimentos comerciais, hotéis, restaurantes, bares e similares, no Município de São Francisco de Assis e da outras providências.</t>
   </si>
   <si>
     <t>3701</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3701/projeto_de_lei_no03-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3701/projeto_de_lei_no03-2025.pdf</t>
   </si>
   <si>
     <t>Estabelece e regulamenta o Tratamento Fora de Domicílio - TFD, instituído pela Portaria nº 55 da Secretaria de Assistência à Saúde (Ministério da Saúde), visando garantir, através do SUS, tratamento médico a pacientes portadores de doenças não tratáveis no Município de origem por falta de condições técnicas e dá outras providências.</t>
   </si>
   <si>
     <t>3702</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3702/projeto_de_lei_no04-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3702/projeto_de_lei_no04-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe acerca da implantação de código QR em todas as placas de obras públicas municipais para leitura e fiscalização eletrônica.</t>
   </si>
   <si>
     <t>3703</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3703/projeto_de_lei_no05-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3703/projeto_de_lei_no05-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre divulgação da demanda atendida e lista de espera por vagas em creches e EMEI's do município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>3704</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3704/substitutivo_do_projeto_de_lei_n06-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3704/substitutivo_do_projeto_de_lei_n06-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de instalação de câmeras de segurança e monitoramento nos estabelecimentos públicos de saúde e nas farmácias públicas do município de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>3705</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3705/projeto_de_lei_no07-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3705/projeto_de_lei_no07-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a tramitação e aprovação de denominação de vias e logradouros públicos, no âmbito de São Francisco de Assis.</t>
   </si>
   <si>
     <t>3706</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3706/projeto_de_lei_no08-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3706/projeto_de_lei_no08-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de sistema de câmera de segurança com reconhecimento facial nas praças e Playground, no âmbito de São Francisco de Assis.</t>
   </si>
   <si>
     <t>3707</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3707/projeto_de_lei_no09-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3707/projeto_de_lei_no09-2025.pdf</t>
   </si>
   <si>
     <t>Sistema Municipal de Assistência a Desastres e Emergências de São Francisco de Assis.</t>
   </si>
   <si>
     <t>3708</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3708/substitutivo_ao_projeto_de_lei_no10-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3708/substitutivo_ao_projeto_de_lei_no10-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de cobertura das quadras esportivas e Playgrounds nas escolas da Educação Básica e EMEI's da rede pública de ensino do município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>3709</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3709/projeto_de_lei_substitutivo_n11-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3709/projeto_de_lei_substitutivo_n11-2025.pdf</t>
   </si>
   <si>
     <t>Define a prática da telessaúde no Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>3710</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3710/projeto_de_lei_no13-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3710/projeto_de_lei_no13-2025.pdf</t>
   </si>
   <si>
     <t>Reconhece os (as) portadores (as) de fibromialgia como pessoas com deficiência no âmbito do município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>3711</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3711/projeto_de_lei_no14-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3711/projeto_de_lei_no14-2025.pdf</t>
   </si>
   <si>
     <t>Institui a oferta de cursos profissionalizantes, para alunos destacados na rede pública de ensino de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>3712</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3712/projeto_de_lei_no15-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3712/projeto_de_lei_no15-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Rua de Lazer, no âmbito municipal de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>3713</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3713/projeto_de_lei_no16-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3713/projeto_de_lei_no16-2025.pdf</t>
   </si>
   <si>
     <t>Disciplina a instalação de faixa elevada para travessia de pedestres em frente a escolas municipais de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>3714</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3714/projeto_de_lei_no17-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3714/projeto_de_lei_no17-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção de IPTU para pessoas com deficiência que residem em ruas sem calçamento no município de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>3718</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3718/substitutivo_ao_pl_n_18.2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3718/substitutivo_ao_pl_n_18.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o horário de funcionamento aos domingos dos mercados e supermercados no âmbito do município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>3720</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Elizandra Sacardi</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3720/projeto_de_lei_no19-2025_substitutivo.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3720/projeto_de_lei_no19-2025_substitutivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da galeria de fotos das mulheres parlamentares do município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>3730</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3730/projeto_de_lei_no20-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3730/projeto_de_lei_no20-2025.pdf</t>
   </si>
   <si>
     <t>Dipõe sobre a obrigatoriamente de equipamentos anti-engasgo em creches, escolas e restaurantes no Município de São Francisco de Assis - RS, e dá outras providências.</t>
   </si>
   <si>
     <t>3728</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3728/projeto_de_lei_no21-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3728/projeto_de_lei_no21-2025.pdf</t>
   </si>
   <si>
     <t>Altera a tabela de vencimento do quadro permanente de cargos e quadro de cargos em comissão da Câmara Municipal de São Francisco de Assis.</t>
   </si>
   <si>
     <t>3731</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Rodrigo Lamberti</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3731/substitutivo_ao_pl_no22-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3731/substitutivo_ao_pl_no22-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do Poder Executivo e Legislativo Municipal a conceder 01 (um) dia de folga remunerada aos Servidores Públicos Municipais efetivos, na data de seus respectivos aniversários e dá outras providências.</t>
   </si>
   <si>
     <t>3732</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3732/projeto_de_lei_no23-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3732/projeto_de_lei_no23-2025.pdf</t>
   </si>
   <si>
     <t>Concede reajuste ao vale-alimentação, conforme o artigo 4º da Lei Municipal 819/13, que dispõe sobre o vale-refeição dos servidores da Câmara Municipal de Vereadores</t>
   </si>
   <si>
     <t>3733</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3733/projeto_de_lei_no24-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3733/projeto_de_lei_no24-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº1.513/2022, que institui o auxílio feira da agricultura para os funcionários da Câmara Municipal de São Francisco de Assis/RS.</t>
   </si>
   <si>
     <t>3737</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3737/projeto_de_lei_no25-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3737/projeto_de_lei_no25-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Projeto Órfãos do Feminicídio através do Auxílio Ampara, benefício a ser pego a crianças e adolescentes em situação de orfandade decorrente de feminicídio, e dá outras providências.</t>
   </si>
   <si>
     <t>3738</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3738/projeto_de_lei_no26-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3738/projeto_de_lei_no26-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de desconto no IPTU aos postos de combustíveis que mantiverem a estabilidade dos preços em períodos de aumento dos combustíveis no município de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>3751</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Orlando Flores</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3751/projeto_de_lei_substitutivo_n27-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3751/projeto_de_lei_substitutivo_n27-2025.pdf</t>
   </si>
   <si>
     <t>Denomina a rua localizada entre as travessas B e E, no Bairro Assis Brasil, de Vereador Paraguassu da Hora.</t>
   </si>
   <si>
     <t>3752</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Ebertom Luiz</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3752/projeto_de_lei_no28-2025_ver_ebertom_luiz.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3752/projeto_de_lei_no28-2025_ver_ebertom_luiz.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Proteção do Direito da Pessoa com Transtorno do Espectro Autista e a Semana Municipal de Conscientização do Autismo.</t>
   </si>
   <si>
     <t>3767</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3767/projeto_de_lei_no_29-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3767/projeto_de_lei_no_29-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de climatização dos veículos de transporte escolar no âmbito do município de São Francisco de Assis  e dá outras providencias.</t>
   </si>
   <si>
     <t>3766</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3766/projeto_de_lei_no30-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3766/projeto_de_lei_no30-2025.pdf</t>
   </si>
   <si>
     <t>Institui no Âmbito do município de São Francisco de Assis o "Junho Violeta", mês de prevenção, combate e conscientização da violência contra a pessoa idosa e da outras providencias.</t>
   </si>
   <si>
     <t>3777</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3777/projeto_de_lei_no31-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3777/projeto_de_lei_no31-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de fraldários nos estabelecimentos públicos de saúde.</t>
   </si>
   <si>
     <t>3785</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3785/projeto_de_lei_n_32-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3785/projeto_de_lei_n_32-2025.pdf</t>
   </si>
   <si>
     <t>Institui o título "Empresa Amiga da Juventude", no âmbito do município de São Francisco de Assis, na forma e condições que especifica.</t>
   </si>
   <si>
     <t>3786</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Rudinei Cortese</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3786/projeto_de_lei_n_33-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3786/projeto_de_lei_n_33-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 1.657/2024, que dispõe sobre o regime de adiantamento de numerário para despesas de pronto pagamento no âmbito do Poder Legislativo.</t>
   </si>
   <si>
     <t>3787</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3787/projeto_de_lei_n_34-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3787/projeto_de_lei_n_34-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a vacinação domiciliar de pessoas com o Transtorno do Espectro Autista no âmbito do município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>3800</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Lone Bianchini</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3800/projeto_de_lei_no35-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3800/projeto_de_lei_no35-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Projeto Agro na Escola no âmbito do município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>3837</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3837/projeto_de_lei_no38-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3837/projeto_de_lei_no38-2025.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal da pessoa com deficiência intelectual e múltipla e dá outras providências.</t>
   </si>
   <si>
     <t>3838</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3838/projeto_de_lei_no39-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3838/projeto_de_lei_no39-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de instalação de torres de segurança e monitoramento com câmeras de reconhecimento facial, botão de pânico para o cidadão e identificação de placas de veículos no município de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>3867</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3867/projeto_de_lei_no40-2025_ver_nilo_santos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3867/projeto_de_lei_no40-2025_ver_nilo_santos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre proibição de cobrança da tarifa de esgoto sem que haja a devida comprovação da efetiva prestação completa de captação e tratamento de esgoto.</t>
   </si>
   <si>
     <t>3874</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3874/projeto_de_lei_no41-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3874/projeto_de_lei_no41-2025.pdf</t>
   </si>
   <si>
     <t>Estabelece diretrizes para a inclusão das Práticas Integrativas e Complementares no âmbito das ações de saúde do Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>3880</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3880/projeto_de_lei_n_42.2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3880/projeto_de_lei_n_42.2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta o § 5° ao art. 220°, do Código de Meio Ambiente e Posturas da munícipio de São Francisco de Assis.</t>
   </si>
   <si>
     <t>3897</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3897/projeto_de_lei_no43-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3897/projeto_de_lei_no43-2025.pdf</t>
   </si>
   <si>
     <t>Concede incentivos fiscais, financeiros e materiais para empresas e cooperativas que queiram se instalar ou expandir no Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>3896</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3896/projeto_de_lei_no44-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3896/projeto_de_lei_no44-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Instituição do Projeto Turismo Educativo, no âmbito Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>3895</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3895/projeto_de_lei_no45-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3895/projeto_de_lei_no45-2025.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo obrigado a divulgar a lista de espera em consultas e exames médicos no município de São Francisco de Assis/RS.</t>
   </si>
   <si>
     <t>3894</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3894/projeto_de_lei_no46-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3894/projeto_de_lei_no46-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o programa de fornecimento gratuito de absorventes higiênicos nas unidades de saúde do Município São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>3905</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3905/projeto_de_lei_n47-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3905/projeto_de_lei_n47-2025.pdf</t>
   </si>
   <si>
     <t>Disciplina, em âmbito Municipal, o incentivo da Administração Pública aos projetos voltados ao desenvolvimento turístico; institui o Sistema de Fomento e Apoio ao Turismo Municipal de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>3906</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3906/projeto_de_lei_n48-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3906/projeto_de_lei_n48-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção da tarifa de água, esgoto e de retirada de dejetos de fossas sépticas para unidades familiares que possuam pessoas com Transtorno do Espectro Autista (TEA) ou com deficiência (PCD) , e que tenham renda mensal de até três salários mínimos.</t>
   </si>
   <si>
     <t>3915</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3915/projeto_de_lei_no49-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3915/projeto_de_lei_no49-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade dos estabelecimentos de ensino a oferecer material escolar adaptado aos estudantes com deficiência no município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>3918</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3918/projeto_de_lei_no50-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3918/projeto_de_lei_no50-2025.pdf</t>
   </si>
   <si>
     <t>Institui no município de São Francisco de Assis o mês "Abril Laranja" como mês da prevenção aos maus tratos, crueldade e abandono dos animais.</t>
   </si>
   <si>
     <t>3919</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3919/projeto_de_lei_no51-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3919/projeto_de_lei_no51-2025.pdf</t>
   </si>
   <si>
     <t>Programa "Visão para todos" que determina a necessidade de realizar exames oftalmológicos para estudantes matriculados na Rede Pública de Ensino Fundamental e pessoas baixa renda no Município de São Francisco de Assis e da outras providências.</t>
   </si>
   <si>
     <t>3933</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3933/projeto_de_lei_no52-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3933/projeto_de_lei_no52-2025.pdf</t>
   </si>
   <si>
     <t>Assegura as famílias de baixa renda assistência técnica publica e gratuita para o projeto e a construção de habitação de interesse social de acordo com a lei federal nº11.888/2008, no âmbito do município de São Francisco de Assis e da outras providencias.</t>
   </si>
   <si>
     <t>3934</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3934/projeto_de_lei_no53-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3934/projeto_de_lei_no53-2025.pdf</t>
   </si>
   <si>
     <t>Dispoe sobre a destinação de 5%(cinco por cento) do total de moradias populares de programas habitacionais públicos as mulheres vitimas de violência domestica ou tentativa de crime de feminicídio, no âmbito do município de São Francisco de Assis e da outras providencias</t>
   </si>
   <si>
     <t>3935</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3935/projeto_de_lei_no54-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3935/projeto_de_lei_no54-2025.pdf</t>
   </si>
   <si>
     <t>Institui o programa "Porteira Adentro" no município de São Francisco de Assis e dá outras providencias.</t>
   </si>
   <si>
     <t>3936</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3936/projeto_de_lei_substitutivo_n55-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3936/projeto_de_lei_substitutivo_n55-2025.pdf</t>
   </si>
   <si>
     <t>Denomina "Ginásio Paulo Gioda", o ginásio localizado na rua Garibaldi, Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>3947</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Leonardo Pilar</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3947/substitutivo_ao_projeto_de_lei_n56-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3947/substitutivo_ao_projeto_de_lei_n56-2025.pdf</t>
   </si>
   <si>
     <t>Institui campanha de orientação aos idosos contra a violência financeira no âmbito do comércio.</t>
   </si>
   <si>
     <t>3974</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3974/projeto_de_lei_no57-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3974/projeto_de_lei_no57-2025.pdf</t>
   </si>
   <si>
     <t>Altera o §1º do art. 5º da Lei Municipal nº 95, de 12 de junho de 2002, que dispõe sobre a contribuição para o Custeio do Serviço de Iluminação Pública, e da outras providências.</t>
   </si>
   <si>
     <t>3975</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3975/projeto_de_lei_no58-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3975/projeto_de_lei_no58-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Dia do Servidor Público Municipal Aposentado no âmbito do Município de São Francisco de Assis, e da outras providências.</t>
   </si>
   <si>
     <t>3976</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3976/projeto_de_lei_no59-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3976/projeto_de_lei_no59-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Dia do Trabalhador da saúde no âmbito do município de São Francisco de Assis, e da outras providencias.</t>
   </si>
   <si>
     <t>3977</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3977/projeto_de_lei_no_60-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3977/projeto_de_lei_no_60-2025.pdf</t>
   </si>
   <si>
     <t>Dispoe sobre a obrigatoriedade de Acomodação, em espaço único especifico e de destaque, de produtos alimentícios recomendados para pessoas com diabetes, e dá outras providências.</t>
   </si>
   <si>
     <t>3978</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3978/projeto_de_lei_no_61-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3978/projeto_de_lei_no_61-2025.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do município de São Francisco de Assis, a isenção do imposto predial territorial urbano - IPTU aos imóveis localizados em logradouros públicos sem pavimentação e dá outras providências.</t>
   </si>
   <si>
     <t>3979</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3979/substitutivo_ao_projeto_de_lei_n62-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3979/substitutivo_ao_projeto_de_lei_n62-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal "Adote uma Escola ou EMEI" e dá outras providências.</t>
   </si>
   <si>
     <t>3995</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3995/projeto_de_lei_no63-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3995/projeto_de_lei_no63-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre diretrizes para identificação e registro eletrônico de animais domésticos no Município de São Francisco de Assis, especialmente os destinados a adoção, e dá outras providências.</t>
   </si>
   <si>
     <t>4029</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4029/substitutivo_ao_pl_no64-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4029/substitutivo_ao_pl_no64-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Dia S de Valorização e Reconhecimento do Serviço Social do Comercio (Sesc) e do Serviço Nacional de Aprendizagem Comercial (Senac) no âmbito do município de São Francisco de Assis/RS e dá outras providencias.</t>
   </si>
   <si>
     <t>4039</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Kassineida Paz</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4039/projeto_de_lei_no65-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4039/projeto_de_lei_no65-2025.pdf</t>
   </si>
   <si>
     <t>Institui o dia da Feira de Profissões no calendário oficial de datas comemorativas do Município de São Francisco de Assis e dá outras providencias.</t>
   </si>
   <si>
     <t>4040</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4040/projeto_de_lei_no66-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4040/projeto_de_lei_no66-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder público implantar o “Programa Médico nas Emei’s” no Município de São Francisco de Assis, especialmente os destinados a adoção, e dá outras providencias.</t>
   </si>
   <si>
     <t>4055</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Matias Gomes</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4055/projeto_de_lei_n67-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4055/projeto_de_lei_n67-2025.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de São Francisco de Assis, a Lei Municipal da Limpeza Urbana e da Preservação dos Espaços Públicos, e dá outras providências.</t>
   </si>
   <si>
     <t>4071</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4071/substitutivo_projeto_68-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4071/substitutivo_projeto_68-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Projeto ''Adote um Espaço Esportivo Público'' e dá outras providências.</t>
   </si>
   <si>
     <t>4086</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4086/projeto_de_lei_no69-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4086/projeto_de_lei_no69-2025.pdf</t>
   </si>
   <si>
     <t>Institui no Município de São Francisco de Assis a Semana Municipal do Lixo Zero.</t>
   </si>
   <si>
     <t>4096</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4096/projeto_de_lei_n70-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4096/projeto_de_lei_n70-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza ligações de energia elétrica e água, pelas respectivas concessionárias, nos casos especificados.</t>
   </si>
   <si>
     <t>4105</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Leticia Salcedo</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4105/substitutivo_projeto_de_lei_n_71-2025_leticia_salcedo_machado.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4105/substitutivo_projeto_de_lei_n_71-2025_leticia_salcedo_machado.pdf</t>
   </si>
   <si>
     <t>Institui o "Agosto lilás" como mês de conscientização e combate a violência contra mulher no município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>4106</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4106/projeto_de_lei_no72-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4106/projeto_de_lei_no72-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação com encargo a Administração Municipal de terrenos para edificação de habitações de interesse social e habitações para mercado popular.</t>
   </si>
   <si>
     <t>4137</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4137/projeto_de_lei_n73-2025_do_ver._rodrigo_lamberti.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4137/projeto_de_lei_n73-2025_do_ver._rodrigo_lamberti.pdf</t>
   </si>
   <si>
     <t>Institui o mês “Junho Vermelho”, dedicado à realização de campanha de incentivo a doação de sangue, no âmbito do município de São Francisco de Assis/RS, e dá outras providências.</t>
   </si>
   <si>
     <t>4138</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4138/projeto_de_lei_n74-2025_do_ver._nilo_santos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4138/projeto_de_lei_n74-2025_do_ver._nilo_santos.pdf</t>
   </si>
   <si>
     <t>Institui auxílio financeiro para mães atípicas ou responsáveis legais atípicos.</t>
   </si>
   <si>
     <t>4139</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4139/substitutivo_ao_projeto_de_lei_n75-2025_do_ver._nilo_santos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4139/substitutivo_ao_projeto_de_lei_n75-2025_do_ver._nilo_santos.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a conceder sensores e aparelhos digitais de monitoramento de glicose a pacientes em tratamento.</t>
   </si>
   <si>
     <t>4238</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4238/projeto_de_lei_n_76-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4238/projeto_de_lei_n_76-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Semana da Prevenção e Combate à Intimidação Sistemática (Bullying)"</t>
   </si>
   <si>
     <t>4160</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4160/projeto_de_lei_n77-2025_do_vereador_nilo.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4160/projeto_de_lei_n77-2025_do_vereador_nilo.pdf</t>
   </si>
   <si>
     <t>Estabelece o direito da mulher vítima de violência doméstica e familiar e de seus dependentes á prioridade em matrícula e rematrícula em instituições municipais de ensino, bem como á isenção de taxa de inscrição em concursos públicos e processos seletivos, no âmbito do Município de São Francisco de Assis/RS</t>
   </si>
   <si>
     <t>4155</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>Leonardo Pilar, Matias Gomes, Rodrigo Lamberti, Rudinei Cortese</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4155/projeto_de_lei_n_78-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4155/projeto_de_lei_n_78-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei N° 859/2014, que autoriza o poder legislativo a custear plano de Saúde aos servidores titulares de cargo efetivo e em comissão, contratados, agentes políticos.</t>
   </si>
   <si>
     <t>4161</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4161/substitutivo_ao_pl_n79.2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4161/substitutivo_ao_pl_n79.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a acessibilidade de pessoas com deficiência ou mobilidade reduzida a brinquedos e equipamentos de academia em EMEI'S e escolas públicas municipais.</t>
   </si>
   <si>
     <t>4162</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4162/substitutivo_ao_projeto_de_lei_n80-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4162/substitutivo_ao_projeto_de_lei_n80-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Projeto "Adote uma Ponte" no Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>4197</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4197/projeto_de_lei_n81.2025_do_ver._nilo_santos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4197/projeto_de_lei_n81.2025_do_ver._nilo_santos.pdf</t>
   </si>
   <si>
     <t>Institui o programa municipal de enfrentamento e prevenção á violência doméstica e familiar, sexual e de gênero contra a mulher nas escolas da rede municipal de ensino, o protocolo e identificação e encaminhamento de casos de violência detectados no ambiente escolar e protocolo do uso do violentômetro e dá outras providências.</t>
   </si>
   <si>
     <t>4198</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4198/projeto_de_lei_n82.2025_do_ver.nilo_santos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4198/projeto_de_lei_n82.2025_do_ver.nilo_santos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o envio de informações à Câmara de Vereadores sobre as Indicações e Pedidos de Providências enviadas ao Poder Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>4211</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4211/projeto_de_lei_n_83-2025_ver._rodrigo_lamberti.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4211/projeto_de_lei_n_83-2025_ver._rodrigo_lamberti.pdf</t>
   </si>
   <si>
     <t>Institui no Município de São Francisco de Assis a política de incentivo ao consumo no comércio local, denominada "Compra Legal Gera Emprego", e dá outras providências.</t>
   </si>
   <si>
     <t>4212</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4212/substitutivo_ao_projeto_de_lei_n84-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4212/substitutivo_ao_projeto_de_lei_n84-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Banco de Brinquedos Pedagógicos para Crianças com Transtorno do Espectro Autista – TEA, no Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>4213</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4213/substitutivo_ao_projeto_de_lei_n85-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4213/substitutivo_ao_projeto_de_lei_n85-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da oferta de acompanhante ou monitor especializado para alunos com Transtorno do Espectro Autista (TEA) matriculados na rede municipal de ensino de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>4210</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4210/projeto_de_lei_n_86-2025_ver._nilo_santos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4210/projeto_de_lei_n_86-2025_ver._nilo_santos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa Municipal de Incentivo ao Primeiro Emprego para Jovens e dá outras providências.</t>
   </si>
   <si>
     <t>4239</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4239/projeto_de_lei_n_87-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4239/projeto_de_lei_n_87-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a regularização fundiária de imóveis de propriedade do Município de São Francisco de Assis/RS, ocupados por famílias de baixa renda, e dá outras providência."</t>
   </si>
   <si>
     <t>4281</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4281/substitutivo_pl_88-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4281/substitutivo_pl_88-2025.pdf</t>
   </si>
   <si>
     <t>Institui o "Mês do Idoso" no âmbito do Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>4241</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4241/substitutivo_ao_projeto_de_lei_n89-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4241/substitutivo_ao_projeto_de_lei_n89-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal, a instituir, em caráter preventivo e informativo, pontos de apoio e divulgação do trabalho de proteção à mulher, e para acolhimento de denúncias de violência contra a mulher, em grandes eventos realizados no município de São Francisco de Assis/RS.</t>
   </si>
   <si>
     <t>4217</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4217/projeto_de_lei_n_90-2025_ver._nilo_santos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4217/projeto_de_lei_n_90-2025_ver._nilo_santos.pdf</t>
   </si>
   <si>
     <t>Altera os Arts. 1°, 2° e 17 da Lei Municipal n°1202, de 3 de abril 2019, que autoriza o Poder Executivo a regulamentar o uso do solo na Praça Coronel Manoel Viana, Praça Independência, Calçadão e Estação Rodoviária.</t>
   </si>
   <si>
     <t>4242</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4242/projeto_de_lei_n91-2025_do_vereador_nilo_santos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4242/projeto_de_lei_n91-2025_do_vereador_nilo_santos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição e disciplinamento do serviço de vigilância e segurança patrimonial nas unidades de ensino da rede pública municipal de São Francisco de Assis - RS e dá outras providências.</t>
   </si>
   <si>
     <t>4224</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4224/projeto_de_lei_n92-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4224/projeto_de_lei_n92-2025.pdf</t>
   </si>
   <si>
     <t>Extingue e cria cargos no âmbito do poder Legislativo Municipal e promove alterações na Lei n°17/2010, que estabelece a estrutura administrativa da Câmara de Vereadores de São Francisco de Assis, RS.</t>
   </si>
   <si>
     <t>4260</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4260/substitutivo_ao_pl_n93-2025_do_vereador_nilo_santos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4260/substitutivo_ao_pl_n93-2025_do_vereador_nilo_santos.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n°907/2014, acrescentando os incisos XVIII, XIX, XX, XXI, XXII, XXIII, XXIV,XXV, XXVI, XXVII,XXVIII, XXIX, XXX, XXXI, XXXII, XXXIII, XXXIV, ao Art. 2°.</t>
   </si>
   <si>
     <t>4282</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4282/projeto_de_lei_n_94.2025_do_vereador_leonardo_pilar.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4282/projeto_de_lei_n_94.2025_do_vereador_leonardo_pilar.pdf</t>
   </si>
   <si>
     <t>Estabelece a reserva de 1 (uma) vaga para mães/pais atípicos nos Conselhos Municipais e dá outras providências.</t>
   </si>
   <si>
     <t>4295</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4295/projeto_de_lei_n_95.2025_da_vereadora_leticia_salcedo.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4295/projeto_de_lei_n_95.2025_da_vereadora_leticia_salcedo.pdf</t>
   </si>
   <si>
     <t>Estabelece prioridade de acesso a programas habitacionais municipais para mulheres vítimas de violência doméstica e familiar no âmbito do município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>4339</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4339/projeto_de_lei_n96-2025_do_vereador_nilo_santos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4339/projeto_de_lei_n96-2025_do_vereador_nilo_santos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a destinação de até 30%(trinta por cento) do valor do Imposto Predial e Territorial Urbano - IPTU para entidades esportivas e atletas do Município de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>4340</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4340/substitutivo_ao_projeto_de_lei_n97-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4340/substitutivo_ao_projeto_de_lei_n97-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade na criação, e posterior alimentação e atualização de páginas eletrônicas de transparência nas instituições hospitalares, instituições filantrópicas e demais instituições públicas ou privadas que tenham sede no Município de São Francisco de Assis/RS e que percebam repasses de qualquer espécie de recursos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>4350</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4350/substitutivo_ao_projeto_n98-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4350/substitutivo_ao_projeto_n98-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Selo Empresa Amiga da Educação no município de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>4351</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4351/projeto_de_lei_n99-2025_da_ver._elizandra_de_melo_sacardi.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4351/projeto_de_lei_n99-2025_da_ver._elizandra_de_melo_sacardi.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da disponibilização de espaço exclusivo e identificado para a exposição de produtos orgânicos nos mercados, supermercados e estabelecimentos similares do Município de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>4352</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4352/projeto_de_lei_n100-2025_da_ver._elizandra_de_melo_sacardi.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4352/projeto_de_lei_n100-2025_da_ver._elizandra_de_melo_sacardi.pdf</t>
   </si>
   <si>
     <t>Obriga os hospitais, as clínicas, os laboratórios e as unidades de saúde e de pronto atendimento da rede pública e privada no Município de São Francisco de Assis que comuniquem imediatamente à autoridade policial, no prazo de 24 (vinte e quatro) horas, quando houver indícios ou confirmação de maus-tratos e violência contra mulheres, idosos, crianças, adolescentes e pessoas com deficiência.</t>
   </si>
   <si>
     <t>4353</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4353/substitutivo_ao_projeto_de_lei_n101-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4353/substitutivo_ao_projeto_de_lei_n101-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reconhecimento de bailes, fandangos, danças tradicionais e seus respectivos ensaios como patrimônio público, cultural, histórico e de lazer do Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>4359</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4359/substitutivo_pl_102-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4359/substitutivo_pl_102-2025.pdf</t>
   </si>
   <si>
     <t>Institui a "Semana Municipal de Incentivo à Doação de Órgãos - Doar é multiplicar Vidas", a ser realizada na última semana do mês de setembro, dando ênfase especial ao dia 27 de setembro - Dia Nacional da Doação de Órgãos, e dá outras Providências.</t>
   </si>
   <si>
     <t>4393</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4393/projeto_do_lei_n103-2025_do_vereador_rodrigo_lamberti.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4393/projeto_do_lei_n103-2025_do_vereador_rodrigo_lamberti.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal de Prevenção e Combate ao feminicídio e dá outras providências.</t>
   </si>
   <si>
     <t>4394</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4394/substitutivo_ao_pl_n104-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4394/substitutivo_ao_pl_n104-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de emissão de comprovante de protocolo para todos os requerimentos e documentos protocolizados nas repartições públicas do Município de São Francisco de Assis/RS, e dá outras providências.</t>
   </si>
   <si>
     <t>4395</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4395/projeto_de_lei_n105-2025_do_vereador_matias_gomes.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4395/projeto_de_lei_n105-2025_do_vereador_matias_gomes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a destinação de percentual mínimo dos recursos do Programa Bolsa Atleta Municipal para atletas com deficiência no Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>4396</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4396/substitutivo_ao_projeto_n106-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4396/substitutivo_ao_projeto_n106-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Selo "Empresa Amiga do Esporte" no Município de São Francisco de Assis/RS e dá outras providências.</t>
   </si>
   <si>
     <t>4397</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4397/projeto_de_lei_n107-2025_do_vereador_nilo_santos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4397/projeto_de_lei_n107-2025_do_vereador_nilo_santos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da criação de áreas abrigadas para o aguardo de atendimento nos postos de saúde e unidades de atenção básica no âmbito do município de São Francisco de Assis/RS, e dá outras providências.</t>
   </si>
   <si>
     <t>4421</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4421/projeto_de_lei_n_108-2025_ver._nilo_santos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4421/projeto_de_lei_n_108-2025_ver._nilo_santos.pdf</t>
   </si>
   <si>
     <t>Institui o Selo Município Amigo da Mulher a ser conferido a órgãos públicos, entidades e instituições que se destacarem na efetividade de políticas públicas voltadas à promoção da igualdade de gênero, à defesa dos direitos das mulheres e ao seu bem-estar social, e dá outras providências.</t>
   </si>
   <si>
     <t>4422</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4422/projeto_de_lei_n_109-2025_ver._rodrigo_lamberti.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4422/projeto_de_lei_n_109-2025_ver._rodrigo_lamberti.pdf</t>
   </si>
   <si>
     <t>Institui no Município de São Francisco de Assis a Semana Municipal de Sensibilização e Conscientização sobre Saúde Mental e dá outras providências.</t>
   </si>
   <si>
     <t>4401</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4401/projeto_de_lei_n_110-2025_ver_orlando_flores.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4401/projeto_de_lei_n_110-2025_ver_orlando_flores.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a instituição de diretrizes para a análise e o monitoramento meteorológico prévio em eventos públicos realizados ao ar livre no Município de São Francisco de Assis – RS, e dá outras providências.”</t>
   </si>
   <si>
     <t>4423</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4423/projeto_de_lei_n111-2025_ver._kassineida_paz.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4423/projeto_de_lei_n111-2025_ver._kassineida_paz.pdf</t>
   </si>
   <si>
     <t>Institui no Município de São Francisco de Assis o Programa de Prevenção ao Glúten e à Lactose nas EMEIs e Escolas Públicas Municipais e dispõe sobre a obrigatoriedade de separação em prateleiras específicas nos estabelecimentos comerciais e dá outras providências.</t>
   </si>
   <si>
     <t>4446</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4446/projeto_de_lei_n112-2025_ver._rodrigo.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4446/projeto_de_lei_n112-2025_ver._rodrigo.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de São Francisco de Assis, a Semana Municipal da Consciência Negra, e dá outras providências.</t>
   </si>
   <si>
     <t>4447</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4447/projeto_de_lei_n113-2025_ver._matias.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4447/projeto_de_lei_n113-2025_ver._matias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão da Cavalgada Don Lázaro no Calendário Oficial de Eventos do Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>4517</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4517/projeto_de_lei_n_114-2025_ver_ebertom_luiz.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4517/projeto_de_lei_n_114-2025_ver_ebertom_luiz.pdf</t>
   </si>
   <si>
     <t>Veda a nomeação de pessoa condenada, por sentença criminal com trânsito em julgado e fundamentada na Lei Federal n°11.340, de 07 de agosto de 2006 (Lei Maria da Penha), para exercer cargo ou emprego público no município de São Francisco de Assis, inclusive nos âmbitos do Poder Legislativo e da Administração Indireta.</t>
   </si>
   <si>
     <t>4479</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4479/substitutivo_ao_pl_n115-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4479/substitutivo_ao_pl_n115-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de sistemas de câmeras de segurança nos principais pontos de descarte irregular de lixo no Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>4580</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4580/projeto_de_lei_n116-2025_ver._ebertom_luiz.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4580/projeto_de_lei_n116-2025_ver._ebertom_luiz.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de prevenção à Adultização Infantil e Adolescente, e dá outras providências.</t>
   </si>
   <si>
     <t>4489</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4489/projeto_de_lei_n117-2025_do_ver_rodrigo_lamberti.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4489/projeto_de_lei_n117-2025_do_ver_rodrigo_lamberti.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de divulgação, pelo Poder Executivo Municipal, da relação de medicamentos e insumos disponíveis e em falta na rede pública de saúde de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>4465</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4465/projeto_de_lei_n118-2025_do_vereador_lone_bianchini.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4465/projeto_de_lei_n118-2025_do_vereador_lone_bianchini.pdf</t>
   </si>
   <si>
     <t>Institui como atividade essencial a Apicultura e a Meliponicultura no âmbito de município de São Francisco de Assis/RS.</t>
   </si>
   <si>
     <t>4466</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4466/projeto_de_lei_n119-2025_da_vereadora_kassineida_paz.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4466/projeto_de_lei_n119-2025_da_vereadora_kassineida_paz.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Formação Continuada em Educação Inclusiva (PROMEI) para os profissionais da Rede Municipal de Ensino de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>4467</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4467/projeto_de_lei_n120-2025_do_vereador_nilo_santos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4467/projeto_de_lei_n120-2025_do_vereador_nilo_santos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a emissão de Carteira Funcional de identificação para os Docentes da Rede Pública Municipal de Ensino, ativos e inativos.</t>
   </si>
   <si>
     <t>4478</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4478/projeto_de_lei_n121-2025_vereador_lone_bianchini.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4478/projeto_de_lei_n121-2025_vereador_lone_bianchini.pdf</t>
   </si>
   <si>
     <t>Institui o Projeto "Adote uma Placa Indicativa de Localidade" no Município de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>4488</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4488/projeto_de_lei_n122-2025_do_ver_nilo_santos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4488/projeto_de_lei_n122-2025_do_ver_nilo_santos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aplicação de sanções administrativas aos atos de vandalismo, inclusive pichação, contra bens públicos e privados no município de São Francisco de Assis-RS.</t>
   </si>
   <si>
     <t>4490</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4490/projeto_de_lei_n123-2025_do_ver_lone_bianchini.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4490/projeto_de_lei_n123-2025_do_ver_lone_bianchini.pdf</t>
   </si>
   <si>
     <t>Denomina “Didi Pilar” a SF 212 - da RS 241 (São Thomé) a esquina de acesso ao Mocambo, do município de São Francisco de Assis/RS.</t>
   </si>
   <si>
     <t>4519</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4519/projeto_de_lei_n124.2025_do_vereador_nilo_santos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4519/projeto_de_lei_n124.2025_do_vereador_nilo_santos.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Incentivo ao Uso Social e Produtivo de IMÓVEIS Urbanos Ociosos para fins de Hortas Comunitárias, no Município de São Francisco de Assis/RS.</t>
   </si>
   <si>
     <t>4518</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4518/substitutivo_ao_pl_n125-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4518/substitutivo_ao_pl_n125-2025.pdf</t>
   </si>
   <si>
     <t>Institui a "Semana do Empreendedorismo Feminino" no Município de São Francisco de Assis/RS.</t>
   </si>
   <si>
     <t>4605</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4605/projeto_de_lei_n126-2025_ebertom_luiz.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4605/projeto_de_lei_n126-2025_ebertom_luiz.pdf</t>
   </si>
   <si>
     <t>Institui o Banco de Ideias Legislativas no âmbito da Câmara Municipal de São Francisco de Assis/RS e dá outras providências.</t>
   </si>
   <si>
     <t>4579</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4579/projeto_de_lei_n127-2025_ver._nilo_santos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4579/projeto_de_lei_n127-2025_ver._nilo_santos.pdf</t>
   </si>
   <si>
     <t>Torna obrigatório o registro da falta de medicamentos nas receitas médicas nas Farmácias da Rede Pública Municipal de Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>4606</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4606/projeto_de_lei_n128-2025_nilo_santos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4606/projeto_de_lei_n128-2025_nilo_santos.pdf</t>
   </si>
   <si>
     <t>“Institui, no âmbito do Município de São Francisco de Assis, o ‘Dia do Bota Fora’ e dá outras providências.”</t>
   </si>
   <si>
     <t>4551</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>Matias Gomes, Rodrigo Lamberti, Rudinei Cortese</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4551/projeto_de_lei_n_129-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4551/projeto_de_lei_n_129-2025.pdf</t>
   </si>
   <si>
     <t>Abre um crédito suplementar no valor de R$ 33.300,00 (trinta e três mil e trezentos reais), para reforço de dotações orçamentárias insuficientes no corrente exercício da Câmara Municipal.</t>
   </si>
   <si>
     <t>4578</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4578/projeto_de_lei_n130-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4578/projeto_de_lei_n130-2025.pdf</t>
   </si>
   <si>
     <t>Assegura às pessoas com Transtorno do Espectro Autista (TEA) o direito de ingressar e consumir seus próprios alimentos em espaços públicos e privados no Município de São Francisco de Assis-RS, e dá outras providências.</t>
   </si>
   <si>
     <t>4815</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4815/projeto_de_lei_n_131-2025_ver._nilo_santos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4815/projeto_de_lei_n_131-2025_ver._nilo_santos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de isenção parcial (50%) do Imposto Predial e Territorial Urbano (IPTU) para imóveis edificados localizados em vias públicas desprovidas de pavimentação, e dá outras providências.</t>
   </si>
   <si>
     <t>3110</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Franklin Pereira, Miguel Lamberty</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3110/projeto_de_lei_n_01-2024_mesa_diretora.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3110/projeto_de_lei_n_01-2024_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual dos subsídios aos agentes políticos do Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>3111</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3111/projeto_de_lei_n_02-2024_mesa_diretora.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3111/projeto_de_lei_n_02-2024_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Altera a tabela de de vencimento do quadro permanente de cargos e quadro de cargos em comissão da Câmara de Municipal de São Francisco de Assis.</t>
   </si>
   <si>
     <t>3112</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3112/projeto_n_03-2024_mesa_diretora.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3112/projeto_n_03-2024_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Concede Reajuste ao vale-alimentação conforme o artigo 4° da Lei Municipal n° 819/2013, que dispõe sobre o vale-refeição dos servidores da Câmara Municipal de Vereadores.</t>
   </si>
   <si>
     <t>3137</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3137/projeto_de_lei_n04-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3137/projeto_de_lei_n04-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa Agro na Escola do Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>3143</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3143/projeto_de_lei_n05-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3143/projeto_de_lei_n05-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para implementação de políticas públicas de estimulo, incentivo, promoção e apoio a mulher empreendedora, no âmbito do Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>3147</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3147/projeto_de_lei_n_06-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3147/projeto_de_lei_n_06-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proteção as abelhas nativas sem ferrão e estimulo de criação, produção, comércio, polinização urbana e rural no município de São Francisco de Assis e da outras providências.</t>
   </si>
   <si>
     <t>3155</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3155/projeto_de_lei_no07-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3155/projeto_de_lei_no07-2024.pdf</t>
   </si>
   <si>
     <t>3156</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3156/projeto_de_lei_no08-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3156/projeto_de_lei_no08-2024.pdf</t>
   </si>
   <si>
     <t>Institui a oferta de cursos profissionalizantes para alunos destacados na rede pública de ensino de São Francisco de Assis e dá outras providencias.</t>
   </si>
   <si>
     <t>3172</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3172/projeto_de_lei_no09-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3172/projeto_de_lei_no09-2024.pdf</t>
   </si>
   <si>
     <t>Proíbe a concessão de homenagens a pessoas que tenham sido condenadas por atos de improbidade ou crime de corrupção, e dá outras providencias.</t>
   </si>
   <si>
     <t>3173</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3173/projeto_de_lei_n10-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3173/projeto_de_lei_n10-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a  promover cursos profissionalizantes a população, através da Secretaria Municipal de Desenvolvimento Social e Habitação, no âmbito  do município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>3174</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3174/projeto_de_lei__no_11-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3174/projeto_de_lei__no_11-2024.pdf</t>
   </si>
   <si>
     <t>3176</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3176/projeto_de_lei_no12-2024_substitutivo.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3176/projeto_de_lei_no12-2024_substitutivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de câmeras de monitoramento nas escolas municipais de educação infantil e a disponibilização de imagens em tempo real.</t>
   </si>
   <si>
     <t>3193</t>
   </si>
   <si>
     <t>Franklin Pereira, Leonardo Pilar</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3193/projeto_de_lei_no13-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3193/projeto_de_lei_no13-2024.pdf</t>
   </si>
   <si>
     <t>Institui o Agente de Contratação, a Equipe de Apoio e a Comissão de Contratação, suas atribuições e funcionamento, no âmbito da Câmara Municipal de São Francisco de Assis, RS, nos termos da Lei Federal nº14.133/2021, e atribui gratificação.</t>
   </si>
   <si>
     <t>3194</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3194/projeto_de_lei_no14-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3194/projeto_de_lei_no14-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo a conceder gratificação especial ao Agente Legislativo da Câmara  Municipal.</t>
   </si>
   <si>
     <t>3195</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3195/projeto_de_lei_n15-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3195/projeto_de_lei_n15-2024.pdf</t>
   </si>
   <si>
     <t>Institui Dia Municipal do Imigrante Italiano no Município de São Francisco de Assis - RS e dá outras providências.</t>
   </si>
   <si>
     <t>3205</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3205/projeto_de_lei_n16-2024_mesa_diretora.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3205/projeto_de_lei_n16-2024_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 17/2010, que estabelece a estrutura administrativa da Câmara de Vereadores de São Francisco de Assis.</t>
   </si>
   <si>
     <t>3228</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3228/projeto_de_lei_no17-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3228/projeto_de_lei_no17-2024.pdf</t>
   </si>
   <si>
     <t>Abre crédito suplementar no valor de R$ 60.000,00 (sessenta mil reais), para reforço de dotações orçamentárias insuficientes no corrente exercício da Câmara Municipal.</t>
   </si>
   <si>
     <t>3229</t>
   </si>
   <si>
     <t>Valdevi Maciel</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3229/projeto_de_lei_no18-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3229/projeto_de_lei_no18-2024.pdf</t>
   </si>
   <si>
     <t>Altera o inciso II do artigo 2º da Lei nº1372/2021 que trata sobre a multa em valor correspondente a Unidade de Referência Municipal (URM).</t>
   </si>
   <si>
     <t>3239</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3239/projeto_de_lei_n19-_2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3239/projeto_de_lei_n19-_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação do subsídio mensal dos Vereadores da Câmara Municipal de São Francisco de Assis, RS, para o período de 1° de janeiro de 2025 a 31 de dezembro de 2028.</t>
   </si>
   <si>
     <t>3240</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3240/projeto_de_lei_n20-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3240/projeto_de_lei_n20-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação e sobre o pagamento do subsídio de prefeito, de vice-prefeito e de secretários municipais para o período de 01 de janeiro de 2025 a 31 de dezembro de 2028, no município de São Francisco de Assis/RS.</t>
   </si>
   <si>
     <t>3249</t>
   </si>
   <si>
     <t>Franklin Pereira</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3249/projeto_de_lei_n21-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3249/projeto_de_lei_n21-2024.pdf</t>
   </si>
   <si>
     <t>Institui o direito do contribuinte de ter acesso a meios e formas de pagamento digital, tais como Pix e transferência bancária, para quitação de débitos de natureza tributária, taxas e contribuição.</t>
   </si>
   <si>
     <t>3254</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3254/projeto_de_lei_n22-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3254/projeto_de_lei_n22-2024.pdf</t>
   </si>
   <si>
     <t>Denomina por lei uma praça pública localizada no bairro Matheus Mandarino de Rube Canabarro, e dá outras providências.</t>
   </si>
   <si>
     <t>3285</t>
   </si>
   <si>
     <t>Dilamar Salbego, Franklin Pereira, Leonardo Pilar</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3285/projeto_de_lei_n23-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3285/projeto_de_lei_n23-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n°23/2024 – da Mesa Diretora – Altera a Lei n°17/2010, que estabelece a estrutura administrativa da Câmara de Vereadores de São Francisco de Assis/RS.</t>
   </si>
   <si>
     <t>3286</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3286/projeto_de_lei_n24-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3286/projeto_de_lei_n24-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n°24/2024 – da Mesa Diretora – Altera a Lei n°17/2010, que estabelece a estrutura administrativa da Câmara de Vereadores de São Francisco de Assis/RS.</t>
   </si>
   <si>
     <t>3287</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3287/projeto_de_lei_n25-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3287/projeto_de_lei_n25-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n°25/2024 – da Mesa Diretora – Autoriza o Poder Legislativo a conceder gratificação especial ao Agente Legislativo da Câmara Municipal.</t>
   </si>
   <si>
     <t>3288</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3288/projeto_de_lei_n26-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3288/projeto_de_lei_n26-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n°26/2024 – da Mesa Diretora – Institui o Agente de Contratação, a Equipe de Apoio e a Comissão de Contratação, suas atribuições e funcionamento, no âmbito da Câmara Municipal de São Francisco de Assis, RS, nos termos da Lei n°14.133/2021, e atribui gratificação.</t>
   </si>
   <si>
     <t>3294</t>
   </si>
   <si>
     <t>Ângelo Resta, Dilamar Salbego, Franklin Pereira, Leonardo Pilar</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3294/projeto_de_lei_n27-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3294/projeto_de_lei_n27-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o regime de adiantamento de numerário para despesas de pronto pagamento no âmbito do Poder Legislativo.</t>
   </si>
   <si>
     <t>3316</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3316/projeto_de_lei_no28-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3316/projeto_de_lei_no28-2024.pdf</t>
   </si>
   <si>
     <t>Institui o "Selo Empresa Solidária com a vida" destinado as Empresas que desenvolvam programas de esclarecimento e incentivo aos seus funcionários para a doação de sangue, medula óssea, tecidos humanos e dá outras providências.</t>
   </si>
   <si>
     <t>3331</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3331/projeto_de_lei_n29-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3331/projeto_de_lei_n29-2024.pdf</t>
   </si>
   <si>
     <t>Institui o Serviço Voluntário no âmbito da Administração Direta e Indireta do município de São Francisco de Assis-RS e dá outras providências.</t>
   </si>
   <si>
     <t>3353</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3353/projeto_de_lei_n_30-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3353/projeto_de_lei_n_30-2024.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal sobre Mudanças Climáticas no âmbito do Município de São Francisco de Assis/RS, e dá outras providências.</t>
   </si>
   <si>
     <t>3378</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3378/projeto_de_lei_n31-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3378/projeto_de_lei_n31-2024.pdf</t>
   </si>
   <si>
     <t>Abre um crédito suplementar no valor de R$10.000,00(dez mil reais), para reforço de dotações orçamentárias insuficientes no corrente exercício da Câmara Municipal.</t>
   </si>
   <si>
     <t>3379</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3379/projeto_de_lei_n322024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3379/projeto_de_lei_n322024.pdf</t>
   </si>
   <si>
     <t>Institui a modalidade esportiva de bocha como esporte oficial do Município de São Francisco e Assis e dá outras providências.</t>
   </si>
   <si>
     <t>3383</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3383/projeto_de_lei_n33-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3383/projeto_de_lei_n33-2024.pdf</t>
   </si>
   <si>
     <t>Institui o dia municipal do empreendedor, no município de São Francisco de Assis-RS, e dá outras providências.</t>
   </si>
   <si>
     <t>3392</t>
   </si>
   <si>
     <t>Dilamar Salbego</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3392/projeto_de_lei_n34-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3392/projeto_de_lei_n34-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o programa Crianças seguras nas escolas da rede pública de ensino do município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>3417</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3417/projeto_de_lei_n_35.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3417/projeto_de_lei_n_35.2024.pdf</t>
   </si>
   <si>
     <t>Denomina de Neneca Gomes a praça localizada na rua 13 de janeiro, entre as quadras Barros Cassal e Carlos Gomes e dá outras providências.</t>
   </si>
   <si>
     <t>3430</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3430/projeto_de_lei_no36-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3430/projeto_de_lei_no36-2024.pdf</t>
   </si>
   <si>
     <t>3439</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3439/projeto_de_lei_n37-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3439/projeto_de_lei_n37-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de sistema de câmera de segurança nas praças e Playground, no âmbito de São Francisco de Assis.</t>
   </si>
   <si>
     <t>3440</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3440/projeto_de_lei_n38-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3440/projeto_de_lei_n38-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder executivo a ofertar as mesmas refeições fornecidas pela unidade escolar dos alunos, também aos professores, merendeiras e demais servidores das escolas públicas municipais e dá outras providências.</t>
   </si>
   <si>
     <t>3447</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3447/projeto_de_lei_n39-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3447/projeto_de_lei_n39-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a tramitação e aprovação de denominação de vias e logradouros públicos,  no âmbito de São Francisco de Assis.</t>
   </si>
   <si>
     <t>3451</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3451/projeto_de_lei_n40-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3451/projeto_de_lei_n40-2024.pdf</t>
   </si>
   <si>
     <t>Substitui a denominação de Ipiranga, para Doutor Milton Medeiros, a rua que está entre as quadras João Moreira e Daltro Filho, dá outras providências.</t>
   </si>
   <si>
     <t>3452</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3452/projeto_de_lei_n41-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3452/projeto_de_lei_n41-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o fornecimento de alimentação escolar aos professores e demais servidores, em efetivo exercício nas Escolas Públicas Municipais de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>3514</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3514/substitutivo_ao_projeto_de_lei_n42-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3514/substitutivo_ao_projeto_de_lei_n42-2024.pdf</t>
   </si>
   <si>
     <t>3506</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3506/projeto_de_lei_n43-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3506/projeto_de_lei_n43-2024.pdf</t>
   </si>
   <si>
     <t>3511</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3511/pl_no44-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3511/pl_no44-2024.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Saúde Mental nas escolas da Rede Pública Municipal.</t>
   </si>
   <si>
     <t>3512</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3512/pl_no45-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3512/pl_no45-2024.pdf</t>
   </si>
   <si>
     <t>3513</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3513/pl_no46-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3513/pl_no46-2024.pdf</t>
   </si>
   <si>
     <t>3549</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3549/projeto_de_lei_no47-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3549/projeto_de_lei_no47-2024.pdf</t>
   </si>
   <si>
     <t>Estabelece e regulamenta o Tratamento Fora de Domicílio - TFD, instituído pela Portaria nº55 da Secretaria de Assistência a Saúde (Ministério da Saúde), visando garantir, através do SUS, tratamento médico a pacientes portadores de doenças não tratáveis no Município de origem por falta de condições técnicas e dá outras providências.</t>
   </si>
   <si>
     <t>3548</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3548/projeto_de_lei_no48-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3548/projeto_de_lei_no48-2024.pdf</t>
   </si>
   <si>
     <t>Abre um crédito suplementar no valor de R$ 38.000,00 (trinta e oito mil reais), para reforço de dotações orçamentárias insuficientes no corrente exercício da Câmara Municipal.</t>
   </si>
   <si>
     <t>3556</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3556/projeto_de_lei_n49-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3556/projeto_de_lei_n49-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação dos espaços Pet friendly(amigos de estimação) em estabelecimentos comerciais, hotéis, restaurantes, bares e similares, no Município de São Francisco de Assis e da outras providências.</t>
   </si>
   <si>
     <t>3557</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3557/projeto_de_lei_n50-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3557/projeto_de_lei_n50-2024.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de prevenção ao diabetes nas Creches e Escolas Públicas Municipais do município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>3558</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3558/projeto_de_lei_no_51-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3558/projeto_de_lei_no_51-2024.pdf</t>
   </si>
   <si>
     <t>Institui o dia municipal do fumicultor, no Município de São Francisco de Assis-RS, e dá outras providências.</t>
   </si>
   <si>
     <t>3682</t>
   </si>
   <si>
     <t>Franklin Pereira, Ângelo Resta, Dilamar Salbego, Leonardo Pilar</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3682/projeto_de_lei_n_53.2024_da_mesa_diretora.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3682/projeto_de_lei_n_53.2024_da_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Abre um crédito suplementar no valor de R$ 90.000,00 (noventa mil reais), para reforço de dotações orçamentárias insuficientes no corrente exercício da Câmara Municipal.</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2417/projeto_de_lei_no_01.2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2417/projeto_de_lei_no_01.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Projeto "Adote uma lixeira" e dá outras providências.</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2419/projeto_de_lei_n02-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2419/projeto_de_lei_n02-2023.pdf</t>
   </si>
   <si>
     <t>Institui o Programa "IPTU Social" e autoriza o Poder Executivo a conceder isenção de Imposto Predial e Territorial Urbano (IPTU) para as pessoas com baixa renda cadastradas no Cadastro Único do Governo Federal.</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
     <t>Lone Bianchini, Nilo Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2420/projeto_de_lei_n_03-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2420/projeto_de_lei_n_03-2023.pdf</t>
   </si>
   <si>
     <t>Concede desconto de IPTU a empresas e munícipes que instalaram câmeras de vídeo monitoramento de alta resolução em frente a seus estabelecimentos ou imóveis residenciais, conforme Dispõe.</t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2421/projeto_de_lei_n_04-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2421/projeto_de_lei_n_04-2023.pdf</t>
   </si>
   <si>
     <t>Disciplina a instalação de faixa elevada para travessia de pedestre em frente a escolas do município e dá outras providências.</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2422/projeto_de_lei_n_05-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2422/projeto_de_lei_n_05-2023.pdf</t>
   </si>
   <si>
     <t>Dispões sobre a gravação em áudio e vídeo de processos licitatórios e sua transmissão ao vivo, por meio da internet, no portal da transparência da Prefeitura Municipal de São Francisco de Assis.</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2423/projeto_de_lei_n_06-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2423/projeto_de_lei_n_06-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de desconto no pagamento de IPTU às pessoas que adotem animais e dá outras providências.</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2424/projeto_de_lei_n_07-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2424/projeto_de_lei_n_07-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o serviço de manutenção de iluminação pública como serviço essencial para o município de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2425/projeto_de_lei_n_08-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2425/projeto_de_lei_n_08-2023.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Incentivo à Sustentabilidade Urbana, denominado “IPTTU VERDE”, que estabelece o desconto progressivo no IPTU de imóveis que adotarem medidas de redução de impacto ambiental e eficiência energética no Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2448/projeto_de_lei_n09-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2448/projeto_de_lei_n09-2023.pdf</t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2449/projeto_de_lei_n10-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2449/projeto_de_lei_n10-2023.pdf</t>
   </si>
   <si>
     <t>"Concede o "CERTIFICADO DE MÉRITO PELOS 50 ANOS DE SERVIÇOS PRESTADOS A COMUNIDADE  de São Francisco de Assis".</t>
   </si>
   <si>
     <t>2512</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2512/projeto_de_lei_n11-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2512/projeto_de_lei_n11-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação na demarcação das faixas de pedestre no âmbito do Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>2559</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2559/projeto_de_lei_n_12-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2559/projeto_de_lei_n_12-2023.pdf</t>
   </si>
   <si>
     <t>Institui o Projeto Órfãos do Feminicídio através do Auxílio Ampara , benefício a ser pago a crianças e adolescentes em situação de orfandade decorrente de feminicídio, e dá outras providências.</t>
   </si>
   <si>
     <t>2514</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2514/projeto_de_lei_n13-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2514/projeto_de_lei_n13-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de identificação no acesso ás escolas municipais de São Francisco de Assis.</t>
   </si>
   <si>
     <t>2519</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2519/projeto_de_lei_no_14.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2519/projeto_de_lei_no_14.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de Câmeras de monitoramento nas escolas municipais de educação infantil e a disponibilização de imagens em tempo real.</t>
   </si>
   <si>
     <t>2520</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2520/projeto_de_lei_n_15-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2520/projeto_de_lei_n_15-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de detectores de metais em estabelecimentos de ensino, creches e dá outras providências.</t>
   </si>
   <si>
     <t>2533</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2533/projeto_de_lei_no_16.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2533/projeto_de_lei_no_16.2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.513/2022, que institui o auxílio feira da agricultura para os funcionários da Câmara Municipal de São Francisco de Assis/RS</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2560/projeto_de_lei_no_17.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2560/projeto_de_lei_no_17.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adoção de Política de Transparência nas Obras Públicas Municipais</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
     <t>Ângelo Resta</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2561/projeto_de_lei_n18-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2561/projeto_de_lei_n18-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Cães Comunitários, estabelece normas para seu abrigamento e dá outras providências.</t>
   </si>
   <si>
     <t>2568</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2568/projeto_de_lei_m19-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2568/projeto_de_lei_m19-2023.pdf</t>
   </si>
   <si>
     <t>Institui a semana municipal do ciclismo, no município de São Francisco de Assis- RS e dá outras providências.</t>
   </si>
   <si>
     <t>2572</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2572/projeto_de_lei_20-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2572/projeto_de_lei_20-2023.pdf</t>
   </si>
   <si>
     <t>Institui o dia municipal do ciclista, no município de São Francisco de Assis- RS, e dá outras providências.</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2576/projeto_de_lei_n21-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2576/projeto_de_lei_n21-2023.pdf</t>
   </si>
   <si>
     <t>Cria o Programa "Escola mais segura" no município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2599/projeto_de_lei_n22-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2599/projeto_de_lei_n22-2023.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Plantio Direto no Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2611/projeto_de_lei_n_23-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2611/projeto_de_lei_n_23-2023.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal da Mulher Rural no município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2615/projeto_de_lei_no_24-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2615/projeto_de_lei_no_24-2023.pdf</t>
   </si>
   <si>
     <t>Fixa o valor do Vale-Refeição para os servidores da Câmara municipal.</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2640/substitutivo_ao_projeto_de_lei_no_25-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2640/substitutivo_ao_projeto_de_lei_no_25-2023.pdf</t>
   </si>
   <si>
     <t>Extingue e cria no âmbito do poder Legislativo Municipal e promove alterações na Lei nº 17/2010, que estabelece a estrutura administrativa da Câmara de Vereadores de São Francisco de Assis.</t>
   </si>
   <si>
     <t>2685</t>
   </si>
   <si>
     <t>Miguel Lamberty</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2685/projeto_de_lei_n26-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2685/projeto_de_lei_n26-2023.pdf</t>
   </si>
   <si>
     <t>Estabelece a obrigatoriedade de reservas de vagas especiais de estacionamento para pessoas com TEA (Transtorno do Especto Autista) e dá outras providências.</t>
   </si>
   <si>
     <t>2695</t>
   </si>
   <si>
     <t>Dilamar Salbego, Franklin Pereira</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2695/projeto_de_lei_no_27-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2695/projeto_de_lei_no_27-2023.pdf</t>
   </si>
   <si>
     <t>Institui O Dia Municipal dos Profissionais do Serviço de Atendimento Móvel de Urgência - SAMU</t>
   </si>
   <si>
     <t>2717</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2717/projeto_de_lei_n28-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2717/projeto_de_lei_n28-2023.pdf</t>
   </si>
   <si>
     <t>Altera a lei n°1172/2018, criando a SF 305 - A e a denomina "Quima Vidal", a estrada que parte da SF 305 até a propriedade do senhor Arquimedes Vidal no Município de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2718/projeto_de_lei_legislativo_no_28-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2718/projeto_de_lei_legislativo_no_28-2023.pdf</t>
   </si>
   <si>
     <t>Denomina por Lei a ponte sobre Rio Inhacunda na SF 109 como Albino Perin Lançanova.</t>
   </si>
   <si>
     <t>2728</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2728/projeto_de_lei_n30-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2728/projeto_de_lei_n30-2023.pdf</t>
   </si>
   <si>
     <t>Denomina por Lei a SF 202 como Adelir Auzani Roos.</t>
   </si>
   <si>
     <t>2734</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2734/projeto_de_lei_n31-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2734/projeto_de_lei_n31-2023.pdf</t>
   </si>
   <si>
     <t>Denomina a rua Arlindo de Lima, a atual rua H, no bairro Assis Brasil.</t>
   </si>
   <si>
     <t>2743</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2743/projeto_de_lei_n32-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2743/projeto_de_lei_n32-2023.pdf</t>
   </si>
   <si>
     <t>Denomina de Turco Jose Shunaineh uma via pública localizada no bairro João XXIII e dá outras providências.</t>
   </si>
   <si>
     <t>2745</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2745/projeto_de_lei_no_33-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2745/projeto_de_lei_no_33-2023.pdf</t>
   </si>
   <si>
     <t>Denomina por Lei uma via pública localizada no bairro centro, de rua Norberto Dorneles Witt, e da outras providências.</t>
   </si>
   <si>
     <t>2748</t>
   </si>
   <si>
     <t>Ângelo Resta, Elizandra Sacardi, Lone Bianchini, Nilo Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2748/substitutivo_ao_projeto_de_lei_no_34.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2748/substitutivo_ao_projeto_de_lei_no_34.2023.pdf</t>
   </si>
   <si>
     <t>Denomina " Centro de Eventos Paulo Gioda", o atual ginásio localizado na esquina das ruas Pinheiro Rocha e Barros Cassal, Bairro Centro.</t>
   </si>
   <si>
     <t>2755</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2755/projeto_de_lei_n35-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2755/projeto_de_lei_n35-2023.pdf</t>
   </si>
   <si>
     <t>Altera, a tabela de vencimento do quadro permanente de cargos da Câmara Municipal de Vereadores de São Francisco de Assis/RS.</t>
   </si>
   <si>
     <t>2754</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2754/projeto_de_lei_no_36-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2754/projeto_de_lei_no_36-2023.pdf</t>
   </si>
   <si>
     <t>Cria o Sistema Informativo QR CODE no município São Francisco de Assis/RS e dá outras providências.</t>
   </si>
   <si>
     <t>2776</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2776/projeto_de_lei_n37-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2776/projeto_de_lei_n37-2023.pdf</t>
   </si>
   <si>
     <t>Abre um crédito suplementar no valor de R$339.000,00 (trezentos e trinta e nova mil reais), para reforço de dotações orçamentárias insuficientes no corrente exercício da Câmara Municipal.</t>
   </si>
   <si>
     <t>2801</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2801/projeto_de_lei_no_38.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2801/projeto_de_lei_no_38.2023.pdf</t>
   </si>
   <si>
     <t>Reduz a jornada de trabalho do servidor público do qual seja dependente pessoa portadora do transtorno do espectro autista e com deficiência.</t>
   </si>
   <si>
     <t>2802</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2802/projeto_de_lei_no_39.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2802/projeto_de_lei_no_39.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade quanto ao acompanhamento por profissional de saúde do sexo feminino durante a realização de exames ou procedimentos que utilizem de sedação ou anestesia que induzam a inconsciência do paciente e à presença de acompanhante durante os exames sensíveis no âmbito de São Francisco de Assis.</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2813/projeto_de_lei_n40-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2813/projeto_de_lei_n40-2023.pdf</t>
   </si>
   <si>
     <t>Homenageia com a denominação de José Guilhermino Climaco Kuhn o novo parque de maquinas da Secretaria de Obras do Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>2815</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2815/projeto_de_lei_n41-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2815/projeto_de_lei_n41-2023.pdf</t>
   </si>
   <si>
     <t>Denomina por Lei a quadra poliesportiva situada no ginásio de esportes José Falckemback.</t>
   </si>
   <si>
     <t>2825</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2825/projeto_de_lei_n_42-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2825/projeto_de_lei_n_42-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as criações de cotas para pessoas com deficiência nas vagas de estágio de Município, e dá outras providências.</t>
   </si>
   <si>
     <t>2826</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2826/projeto_de_lei_n_43-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2826/projeto_de_lei_n_43-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição de patrocínio nos uniformes e materiais escolares de Rede Municipal de Ensino e dá outras providências, no âmbito de São Francisco de Assis.</t>
   </si>
   <si>
     <t>2842</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2842/projeto_de_lei_n_44-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2842/projeto_de_lei_n_44-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de sistema de câmera de segurança nas praças e Playgrounds, no âmbito de São Francisco de Assis.</t>
   </si>
   <si>
     <t>2841</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2841/projeto_de_lei_n45-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2841/projeto_de_lei_n45-2023.pdf</t>
   </si>
   <si>
     <t>Cria o projeto ''Educando para o futuro'' no Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>2845</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2845/projeto_de_lei_n46-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2845/projeto_de_lei_n46-2023.pdf</t>
   </si>
   <si>
     <t>Abre um crédito suplementar no valor de R$ 20.000,00 (vinte mil reais) para reforço de dotações orçamentárias insuficientes no corrente exercício da Câmara Municipal.</t>
   </si>
   <si>
     <t>2873</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2873/projeto_de_lei_n47-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2873/projeto_de_lei_n47-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o recebimento de patrocínio pelo Poder Público a eventos realizados no território do Município e dá outras providências.</t>
   </si>
   <si>
     <t>3092</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3092/projeto_de_lei_n_48-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3092/projeto_de_lei_n_48-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de ar-condicionado em todas as escolas e EMEI's públicas do município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>3103</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3103/projeto_de_lei_n49-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3103/projeto_de_lei_n49-2023.pdf</t>
   </si>
   <si>
     <t>Abre um crédito suplementar no valor de R$12.000,00 (doze mil reais), para reforço de dotações orçamentárias insuficientes no corrente exercício da Câmara Municipal.</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1674/projeto_de_lei_n_01-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1674/projeto_de_lei_n_01-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade das clínicas veterinárias, PetShops e estabelecimentos assemelhados, a comunicar o agente competente os casos em que forem constatados indícios de maus-tratos contra animal.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1691/projeto_de_lei_n_03-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1691/projeto_de_lei_n_03-2022.pdf</t>
   </si>
   <si>
     <t>Declara o festival "Querência do Bugio", como patrimônio cultural imaterial do município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1692/projeto_de_lei_n_04-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1692/projeto_de_lei_n_04-2022.pdf</t>
   </si>
   <si>
     <t>Declara como Patrimônio Cultural e Imaterial a Revolução de 1923 em São Francisco de Assis.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1703/projeto_de_lei_n_05-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1703/projeto_de_lei_n_05-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza os bares, restaurantes, cafeterias, casas de chá, panificadoras e similares a realizarem instalações de decks e coberturas.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1720/projeto_de_lei_n_06-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1720/projeto_de_lei_n_06-2022.pdf</t>
   </si>
   <si>
     <t>Concede desconto de IPTU a empresa e munícipes que instalarem câmeras de videomonitoramento de alta resolução em frente a seus estabelecimentos ou imóveis residenciais, conforme dispõe</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1734/projeto_de_lei_n_07-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1734/projeto_de_lei_n_07-2022.pdf</t>
   </si>
   <si>
     <t>Cria o Programa Reforçar para Recuperar, de recuperação e fortalecimento de aprendizagem nas escolas de ensino fundamental da Rede de Ensino Municipal de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1744/projeto_de_lei_n_08-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1744/projeto_de_lei_n_08-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a afixação de adesivos para alertar sobre o câncer de mama e ressaltar a importância do autoexame de mama nas lojas que comercializam artigos femininos, salões de cabeleireiros e estéticas.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1745/projeto_de_lei_n_09-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1745/projeto_de_lei_n_09-2022.pdf</t>
   </si>
   <si>
     <t>Institui no Município de São Francisco de Assis a campanha permanente de incentivo à doação de cabelos para pessoas em tratamento de câncer, e dá outras providências.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1746/projeto_de_lei_n_10-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1746/projeto_de_lei_n_10-2022.pdf</t>
   </si>
   <si>
     <t>Denomina por Lei uma via pública localizada no bairro Matheus Mandarino de "Brigadeiro Rube Canabarro Lucas" e dá outras providências.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1793/projeto_de_lei_n_11-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1793/projeto_de_lei_n_11-2022.pdf</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1809/projeto_de_lei_n_12-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1809/projeto_de_lei_n_12-2022.pdf</t>
   </si>
   <si>
     <t>Institui o Programa "IPTU Social" e autoriza o Poder Executivo a conceder isenção do Imposto Predial e Territorial Urbano (IPTU) para as pessoas de baixa renda cadastradas no Cadastro Único do Governo Federal.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1810/projeto_de_lei_n_13-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1810/projeto_de_lei_n_13-2022.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal do Primeiro Emprego e dispõe sobre o cálculo do Imposto Sobre Serviços de Qualquer Natureza de empresa que aderir a esse Programa.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1822/substitutivo_ao_projeto_de_lei_n_14-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1822/substitutivo_ao_projeto_de_lei_n_14-2022.pdf</t>
   </si>
   <si>
     <t>Institui a Semana de Conscientização à População e Combate aos Maus-tratos e Abandono de Animais no âmbito do Município de São Francisco de Assis-RS.</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1823/projeto_de_lei_n_15-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1823/projeto_de_lei_n_15-2022.pdf</t>
   </si>
   <si>
     <t>Institui o programa municipal que concede desconto de IPTU aos munícipes que instalarem composteiras em suas residências, e dá outras providências.</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1869/projeto_de_lei_n_16-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1869/projeto_de_lei_n_16-2022.pdf</t>
   </si>
   <si>
     <t>Altera o nome da Rua Wilson Azambuja Vieira e passa a mesma denominar-se Rua Silon Falcão Vieira e dá outras providências.</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1886/substitutivo_ao_projeto_de_lei_n_17-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1886/substitutivo_ao_projeto_de_lei_n_17-2022.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial de Eventos do Município de São Francisco de Assis, o Campeonato Festa Show Automotivo Internacional em São Francisco de Assis  e dá outras providências.</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1887/projeto_de_lei_n_18-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1887/projeto_de_lei_n_18-2022.pdf</t>
   </si>
   <si>
     <t>Cria a campanha permanente de visibilidade da pessoa com deficiência, no município de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1896/projeto_de_lei_n_19-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1896/projeto_de_lei_n_19-2022.pdf</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1900/projeto_de_lei_n_20-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1900/projeto_de_lei_n_20-2022.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal da Proclamação do Evangelho no município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1969/projeto_de_lei_n_21-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1969/projeto_de_lei_n_21-2022.pdf</t>
   </si>
   <si>
     <t>Institui a semana de conscientização da luta das pessoas com deficiência no Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1921/projeto_de_lei_n_22-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1921/projeto_de_lei_n_22-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a gravação em áudio e vídeo de processos licitatórios e sua transmissão ao vivo, por meio da internet, no portal da transparência da prefeitura municipal de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1922/projeto_de_lei_n_23-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1922/projeto_de_lei_n_23-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a utilização de material publicitário nos veículos de transporte escolar com intuito de combater o bullying e a pedofilia.</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1923/projeto_de_lei_n_25-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1923/projeto_de_lei_n_25-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade nos estabelecimentos do Município que comercializam e aos que utilizam a fruta "carambola" e seus derivados, a afixar avisos através de cartazes em locais visíveis alertando para risco do seu consumo por pessoas  portadoras de deficiências renais.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1983/projeto_de_lei_n_26-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1983/projeto_de_lei_n_26-2022.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal da Bíblia em São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1967/projeto_de_lei_n_27-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1967/projeto_de_lei_n_27-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a preferência de vagas para irmãos no mesmo estabelecimento de ensino público no Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1971/projeto_de_lei_n_28-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1971/projeto_de_lei_n_28-2022.pdf</t>
   </si>
   <si>
     <t>Institui a Semana do som automotivo e carros rebaixados no âmbito do Município de São Francisco de Assis-RS.</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2019/projeto_de_lei_n_29-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2019/projeto_de_lei_n_29-2022.pdf</t>
   </si>
   <si>
     <t>Institui a Semana de Educação Financeira nos estabelecimentos escolares da Rede Pública Municipal de Ensino e dá outras providências.</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2018/projeto_de_lei_no_30-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2018/projeto_de_lei_no_30-2022.pdf</t>
   </si>
   <si>
     <t>Disciplina a instalação de faixa elevada para travessia de pedestres em frente a escolas do município e dá outras providências.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2081/projeto_de_lei_n_31-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2081/projeto_de_lei_n_31-2022.pdf</t>
   </si>
   <si>
     <t>Institui a Carteira de identificação da pessoa com deficiência no município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2082/projeto_de_lei_n32-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2082/projeto_de_lei_n32-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de brinquedos adaptados para crianças com deficiência em locais públicos e privados de lazer, praças e parques, no Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2084/projeto_de_lei_n_33-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2084/projeto_de_lei_n_33-2022.pdf</t>
   </si>
   <si>
     <t>Cria sistema de casa de convivência e lazer para idosos no município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2086/projeto_de_lei_n35-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2086/projeto_de_lei_n35-2022.pdf</t>
   </si>
   <si>
     <t>Institui a Carteira de Identificação da pessoa com deficiência no município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2087/projeto_de_lei_n_36-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2087/projeto_de_lei_n_36-2022.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Incentivo à Sustentabilidade Urbana, denominado "IPTU VERDE",  que estabelece o desconto progressivo no IPTU de imóveis que adotarem medidas de redução de impacto ambiental e eficiência energética no Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2110/projeto_de_lei_n_37-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2110/projeto_de_lei_n_37-2022.pdf</t>
   </si>
   <si>
     <t>Institui o auxílio feira da agricultura para os funcionários da Câmara Municipal de Vereadores e da outras providências.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2161/projeto_de_lei_n_38-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2161/projeto_de_lei_n_38-2022.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal da Mulher Rural, no Munícipio de São Francisco de Assis- RS, e dá outras providências.</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2171/substituitivo_ao_projeto_de_lei_n_39-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2171/substituitivo_ao_projeto_de_lei_n_39-2022.pdf</t>
   </si>
   <si>
     <t>dispõe sobre a criação do Projeto "Adote uma Lixeira" e dá outras providências.</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2173/projeto_de_lei_no_40-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2173/projeto_de_lei_no_40-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade na criação, alimentação e atualização de páginas eletrônicas de transparência nas instituições hospitalares, instituições filantrópicas e demais instituições publicas ou privadas que tenham sede no município de São Francisco de Assis e que recebam repasse de qualquer espécie de recursos federais, estaduais ou municipais e da outras providências.</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2174/projeto_de_lei_no_41-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2174/projeto_de_lei_no_41-2022.pdf</t>
   </si>
   <si>
     <t>Institui o prêmio mérito legislativo empresarial no âmbito  do município de São Francisco de Assis e da outras providências.</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2184/projeto_de_lei_n42-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2184/projeto_de_lei_n42-2022.pdf</t>
   </si>
   <si>
     <t>Disciplina a concessão de patrocínio pela Administração Direta e Indireta do Município de São Francisco de Assis/RS</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1035/projeto_de_lei_n_01-2021_ver._nilo_santos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1035/projeto_de_lei_n_01-2021_ver._nilo_santos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da divulgação de listagens de pacientes que aguardam por consultas com especialidades, exames e cirurgias na rede pública do Município e dá outras providências.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1038/projeto_de_lei_n_02-2021_ver._nilo_santos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1038/projeto_de_lei_n_02-2021_ver._nilo_santos.pdf</t>
   </si>
   <si>
     <t>Torna públicas as listas de espera dos inscritos nos programas habitacionais no Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1039/projeto_de_lei_n_03-2021_ver._nilo_santos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1039/projeto_de_lei_n_03-2021_ver._nilo_santos.pdf</t>
   </si>
   <si>
     <t>Autoriza a criação do programa de aproveitamento de terrenos baldios do Município para cultivo de hortaliças e dá outras providências.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1042/projeto_de_lei_n_04-2021_ver._nilo_santos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1042/projeto_de_lei_n_04-2021_ver._nilo_santos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a utilização da telemedicina no âmbito  do Município de São Francisco de Assis, durante do estado de calamidade pública em virtude da situação de emergência decorrente do novo Coronavírus.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1043/projeto_de_lei_n_05-2021_ver._nilo_santos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1043/projeto_de_lei_n_05-2021_ver._nilo_santos.pdf</t>
   </si>
   <si>
     <t>Estabelece prazos para a realização no Sistema Único de Saúde - SUS, no Município de São Francisco de Assis, de exame e demais procedimentos médicos que especifica.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1055/projeto_de_lei_n_06-2021_ver._nilo_santos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1055/projeto_de_lei_n_06-2021_ver._nilo_santos.pdf</t>
   </si>
   <si>
     <t>Autoriza o repasse de verbas, através de convênio, entre o Município e Clínicas Veterinárias ou Ongs de Proteção aos animais, visando o controle da população animal e zoonoses no Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1056/projeto_de_lei_n_07-2021_ver._nilo_santos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1056/projeto_de_lei_n_07-2021_ver._nilo_santos.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de São Francisco de Assis/RS a celebrar convênio com clinicas médicas instaladas no município, visando o atendimento da demanda reprimida de consultas e exames médicos e dá outras providências.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1060/projeto_de_lei_n_08-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1060/projeto_de_lei_n_08-2021.pdf</t>
   </si>
   <si>
     <t>Institui o "Minha mão é um sinal nas travessias da pista de rolamento do Município, e dá outras providências".</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1071/projeto_de_lei_no_09-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1071/projeto_de_lei_no_09-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de cobrança de taxa de religação de energia elétrica e de água no Município de São Francisco de Assis, em caso de corte de fornecimento por falta de pagamento e dá outras providências.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1082/projeto_de_lei_n_10-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1082/projeto_de_lei_n_10-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição da suspensão de serviços básicos de fornecimento de água tratada e energia elétrica em finais de semana de feriados no Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1089/projeto_de_lei_n_11-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1089/projeto_de_lei_n_11-2021.pdf</t>
   </si>
   <si>
     <t>Institui o Dia do Bota Fora, no âmbito de São Francisco de Assis/RS e dá outras providências.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1099/projeto_de_lei_n12-2021_ver_nilo.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1099/projeto_de_lei_n12-2021_ver_nilo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 907/2014, acrescentando os incisos XVIII, XIX, XX, XXI, XXII, XXIV, XXV, XXVI, XXVII, XXVIII, XXIX, XXX, XXXI, XXXII, ao art. 2°.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1108/pl_no_13.2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1108/pl_no_13.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reconhecimento das atividades essenciais para a população, no Município de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1109/pl_no_14.2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1109/pl_no_14.2021.pdf</t>
   </si>
   <si>
     <t>Institui penalidade de multa por descumprimento de medidas de enfrentamento, decorrentes da Situação de Emergência em razão da pandemia provocada pelo Coronavírus (COVID-19).</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1110/pl_no_15.2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1110/pl_no_15.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre medidas complementares de segurança em áreas e edificações no âmbito do Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1111/pl_no_16.2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1111/pl_no_16.2021.pdf</t>
   </si>
   <si>
     <t>Determina a realização do Exame de Oximetria de Pulso e/ou de Dedo como protocolo de triagem nos pacientes suspeitos com COVID-19 atendimentos de saúde públicos e privados de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1140/projeto_de_lei_no_17-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1140/projeto_de_lei_no_17-2021.pdf</t>
   </si>
   <si>
     <t>Institui o plano Municipal microcrédito emergencial.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/</t>
   </si>
   <si>
     <t>Prorroga a Lei nº 1.278/2020, alterando a redação do seu art. 1º.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1154/projeto_de_lei_n_20-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1154/projeto_de_lei_n_20-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a Caixa Econômica Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1155/projeto_de_lei_n_21-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1155/projeto_de_lei_n_21-2021.pdf</t>
   </si>
   <si>
     <t>Denomina "Paulo Gioda" a SF501 - da Sede até a Vila Kraemer do Município de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1156/projeto_de_lei_n_22-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1156/projeto_de_lei_n_22-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Educação Ambiental, e dá outras providências.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1162/projeto_de_lei_n_23-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1162/projeto_de_lei_n_23-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a divulgação da relação dos medicamentos disponíveis na rede pública municipal de saúde e dá outras providências.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1182/projeto_de_lei_n_24-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1182/projeto_de_lei_n_24-2021.pdf</t>
   </si>
   <si>
     <t>Institui o programa medicamento em casa e dá outras providências.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1163/projeto_de_lei_25_2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1163/projeto_de_lei_25_2021.pdf</t>
   </si>
   <si>
     <t>Define por Lei o Conjunto Habitacional Vida Nova no Bairro Matheus Mandarino em Conjunto Habitacional Vida Nova José Pedro Bellagamba.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>Vasco Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1183/projeto_de_lei_n_26-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1183/projeto_de_lei_n_26-2021.pdf</t>
   </si>
   <si>
     <t>Define por Lei o Conjunto Habitacional Bem Viver no Bairro Vila Nova em Conjunto Habitacional Bem Viver Antonio Fogliato Olin.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1188/projeto_de_lei_n_27-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1188/projeto_de_lei_n_27-2021.pdf</t>
   </si>
   <si>
     <t>Define por Lei o Conjunto Habitacional Nova Morada no Bairro João XXIII em Conjunto Habitacional Nova Morada Hipólito Vicente Cortese.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1189/projeto_de_lei_n_28-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1189/projeto_de_lei_n_28-2021.pdf</t>
   </si>
   <si>
     <t>Define por Lei o Conjunto Habitacional Terra Nova no Bairro Matheus Mandarino em Conjunto Habitacional Terra Nova Idê Zeli Luiz Leal.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1190/projeto_de_lei_n_29-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1190/projeto_de_lei_n_29-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder isenção ou remissão do Imposto Territorial Urbano/IPTU incidente sobre os imóveis vinculados aos estabelecimentos atingidos pela suspensão do funcionamento em decorrência da pandemia do coronavírus COVID-19 no Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1191/projeto_de_lei_n_30-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1191/projeto_de_lei_n_30-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o município a conceder isenção de IPTU às famílias com um ou mais membros residentes diagnosticados como portadores de diabetes tipo 1, bem como aos aposentados, pensionistas, idosos a partir de 60 anos que recebem até três salários mínimos e as habitações populares cedidas pelo município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1204/projeto_de_lei_n_32-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1204/projeto_de_lei_n_32-2021.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal "Adote uma parada de ônibus".</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1213/projeto_de_lei_no_33.2021-_do_vereador_lone_bianchini.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1213/projeto_de_lei_no_33.2021-_do_vereador_lone_bianchini.pdf</t>
   </si>
   <si>
     <t>Denomina “Alicio Bruck Pires” a praça do bairro João de Deus do Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1220/projeto_de_lei_no_34.2021-_do_vereador_franklin_pereira.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1220/projeto_de_lei_no_34.2021-_do_vereador_franklin_pereira.pdf</t>
   </si>
   <si>
     <t>“Veda a contratação, em cargos públicos diretos, indiretos, em comissão e em decorrência de empresas terceirizadas, de pessoas condenadas pelos crimes previstos no artigo 121 do Decreto Lei Federal nº 2.848, de 07 de dezembro de 1940 (Código Penal Brasileiro) e na Lei Federal nº 11.340 de 2006 (Lei Maria da Penha).”</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1221/projeto_de_lei_no_35.2021_vereador_franklin_pereira.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1221/projeto_de_lei_no_35.2021_vereador_franklin_pereira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as medidas de segurança a serem adotadas por administradores de bares, casas de shows, restaurantes e estabelecimentos similares, visando à proteção de mulheres em suas dependências.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1232/projeto_de_lei_no_36-2021_do_ver_nilo_santos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1232/projeto_de_lei_no_36-2021_do_ver_nilo_santos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transmissão ao vivo, via internet, de todas as sessões ordinárias, extraordinárias, solenes e, de todas as reuniões de comissões, ordinárias e extraordinárias da Câmara Municipal de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1240/projeto_de_lei_n_38-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1240/projeto_de_lei_n_38-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção na taxa de inscrição de concursos públicos do Município de São Francisco de Assis aos munícipes inscritos no Cadastro Único para programas Sociais do Governo Federal.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1241/projeto_de_lei_n_39-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1241/projeto_de_lei_n_39-2021.pdf</t>
   </si>
   <si>
     <t>Denomina "Alício Bruck Pires" a praça do Bairro João de Deus do Município de São Francisco de Assis".</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1247/projeto_de_lei_n_40-2021_modificado_pelo_vereador_nilo_santos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1247/projeto_de_lei_n_40-2021_modificado_pelo_vereador_nilo_santos.pdf</t>
   </si>
   <si>
     <t>Institui normas para o programa de crédito educativo municipal para estudantes de medicina, "médicos assisenses", nos exercícios de 2022, 2023, 2024 e 2025 e posterior reembolso em serviços médicos, conforme especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1249/projeto_de_lei_n_41-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1249/projeto_de_lei_n_41-2021.pdf</t>
   </si>
   <si>
     <t>Institui no Município de São Francisco de Assis a Semana Municipal de Conscientização do Descarte Responsável do Lixo.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1250/projeto_de_lei_n_42-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1250/projeto_de_lei_n_42-2021.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Educação Ambiental e dá outras providências.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1252/projeto_de_lei_n_43-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1252/projeto_de_lei_n_43-2021.pdf</t>
   </si>
   <si>
     <t>Institui no Município de São Francisco de Assis/RS o dia Municipal do Protetor de Animais e dá outras providências.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1264/projeto_de_lei_n_44-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1264/projeto_de_lei_n_44-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o atendimento preferencial aos caminhoneiros na atenção básica de saúde do Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1265/projeto_de_lei_n_45-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1265/projeto_de_lei_n_45-2021.pdf</t>
   </si>
   <si>
     <t>Disponibiliza local no site oficial da Prefeitura para protocolo de serviço de iluminação pública e dá outras providências.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1278/projeto_de_lei_n_46-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1278/projeto_de_lei_n_46-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a manutenção de um técnico de enfermagem, nas unidades da rede pública municipal de creches, escolas de educação infantil e escolas de ensino fundamental e dá outras providências.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1280/projeto_de_lei_n_47-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1280/projeto_de_lei_n_47-2021.pdf</t>
   </si>
   <si>
     <t>Cria no âmbito do Município de São Francisco de Assis, a condição de mão de obra local e dá outras providências.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1282/projeto_de_lei_n_48-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1282/projeto_de_lei_n_48-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão da dosagem de Vitamina D no rol dos exames de rotina, bem como a respectiva dispensação do medicamento nas Unidades de Saúde Pública de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1306/projeto_de_lei_n_49-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1306/projeto_de_lei_n_49-2021.pdf</t>
   </si>
   <si>
     <t>Regulamenta os institutos do Plebiscito e do Referendo no Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1320/projeto_de_lei_n_51-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1320/projeto_de_lei_n_51-2021.pdf</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1308/projeto_de_lei_n_52-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1308/projeto_de_lei_n_52-2021.pdf</t>
   </si>
   <si>
     <t>Disponibiliza local no site oficial da Prefeitura para que o produtor rural possa protocolar seu serviço da patrulha agrícola e dá outras providências.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1325/projeto_de_lei_no_53-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1325/projeto_de_lei_no_53-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a remoção de veículos abandonados ou estacionados em situação que caracterize seu abandono em via pública e dá outras providências.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1332/projeto_de_lei_no_54.2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1332/projeto_de_lei_no_54.2021.pdf</t>
   </si>
   <si>
     <t>“Cria o Programa de Saneamento Básico “Fossa Limpa” para executar serviços de limpeza de resíduos/dejetos de fossas de imóveis localizados em bairros que não possuem infraestrutura básica e dá outras providências.”</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1333/projeto_de_lei_no_55.2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1333/projeto_de_lei_no_55.2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a apresentação de relatório bimestral sobre as obras em andamento ou com prazo de execução suspenso no Município."</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1334/projeto_de_lei_no_56.2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1334/projeto_de_lei_no_56.2021.pdf</t>
   </si>
   <si>
     <t>“Obriga as empresas e as concessionárias que fornecem energia elétrica telefonia, telefonia fixa, banda larga, televisão a cabo ou outro serviço, por meio de rede aérea, a retirar de postes a fiação excedente e sem uso que tenham instalado, no âmbito do município de São Francisco de Assis e dá outras providências”.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1341/projeto_de_lei_no_57-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1341/projeto_de_lei_no_57-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a responsabilidade da Secretaria Municipal de Saúde de disponibilizar gratuitamente medicamentos ou suplementos liberados e preconizados pelo Ministério da Saúde para o tratamento dos pacientes com sintomas da Covid-19 que possuam orientação médica com prescrição.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1361/projeto_de_lei_n_58-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1361/projeto_de_lei_n_58-2021.pdf</t>
   </si>
   <si>
     <t>Denomina por Lei uma via pública localizada no Bairro Matheus Mandarino de "Brigadeiro Rube Canabarro Lucas" e dá outras providências.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1364/projeto_de_lei_n_59-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1364/projeto_de_lei_n_59-2021.pdf</t>
   </si>
   <si>
     <t>Institui a educação Física inclusiva na Rede Municipal de Educação, para estudantes com Deficiência e Necessidades Especiais e dá outras providências.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1367/projeto_de_lei_n_60-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1367/projeto_de_lei_n_60-2021.pdf</t>
   </si>
   <si>
     <t>Reconhece o rodeio, tiro de laço, corrida de cancha reta, cavalgada, bem como as expressões artísticas e esportivas culturais do município de São Francisco de Assis, eleva essas condições de bens de natureza imaterial integrantes do patrimônio  cultural municipal e dispõe sobre o bem-estar animal.</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1389/projeto_de_lei_no_61-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1389/projeto_de_lei_no_61-2021.pdf</t>
   </si>
   <si>
     <t>Institui a semana municipal da agricultura familiar, no município de São Francisco de Assis - RS, e dá outras providências.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1392/projeto_de_lei_n_62-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1392/projeto_de_lei_n_62-2021.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Educação Especial na Perspectiva da Educação Inclusiva e o atendimento especializado aos estudantes identificados com altas habilidades e superdotação no Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>Franklin Pereira, Rudinei Cortese</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1394/projeto_de_lei_n_63-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1394/projeto_de_lei_n_63-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do sistema Municipal de preservação às nascentes e mananciais, denominado "Nascentes Protegidas", no Município de São Francisco de Assis. "</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1410/projeto_de_lei_n_64-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1410/projeto_de_lei_n_64-2021.pdf</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_no_65-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_no_65-2021.pdf</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>Miguel Lamberty, Rudinei Cortese</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1452/projeto_de_lei_n_66-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1452/projeto_de_lei_n_66-2021.pdf</t>
   </si>
   <si>
     <t>Regulamenta a concessão dos Títulos de Cidadão Assisense e Honra ao Mérito.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1451/projeto_de_lei_n_67-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1451/projeto_de_lei_n_67-2021.pdf</t>
   </si>
   <si>
     <t>Denomina " Darci Stivanin Cortese ( SICA )" a SF 406- Beluno até a Encruzilhada no Município de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1459/projeto_de_lei_n_68-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1459/projeto_de_lei_n_68-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa de Ações Preventivas à Depressão e ao Suicídio entre crianças e adolescentes na rede Municipal de ensino.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1469/projeto_de_lei_n69-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1469/projeto_de_lei_n69-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a divulgação dos direitos da pessoa com neoplasia maligna no município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1470/projeto_de_lei__n70-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1470/projeto_de_lei__n70-2021.pdf</t>
   </si>
   <si>
     <t>Isenta a família do doador de órgãos do pagamento de taxas, emolumentos e tarifas devidas em razão da realização de funeral e manutenção de tumulo do " de cujus " no cemitério Municipal de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1482/projeto_de_lei_n_71-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1482/projeto_de_lei_n_71-2021.pdf</t>
   </si>
   <si>
     <t>Determina que os agressores que cometerem o crime de maus-tratos aos animais arquem com as despesas do tratamento do animal agredido, no âmbito de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1483/projeto_de_lei_n_72-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1483/projeto_de_lei_n_72-2021.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Banco de Ração e Utensílios para animais, no Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1490/projeto_de_lei_n_73-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1490/projeto_de_lei_n_73-2021.pdf</t>
   </si>
   <si>
     <t>Institui no Município de São Francisco de Assis o dia municipal do solo.</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1493/projeto_de_lei_n_74-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1493/projeto_de_lei_n_74-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Censo Inclusão e seus objetivos e dá outras providências.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1505/projeto_de_lei_n_75-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1505/projeto_de_lei_n_75-2021.pdf</t>
   </si>
   <si>
     <t>Institui a Semana do Bem-Estar Animal e Adoção responsável no Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1512/projeto_de_lei_no_76-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1512/projeto_de_lei_no_76-2021.pdf</t>
   </si>
   <si>
     <t>Inclui o conteúdo sobre a Cultura Tradicionalista Gaúcha nas escolas Públicas da rede Municipal de ensino do Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1524/projeto_de_lei_n_77-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1524/projeto_de_lei_n_77-2021.pdf</t>
   </si>
   <si>
     <t>Cria o Banco de Materiais de Construção no Município de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1526/projeto_de_lei_n_78-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1526/projeto_de_lei_n_78-2021.pdf</t>
   </si>
   <si>
     <t>Altera a ementa, e o caput Art. 1° da Lei Municipal 89/98.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
     <t>Ângelo Resta, Elizandra Sacardi</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1545/projeto_de_lei_no_79.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1545/projeto_de_lei_no_79.pdf</t>
   </si>
   <si>
     <t>CRIA O PROJETO POMAR URBANO E RURAL EM ÁREAS PÚBLICAS NO MUNICÍPIO DE SÃO FRANCISCO  DE ASSIS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1555/projeto_de_lei_no_80-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1555/projeto_de_lei_no_80-2021.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre obrigatoriedade de cursos de primeiros socorros aos funcionários e professores de instituições de ensino do Município de São Francisco de Assis e dá outras providências.”</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1572/projeto_de_lei_n_81-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1572/projeto_de_lei_n_81-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Projeto "Adote uma Placa" e dá outras providências.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1573/projeto_de_lei_n_82-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1573/projeto_de_lei_n_82-2021.pdf</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1584/projeto_de_lei_n_83-2021_substitutivo.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1584/projeto_de_lei_n_83-2021_substitutivo.pdf</t>
   </si>
   <si>
     <t>Institui o prêmio "Professor destaque do ano" concedido pela Câmara de Vereadores de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1596/projeto_de_lei_n_84-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1596/projeto_de_lei_n_84-2021.pdf</t>
   </si>
   <si>
     <t>Institui a "Semana Municipal de Incentivo à Doação de Sangue", e dá outras providências.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1613/projeto_de_lei_n_85-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1613/projeto_de_lei_n_85-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a comercialização de alimentos  em equipamentos como trailers, motos, bicicletas, caminhões, furgões e congêneres, nas modalidades de "Food Truck" e "Food Bike", em áreas públicas e privadas, e dá outras providências.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1618/projeto_de_lei_n_86-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1618/projeto_de_lei_n_86-2021.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal da Proclamação do Evangelho no Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
     <t>Dilamar Salbego, Franklin Pereira, Rudinei Cortese</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1619/projeto_de_lei_n_87-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1619/projeto_de_lei_n_87-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do cicloturismo no Município de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1626/projeto_de_lei_n_88-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1626/projeto_de_lei_n_88-2021.pdf</t>
   </si>
   <si>
     <t>Institui no Município de São Francisco de Assis, o Programa Adote uma Área de Lazer, e dá outras providências.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1635/projeto_de_lei_n_89-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1635/projeto_de_lei_n_89-2021.pdf</t>
   </si>
   <si>
     <t>Estabelece o mínimo de três horas-aula de Educação Física nas escolas de educação básica.</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1641/projeto_de_lei_no_90-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1641/projeto_de_lei_no_90-2021.pdf</t>
   </si>
   <si>
     <t>Reconhece a atividade religiosa como essencial para a população em tempos de crises ocasionadas por moléstias contagiosas ou catástrofes naturais.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1662/projeto_de_lei_no_91.2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1662/projeto_de_lei_no_91.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre obrigatoriedade do ensino de noções básicas sobre a Lei Maria da Penha nas escolas Municipais de São Francisco de Assis.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/760/projeto_de_lei_n_01.2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/760/projeto_de_lei_n_01.2020.pdf</t>
   </si>
   <si>
     <t>Autoriza contratação temporária de excepcional interesse público para a função pública de arquivista.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/761/projeto_de_lei_n_02.2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/761/projeto_de_lei_n_02.2020.pdf</t>
   </si>
   <si>
     <t>Incluir no Calendário de Eventos Municipais para o ano de 2020 o Dia da Mulher Rural.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>Ademar Antônio Dal Rosso Frescura</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/766/projeto_de_lei_no_03-2020_-_vereador_ademar_frescura.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/766/projeto_de_lei_no_03-2020_-_vereador_ademar_frescura.pdf</t>
   </si>
   <si>
     <t>Declara o ritmo musical Bugio, como patrimônio cultural imaterial do Município de São Francisco de Assis</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/750/projeto_de_lei_no_04.2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/750/projeto_de_lei_no_04.2020.pdf</t>
   </si>
   <si>
     <t>concede revisão geral anual dos subsídios aos agentes políticos do Município de São Francisco de Assis e dá outras providências</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/751/projeto_de_lei_no_05.2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/751/projeto_de_lei_no_05.2020.pdf</t>
   </si>
   <si>
     <t>altera a tabela de vencimento do quadro permanente de cargos e quadro de cargos em comissão da Câmara Municipal.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>Osmar Del Rosso Stivanim</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/898/projeto_de_lei_no_10-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/898/projeto_de_lei_no_10-2020.pdf</t>
   </si>
   <si>
     <t>Denomina "Pontilhão Francisco Stivanin", o pontilhão construído na sanga do Stivanin, no 2º Distrito, Rincão dos Dorneles.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/992/projeto_de_lei_no_11_do_vereador_ademar_frescura.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/992/projeto_de_lei_no_11_do_vereador_ademar_frescura.pdf</t>
   </si>
   <si>
     <t>Institui o "Dia Municipal do Motoboy" a ser comemorado, anualmente em 27 de julho, e dá outras providências.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1016/projeto_de_lei_no_12-2020_-_vereadora_elizandra.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1016/projeto_de_lei_no_12-2020_-_vereadora_elizandra.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Adote uma Praça, e dá outras providências.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1021/projeto_de_lei_no_13.2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1021/projeto_de_lei_no_13.2020.pdf</t>
   </si>
   <si>
     <t>Veda a nomeação para Cargos em Comissão de pessoas que tenham sido condenadas pelas leis federais nº 8.069/90, nº 10.741/2003, nº 11.340/2006 e nº 13.104/2015, no âmbito do Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1028/projeto_de_lei_no_14-2020_-_mesa_diretora.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1028/projeto_de_lei_no_14-2020_-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Autoriza contratação temporária de excepcional interesse público para a contratação temporária de um servente.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1029/projeto_de_lei_no_15-2020_-_everton_luiz.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1029/projeto_de_lei_no_15-2020_-_everton_luiz.pdf</t>
   </si>
   <si>
     <t>Denomina de Antônio Francisco Cogo, a pranchada que passa no Rio Inhacundá, localizada no Rincão dos Cogos.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1034/projeto_de_lei_n_16-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1034/projeto_de_lei_n_16-2020.pdf</t>
   </si>
   <si>
     <t>Abre um crédito suplementar no valor de R$35.700,00 (trinta e cinco mil e setecentos reais), para reforço de dotações orçamentárias insuficientes no corrente exercício da Câmara Municipal.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/405/projeto_de_lei_legislativo_n_01.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/405/projeto_de_lei_legislativo_n_01.2019.pdf</t>
   </si>
   <si>
     <t>Proíbe o comércio, o manuseio, a utilização, a queima e a soltura de fogos de artifício sonoros no Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>Jeremias Izaguirre de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/413/projeto_de_lei_legislativo_n_02.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/413/projeto_de_lei_legislativo_n_02.2019.pdf</t>
   </si>
   <si>
     <t>Regulamenta a limpeza de terrenos na área urbana e dá outras providências.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/419/mesa_diretora_03.2019.pdf.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/419/mesa_diretora_03.2019.pdf.pdf</t>
   </si>
   <si>
     <t>Altera a tabela de vencimento do quadro permanente de cargos e quadro de Cargos em Comissão da Câmara Municipal.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/420/projeto_de_lei_n_04.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/420/projeto_de_lei_n_04.2019.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual dos subsidio aos agentes políticos do Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/422/projeto_de_lei_no05.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/422/projeto_de_lei_no05.2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal de Vereadores a contratar um Procurador Jurídico, pelo prazo de 60 (sessenta) dias, para atender necessidade de excepcional interesse público.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/424/projeto_de_lei_no06.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/424/projeto_de_lei_no06.2019.pdf</t>
   </si>
   <si>
     <t>Institui a ouvidoria na Câmara Municipal de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/426/projeto_de_lei_legislativo_n_07.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/426/projeto_de_lei_legislativo_n_07.2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 17/2010, que estabelece a estrutura administrativa da Câmara de Vereadores de São Francisco de Assis/RS.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/445/projeto_de_lei_no_08.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/445/projeto_de_lei_no_08.2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1190/2019, que institui o Calendário de Eventos Municipais para o ano 2019, incluindo a realização da 1ª Copa Assisense de Velocross</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/600/projeto_de_lei_n_09.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/600/projeto_de_lei_n_09.2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 4º,§1º;art 5º, paragrafo único,e; art 6º,caput,todos da lei nº 1204,de 16 de abril de 2019.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/487/projeto_de_lei_no_10.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/487/projeto_de_lei_no_10.2019.pdf</t>
   </si>
   <si>
     <t>Denomina “Secretaria Municipal da Agricultura, Pecuária e Abastecimento” o nome da atual Secretaria Municipal da Agricultura e Abastecimento.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/549/projeto_de_lei_no_11.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/549/projeto_de_lei_no_11.2019.pdf</t>
   </si>
   <si>
     <t>Institui o Projeto "Rua do Lazer" no município de São Francisco de Assis,e dá outras providências.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/599/projeto_de_lei_n_12.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/599/projeto_de_lei_n_12.2019.pdf</t>
   </si>
   <si>
     <t>Inclui-se no calendário de Eventos do Município,o "Encontro de carros antigos".</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/601/projeto_de_lei_n_13.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/601/projeto_de_lei_n_13.2019.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal de Proteção aos animais e o Concelho Municipal de Proteção aos Animais,e dá outras providências.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/597/projeto_de_lei_n_14.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/597/projeto_de_lei_n_14.2019.pdf</t>
   </si>
   <si>
     <t>Altera Lei 1.190 que institui o Calendário de Eventos Municipais para  o ano de 2020,incluindo a realização da Festa da Soja e Baile da Soja.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/620/projeto_de_lei_n_15.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/620/projeto_de_lei_n_15.2019.pdf</t>
   </si>
   <si>
     <t>Autoriza contratação temporária de excepcional interesse público para a função pública de Arquivista.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/641/projeto_de_lei_n_16.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/641/projeto_de_lei_n_16.2019.pdf</t>
   </si>
   <si>
     <t>Incluir no calendário de eventos municipais para o ano de 2020 do Dia da Mulher Rural.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/686/projeto_de_lei_n_17.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/686/projeto_de_lei_n_17.2019.pdf</t>
   </si>
   <si>
     <t>Abre um crédito suplementar no valor de R$ 22.000,00 (vinte e dois mil reais), para reforço de dotação orçamentárias inscientes no corrente exercício da Câmara Municipal.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/696/projeto_de_lei_n_18.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/696/projeto_de_lei_n_18.2019.pdf</t>
   </si>
   <si>
     <t>Institui o banco de armação de óculos para fornecimento gratuito no Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/713/projeto_de_lei_no_20-2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/713/projeto_de_lei_no_20-2019.pdf</t>
   </si>
   <si>
     <t>Denomina-se Gruta Nossa Senhora Aparecida do Manjolo</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/718/projeto_de_lei_n_21.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/718/projeto_de_lei_n_21.2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal de Vereadores a contratar emergencialmente empresa, com a finalidade de fornecimento e administração do vale alimentação para os servidores do  Poder, pelo prazo de 90 (noventa) dias, para atender necessidade de excepcional interesse público.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/321/projeto-de-lei-n-01.2018-mesa-diretora.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/321/projeto-de-lei-n-01.2018-mesa-diretora.pdf</t>
   </si>
   <si>
     <t>Altera a tabela de vencimento do quadro permanente de cargos e quadro de cargos em comissão da Câmara Municipal</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/322/projeto-de-lei-n-02.2018-c-mara-de-vereadores.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/322/projeto-de-lei-n-02.2018-c-mara-de-vereadores.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual dos subsídio aos agentes políticos do município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/328/projeto-de-lei-legislativo-03.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/328/projeto-de-lei-legislativo-03.2018.pdf</t>
   </si>
   <si>
     <t>Cria a Banca de Projetos de Lei de iniciativa da comunidade Assisense, no âmbito da Câmara Municipal de Vereadores e dá outras providências.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/338/projeto_de_lei_legislativo_no_06.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/338/projeto_de_lei_legislativo_no_06.2018.pdf</t>
   </si>
   <si>
     <t>Denomina "Pranchada Otacílio Luiz Gripa" a pranchada construída no rio Jaguari Mirim, na localidade do Beluno, 4º Distrito.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/339/projeto_de_lei_legislativo_no_07.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/339/projeto_de_lei_legislativo_no_07.2018.pdf</t>
   </si>
   <si>
     <t>Extingue e Cria Cargos no âmbito do Poder Legislativo Municipal, promove alterações em Artigos da Lei 17/2010 e dá outras providências.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/342/projeto_de_lei_legislativo_no_08.2018_DJXtgJI.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/342/projeto_de_lei_legislativo_no_08.2018_DJXtgJI.pdf</t>
   </si>
   <si>
     <t>Proíbe a inauguração e a entrega de obras públicas municipais incompletas, sem condições de atender aos fins a que se destinam ou impossibilitados de entrar em funcionamento imediato.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>Cria a Banca de sugestão de projetos de lei de iniciativa da comunidade Assisense no âmbito da câmara Municipal de Vereadores.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/348/projeto_de_lei_legislativo_n_10.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/348/projeto_de_lei_legislativo_n_10.2018.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal de Vereadores a contratar um Tesoureiro, pelo prazo de 06 (seis) meses, para atender necessidade de excepcional interesse público.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/363/projeto_de_lei_legislativo_no_11_de_2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/363/projeto_de_lei_legislativo_no_11_de_2018.pdf</t>
   </si>
   <si>
     <t>Denomina-se de ARLINDO PIVOTTO (Izolino Pivotto) o bueiro da Rua Venâncio Aires, com a Rua Otelo Barbosa, na Vila Nova.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/362/projeto_de_lei_legislativo_no_14_de_2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/362/projeto_de_lei_legislativo_no_14_de_2018.pdf</t>
   </si>
   <si>
     <t>Altera-se o Artigo 1º da Lei Municipal nº 1146/2018.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/367/projeto_de_lei_legislativo_no_15_de_2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/367/projeto_de_lei_legislativo_no_15_de_2018.pdf</t>
   </si>
   <si>
     <t>Dispões sobre a crianção do "Banco de Medicamentos" do Município de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/368/projeto_de_lei_legislativo_no_16_de_2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/368/projeto_de_lei_legislativo_no_16_de_2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do "Projeto Equipe Eficiente", no Município de São Francisco de Assis/RS.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/370/projeto_de_lei_no_17_de_2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/370/projeto_de_lei_no_17_de_2018.pdf</t>
   </si>
   <si>
     <t>Fica criado no município de São Francisco de Assis, "Campeonato de Futsal, Futebol 7 e Voleibol" entre as escolas municipais e estaduais da cidade e do interior.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/386/projeto_de_lei_legislativo_n_18.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/386/projeto_de_lei_legislativo_n_18.2018.pdf</t>
   </si>
   <si>
     <t>Regulamenta a denominação da Rua Pedro Telles Tourem, aprovada em 22 de junho de 1986.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/384/projeto_de_le_legislativo_n_19.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/384/projeto_de_le_legislativo_n_19.2018.pdf</t>
   </si>
   <si>
     <t>Cria o Sistema de Codificação das estradas municipais de São Francisco de Assis.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/385/projeto_de_le_legislativo_n_21.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/385/projeto_de_le_legislativo_n_21.2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade do cartório notarial de informar à Secretaria da Fazenda Municipal a transferência de propriedade de imóveis urbanos e rurais, no ato do reconhecimento da transferência e dá outras providências.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/401/projeto_de_lei_legislativo_n_24.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/401/projeto_de_lei_legislativo_n_24.2018.pdf</t>
   </si>
   <si>
     <t>Dá nova redação aos arts. 1° e 3° da Lei 1176/2018 do Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/104/projeto-de-lei-n-02.2017-mesa-diretora.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/104/projeto-de-lei-n-02.2017-mesa-diretora.pdf</t>
   </si>
   <si>
     <t>Altera a tabela de vencimento do quadro permanente de cargos e quadro de cargos em comissão da Câmara Municipal.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/115/projeto-de-lei-n-03.2017-ver.-vasco-carvalho.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/115/projeto-de-lei-n-03.2017-ver.-vasco-carvalho.pdf</t>
   </si>
   <si>
     <t>Alterar o nome da Rua 04 de Agosto ou Capitão Urbano, para Rua José Guilhermin Kuhn.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/107/projeto-de-lei-n-04.2017-mesa-diretora.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/107/projeto-de-lei-n-04.2017-mesa-diretora.pdf</t>
   </si>
   <si>
     <t>Cria a concessão de gratificação ao técnico contábil da Câmara de vereadores de São Francisco de Assis - RS e da outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/113/projeto-de-lei-n-05.2017-mesa-diretora.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/113/projeto-de-lei-n-05.2017-mesa-diretora.pdf</t>
   </si>
   <si>
     <t>Trata do aumento de vencimentos dos servidores do quadro efetivo, cargos em comissão e inativos, da Câmara Municipal de Vereadores.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/114/projeto-de-lei-n-06.2017-ver-ademar-frescura.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/114/projeto-de-lei-n-06.2017-ver-ademar-frescura.pdf</t>
   </si>
   <si>
     <t>Conscientização dos estudantes da rede pública municipal, sobre a importância da cultura do Rio Grande do Sul.</t>
   </si>
   <si>
     <t>Jussara Carricio Matheus</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/55/projeto-de-lei-n-07.2017-ver-jussara-matheus_V5ZuKnh.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/55/projeto-de-lei-n-07.2017-ver-jussara-matheus_V5ZuKnh.pdf</t>
   </si>
   <si>
     <t>Denomina rua Sargento Robério Aguiar.</t>
   </si>
   <si>
     <t>Altera o nome da Rua 04 de agosto ou Capitão Urbano para Rua José Guilhermino Kuhn.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/119/projeto-de-lei-n-09-2017-ver.-jeremias-oliveira.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/119/projeto-de-lei-n-09-2017-ver.-jeremias-oliveira.pdf</t>
   </si>
   <si>
     <t>Cria a "Comenda Valdir Ramos Borges", e institui  requisitos para sua concessão.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4545,67 +4545,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3699/projeto_de_lei_no01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3700/projeto_de_lei_no02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3701/projeto_de_lei_no03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3702/projeto_de_lei_no04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3703/projeto_de_lei_no05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3704/substitutivo_do_projeto_de_lei_n06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3705/projeto_de_lei_no07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3706/projeto_de_lei_no08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3707/projeto_de_lei_no09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3708/substitutivo_ao_projeto_de_lei_no10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3709/projeto_de_lei_substitutivo_n11-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3710/projeto_de_lei_no13-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3711/projeto_de_lei_no14-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3712/projeto_de_lei_no15-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3713/projeto_de_lei_no16-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3714/projeto_de_lei_no17-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3718/substitutivo_ao_pl_n_18.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3720/projeto_de_lei_no19-2025_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3730/projeto_de_lei_no20-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3728/projeto_de_lei_no21-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3731/substitutivo_ao_pl_no22-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3732/projeto_de_lei_no23-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3733/projeto_de_lei_no24-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3737/projeto_de_lei_no25-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3738/projeto_de_lei_no26-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3751/projeto_de_lei_substitutivo_n27-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3752/projeto_de_lei_no28-2025_ver_ebertom_luiz.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3767/projeto_de_lei_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3766/projeto_de_lei_no30-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3777/projeto_de_lei_no31-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3785/projeto_de_lei_n_32-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3786/projeto_de_lei_n_33-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3787/projeto_de_lei_n_34-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3800/projeto_de_lei_no35-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3837/projeto_de_lei_no38-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3838/projeto_de_lei_no39-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3867/projeto_de_lei_no40-2025_ver_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3874/projeto_de_lei_no41-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3880/projeto_de_lei_n_42.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3897/projeto_de_lei_no43-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3896/projeto_de_lei_no44-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3895/projeto_de_lei_no45-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3894/projeto_de_lei_no46-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3905/projeto_de_lei_n47-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3906/projeto_de_lei_n48-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3915/projeto_de_lei_no49-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3918/projeto_de_lei_no50-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3919/projeto_de_lei_no51-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3933/projeto_de_lei_no52-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3934/projeto_de_lei_no53-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3935/projeto_de_lei_no54-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3936/projeto_de_lei_substitutivo_n55-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3947/substitutivo_ao_projeto_de_lei_n56-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3974/projeto_de_lei_no57-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3975/projeto_de_lei_no58-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3976/projeto_de_lei_no59-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3977/projeto_de_lei_no_60-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3978/projeto_de_lei_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3979/substitutivo_ao_projeto_de_lei_n62-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3995/projeto_de_lei_no63-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4029/substitutivo_ao_pl_no64-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4039/projeto_de_lei_no65-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4040/projeto_de_lei_no66-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4055/projeto_de_lei_n67-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4071/substitutivo_projeto_68-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4086/projeto_de_lei_no69-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4096/projeto_de_lei_n70-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4105/substitutivo_projeto_de_lei_n_71-2025_leticia_salcedo_machado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4106/projeto_de_lei_no72-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4137/projeto_de_lei_n73-2025_do_ver._rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4138/projeto_de_lei_n74-2025_do_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4139/substitutivo_ao_projeto_de_lei_n75-2025_do_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4238/projeto_de_lei_n_76-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4160/projeto_de_lei_n77-2025_do_vereador_nilo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4155/projeto_de_lei_n_78-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4161/substitutivo_ao_pl_n79.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4162/substitutivo_ao_projeto_de_lei_n80-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4197/projeto_de_lei_n81.2025_do_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4198/projeto_de_lei_n82.2025_do_ver.nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4211/projeto_de_lei_n_83-2025_ver._rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4212/substitutivo_ao_projeto_de_lei_n84-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4213/substitutivo_ao_projeto_de_lei_n85-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4210/projeto_de_lei_n_86-2025_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4239/projeto_de_lei_n_87-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4281/substitutivo_pl_88-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4241/substitutivo_ao_projeto_de_lei_n89-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4217/projeto_de_lei_n_90-2025_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4242/projeto_de_lei_n91-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4224/projeto_de_lei_n92-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4260/substitutivo_ao_pl_n93-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4282/projeto_de_lei_n_94.2025_do_vereador_leonardo_pilar.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4295/projeto_de_lei_n_95.2025_da_vereadora_leticia_salcedo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4339/projeto_de_lei_n96-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4340/substitutivo_ao_projeto_de_lei_n97-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4350/substitutivo_ao_projeto_n98-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4351/projeto_de_lei_n99-2025_da_ver._elizandra_de_melo_sacardi.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4352/projeto_de_lei_n100-2025_da_ver._elizandra_de_melo_sacardi.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4353/substitutivo_ao_projeto_de_lei_n101-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4359/substitutivo_pl_102-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4393/projeto_do_lei_n103-2025_do_vereador_rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4394/substitutivo_ao_pl_n104-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4395/projeto_de_lei_n105-2025_do_vereador_matias_gomes.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4396/substitutivo_ao_projeto_n106-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4397/projeto_de_lei_n107-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4421/projeto_de_lei_n_108-2025_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4422/projeto_de_lei_n_109-2025_ver._rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4401/projeto_de_lei_n_110-2025_ver_orlando_flores.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4423/projeto_de_lei_n111-2025_ver._kassineida_paz.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4446/projeto_de_lei_n112-2025_ver._rodrigo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4447/projeto_de_lei_n113-2025_ver._matias.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4517/projeto_de_lei_n_114-2025_ver_ebertom_luiz.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4479/substitutivo_ao_pl_n115-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4580/projeto_de_lei_n116-2025_ver._ebertom_luiz.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4489/projeto_de_lei_n117-2025_do_ver_rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4465/projeto_de_lei_n118-2025_do_vereador_lone_bianchini.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4466/projeto_de_lei_n119-2025_da_vereadora_kassineida_paz.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4467/projeto_de_lei_n120-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4478/projeto_de_lei_n121-2025_vereador_lone_bianchini.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4488/projeto_de_lei_n122-2025_do_ver_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4490/projeto_de_lei_n123-2025_do_ver_lone_bianchini.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4519/projeto_de_lei_n124.2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4518/substitutivo_ao_pl_n125-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4605/projeto_de_lei_n126-2025_ebertom_luiz.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4579/projeto_de_lei_n127-2025_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4606/projeto_de_lei_n128-2025_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4551/projeto_de_lei_n_129-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4578/projeto_de_lei_n130-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4815/projeto_de_lei_n_131-2025_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3110/projeto_de_lei_n_01-2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3111/projeto_de_lei_n_02-2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3112/projeto_n_03-2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3137/projeto_de_lei_n04-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3143/projeto_de_lei_n05-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3147/projeto_de_lei_n_06-2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3155/projeto_de_lei_no07-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3156/projeto_de_lei_no08-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3172/projeto_de_lei_no09-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3173/projeto_de_lei_n10-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3174/projeto_de_lei__no_11-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3176/projeto_de_lei_no12-2024_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3193/projeto_de_lei_no13-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3194/projeto_de_lei_no14-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3195/projeto_de_lei_n15-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3205/projeto_de_lei_n16-2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3228/projeto_de_lei_no17-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3229/projeto_de_lei_no18-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3239/projeto_de_lei_n19-_2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3240/projeto_de_lei_n20-2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3249/projeto_de_lei_n21-2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3254/projeto_de_lei_n22-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3285/projeto_de_lei_n23-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3286/projeto_de_lei_n24-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3287/projeto_de_lei_n25-2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3288/projeto_de_lei_n26-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3294/projeto_de_lei_n27-2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3316/projeto_de_lei_no28-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3331/projeto_de_lei_n29-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3353/projeto_de_lei_n_30-2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3378/projeto_de_lei_n31-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3379/projeto_de_lei_n322024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3383/projeto_de_lei_n33-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3392/projeto_de_lei_n34-2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3417/projeto_de_lei_n_35.2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3430/projeto_de_lei_no36-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3439/projeto_de_lei_n37-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3440/projeto_de_lei_n38-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3447/projeto_de_lei_n39-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3451/projeto_de_lei_n40-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3452/projeto_de_lei_n41-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3514/substitutivo_ao_projeto_de_lei_n42-2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3506/projeto_de_lei_n43-2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3511/pl_no44-2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3512/pl_no45-2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3513/pl_no46-2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3549/projeto_de_lei_no47-2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3548/projeto_de_lei_no48-2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3556/projeto_de_lei_n49-2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3557/projeto_de_lei_n50-2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3558/projeto_de_lei_no_51-2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3682/projeto_de_lei_n_53.2024_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2417/projeto_de_lei_no_01.2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2419/projeto_de_lei_n02-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2420/projeto_de_lei_n_03-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2421/projeto_de_lei_n_04-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2422/projeto_de_lei_n_05-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2423/projeto_de_lei_n_06-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2424/projeto_de_lei_n_07-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2425/projeto_de_lei_n_08-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2448/projeto_de_lei_n09-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2449/projeto_de_lei_n10-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2512/projeto_de_lei_n11-2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2559/projeto_de_lei_n_12-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2514/projeto_de_lei_n13-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2519/projeto_de_lei_no_14.2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2520/projeto_de_lei_n_15-2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2533/projeto_de_lei_no_16.2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2560/projeto_de_lei_no_17.2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2561/projeto_de_lei_n18-2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2568/projeto_de_lei_m19-2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2572/projeto_de_lei_20-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2576/projeto_de_lei_n21-2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2599/projeto_de_lei_n22-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2611/projeto_de_lei_n_23-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2615/projeto_de_lei_no_24-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2640/substitutivo_ao_projeto_de_lei_no_25-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2685/projeto_de_lei_n26-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2695/projeto_de_lei_no_27-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2717/projeto_de_lei_n28-2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2718/projeto_de_lei_legislativo_no_28-2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2728/projeto_de_lei_n30-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2734/projeto_de_lei_n31-2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2743/projeto_de_lei_n32-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2745/projeto_de_lei_no_33-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2748/substitutivo_ao_projeto_de_lei_no_34.2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2755/projeto_de_lei_n35-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2754/projeto_de_lei_no_36-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2776/projeto_de_lei_n37-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2801/projeto_de_lei_no_38.2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2802/projeto_de_lei_no_39.2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2813/projeto_de_lei_n40-2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2815/projeto_de_lei_n41-2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2825/projeto_de_lei_n_42-2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2826/projeto_de_lei_n_43-2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2842/projeto_de_lei_n_44-2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2841/projeto_de_lei_n45-2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2845/projeto_de_lei_n46-2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2873/projeto_de_lei_n47-2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3092/projeto_de_lei_n_48-2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3103/projeto_de_lei_n49-2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1674/projeto_de_lei_n_01-2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1691/projeto_de_lei_n_03-2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1692/projeto_de_lei_n_04-2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1703/projeto_de_lei_n_05-2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1720/projeto_de_lei_n_06-2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1734/projeto_de_lei_n_07-2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1744/projeto_de_lei_n_08-2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1745/projeto_de_lei_n_09-2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1746/projeto_de_lei_n_10-2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1793/projeto_de_lei_n_11-2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1809/projeto_de_lei_n_12-2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1810/projeto_de_lei_n_13-2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1822/substitutivo_ao_projeto_de_lei_n_14-2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1823/projeto_de_lei_n_15-2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1869/projeto_de_lei_n_16-2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1886/substitutivo_ao_projeto_de_lei_n_17-2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1887/projeto_de_lei_n_18-2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1896/projeto_de_lei_n_19-2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1900/projeto_de_lei_n_20-2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1969/projeto_de_lei_n_21-2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1921/projeto_de_lei_n_22-2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1922/projeto_de_lei_n_23-2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1923/projeto_de_lei_n_25-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1983/projeto_de_lei_n_26-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1967/projeto_de_lei_n_27-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1971/projeto_de_lei_n_28-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2019/projeto_de_lei_n_29-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2018/projeto_de_lei_no_30-2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2081/projeto_de_lei_n_31-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2082/projeto_de_lei_n32-2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2084/projeto_de_lei_n_33-2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2086/projeto_de_lei_n35-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2087/projeto_de_lei_n_36-2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2110/projeto_de_lei_n_37-2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2161/projeto_de_lei_n_38-2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2171/substituitivo_ao_projeto_de_lei_n_39-2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2173/projeto_de_lei_no_40-2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2174/projeto_de_lei_no_41-2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2184/projeto_de_lei_n42-2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1035/projeto_de_lei_n_01-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1038/projeto_de_lei_n_02-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1039/projeto_de_lei_n_03-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1042/projeto_de_lei_n_04-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1043/projeto_de_lei_n_05-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1055/projeto_de_lei_n_06-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1056/projeto_de_lei_n_07-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1060/projeto_de_lei_n_08-2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1071/projeto_de_lei_no_09-2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1082/projeto_de_lei_n_10-2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1089/projeto_de_lei_n_11-2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1099/projeto_de_lei_n12-2021_ver_nilo.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1108/pl_no_13.2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1109/pl_no_14.2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1110/pl_no_15.2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1111/pl_no_16.2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1140/projeto_de_lei_no_17-2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1154/projeto_de_lei_n_20-2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1155/projeto_de_lei_n_21-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1156/projeto_de_lei_n_22-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1162/projeto_de_lei_n_23-2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1182/projeto_de_lei_n_24-2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1163/projeto_de_lei_25_2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1183/projeto_de_lei_n_26-2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1188/projeto_de_lei_n_27-2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1189/projeto_de_lei_n_28-2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1190/projeto_de_lei_n_29-2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1191/projeto_de_lei_n_30-2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1204/projeto_de_lei_n_32-2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1213/projeto_de_lei_no_33.2021-_do_vereador_lone_bianchini.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1220/projeto_de_lei_no_34.2021-_do_vereador_franklin_pereira.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1221/projeto_de_lei_no_35.2021_vereador_franklin_pereira.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1232/projeto_de_lei_no_36-2021_do_ver_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1240/projeto_de_lei_n_38-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1241/projeto_de_lei_n_39-2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1247/projeto_de_lei_n_40-2021_modificado_pelo_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1249/projeto_de_lei_n_41-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1250/projeto_de_lei_n_42-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1252/projeto_de_lei_n_43-2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1264/projeto_de_lei_n_44-2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1265/projeto_de_lei_n_45-2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1278/projeto_de_lei_n_46-2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1280/projeto_de_lei_n_47-2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1282/projeto_de_lei_n_48-2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1306/projeto_de_lei_n_49-2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1320/projeto_de_lei_n_51-2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1308/projeto_de_lei_n_52-2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1325/projeto_de_lei_no_53-2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1332/projeto_de_lei_no_54.2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1333/projeto_de_lei_no_55.2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1334/projeto_de_lei_no_56.2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1341/projeto_de_lei_no_57-2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1361/projeto_de_lei_n_58-2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1364/projeto_de_lei_n_59-2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1367/projeto_de_lei_n_60-2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1389/projeto_de_lei_no_61-2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1392/projeto_de_lei_n_62-2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1394/projeto_de_lei_n_63-2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1410/projeto_de_lei_n_64-2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_no_65-2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1452/projeto_de_lei_n_66-2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1451/projeto_de_lei_n_67-2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1459/projeto_de_lei_n_68-2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1469/projeto_de_lei_n69-2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1470/projeto_de_lei__n70-2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1482/projeto_de_lei_n_71-2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1483/projeto_de_lei_n_72-2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1490/projeto_de_lei_n_73-2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1493/projeto_de_lei_n_74-2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1505/projeto_de_lei_n_75-2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1512/projeto_de_lei_no_76-2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1524/projeto_de_lei_n_77-2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1526/projeto_de_lei_n_78-2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1545/projeto_de_lei_no_79.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1555/projeto_de_lei_no_80-2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1572/projeto_de_lei_n_81-2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1573/projeto_de_lei_n_82-2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1584/projeto_de_lei_n_83-2021_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1596/projeto_de_lei_n_84-2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1613/projeto_de_lei_n_85-2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1618/projeto_de_lei_n_86-2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1619/projeto_de_lei_n_87-2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1626/projeto_de_lei_n_88-2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1635/projeto_de_lei_n_89-2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1641/projeto_de_lei_no_90-2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1662/projeto_de_lei_no_91.2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/760/projeto_de_lei_n_01.2020.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/761/projeto_de_lei_n_02.2020.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/766/projeto_de_lei_no_03-2020_-_vereador_ademar_frescura.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/750/projeto_de_lei_no_04.2020.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/751/projeto_de_lei_no_05.2020.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/898/projeto_de_lei_no_10-2020.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/992/projeto_de_lei_no_11_do_vereador_ademar_frescura.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1016/projeto_de_lei_no_12-2020_-_vereadora_elizandra.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1021/projeto_de_lei_no_13.2020.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1028/projeto_de_lei_no_14-2020_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1029/projeto_de_lei_no_15-2020_-_everton_luiz.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1034/projeto_de_lei_n_16-2020.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/405/projeto_de_lei_legislativo_n_01.2019.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/413/projeto_de_lei_legislativo_n_02.2019.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/419/mesa_diretora_03.2019.pdf.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/420/projeto_de_lei_n_04.2019.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/422/projeto_de_lei_no05.2019.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/424/projeto_de_lei_no06.2019.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/426/projeto_de_lei_legislativo_n_07.2019.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/445/projeto_de_lei_no_08.2019.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/600/projeto_de_lei_n_09.2019.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/487/projeto_de_lei_no_10.2019.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/549/projeto_de_lei_no_11.2019.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/599/projeto_de_lei_n_12.2019.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/601/projeto_de_lei_n_13.2019.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/597/projeto_de_lei_n_14.2019.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/620/projeto_de_lei_n_15.2019.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/641/projeto_de_lei_n_16.2019.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/686/projeto_de_lei_n_17.2019.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/696/projeto_de_lei_n_18.2019.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/713/projeto_de_lei_no_20-2019.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/718/projeto_de_lei_n_21.2019.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/321/projeto-de-lei-n-01.2018-mesa-diretora.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/322/projeto-de-lei-n-02.2018-c-mara-de-vereadores.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/328/projeto-de-lei-legislativo-03.2018.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/338/projeto_de_lei_legislativo_no_06.2018.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/339/projeto_de_lei_legislativo_no_07.2018.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/342/projeto_de_lei_legislativo_no_08.2018_DJXtgJI.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/348/projeto_de_lei_legislativo_n_10.2018.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/363/projeto_de_lei_legislativo_no_11_de_2018.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/362/projeto_de_lei_legislativo_no_14_de_2018.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/367/projeto_de_lei_legislativo_no_15_de_2018.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/368/projeto_de_lei_legislativo_no_16_de_2018.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/370/projeto_de_lei_no_17_de_2018.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/386/projeto_de_lei_legislativo_n_18.2018.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/384/projeto_de_le_legislativo_n_19.2018.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/385/projeto_de_le_legislativo_n_21.2018.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/401/projeto_de_lei_legislativo_n_24.2018.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/104/projeto-de-lei-n-02.2017-mesa-diretora.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/115/projeto-de-lei-n-03.2017-ver.-vasco-carvalho.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/107/projeto-de-lei-n-04.2017-mesa-diretora.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/113/projeto-de-lei-n-05.2017-mesa-diretora.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/114/projeto-de-lei-n-06.2017-ver-ademar-frescura.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/55/projeto-de-lei-n-07.2017-ver-jussara-matheus_V5ZuKnh.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/119/projeto-de-lei-n-09-2017-ver.-jeremias-oliveira.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3699/projeto_de_lei_no01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3700/projeto_de_lei_no02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3701/projeto_de_lei_no03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3702/projeto_de_lei_no04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3703/projeto_de_lei_no05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3704/substitutivo_do_projeto_de_lei_n06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3705/projeto_de_lei_no07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3706/projeto_de_lei_no08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3707/projeto_de_lei_no09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3708/substitutivo_ao_projeto_de_lei_no10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3709/projeto_de_lei_substitutivo_n11-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3710/projeto_de_lei_no13-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3711/projeto_de_lei_no14-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3712/projeto_de_lei_no15-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3713/projeto_de_lei_no16-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3714/projeto_de_lei_no17-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3718/substitutivo_ao_pl_n_18.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3720/projeto_de_lei_no19-2025_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3730/projeto_de_lei_no20-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3728/projeto_de_lei_no21-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3731/substitutivo_ao_pl_no22-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3732/projeto_de_lei_no23-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3733/projeto_de_lei_no24-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3737/projeto_de_lei_no25-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3738/projeto_de_lei_no26-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3751/projeto_de_lei_substitutivo_n27-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3752/projeto_de_lei_no28-2025_ver_ebertom_luiz.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3767/projeto_de_lei_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3766/projeto_de_lei_no30-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3777/projeto_de_lei_no31-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3785/projeto_de_lei_n_32-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3786/projeto_de_lei_n_33-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3787/projeto_de_lei_n_34-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3800/projeto_de_lei_no35-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3837/projeto_de_lei_no38-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3838/projeto_de_lei_no39-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3867/projeto_de_lei_no40-2025_ver_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3874/projeto_de_lei_no41-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3880/projeto_de_lei_n_42.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3897/projeto_de_lei_no43-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3896/projeto_de_lei_no44-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3895/projeto_de_lei_no45-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3894/projeto_de_lei_no46-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3905/projeto_de_lei_n47-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3906/projeto_de_lei_n48-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3915/projeto_de_lei_no49-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3918/projeto_de_lei_no50-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3919/projeto_de_lei_no51-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3933/projeto_de_lei_no52-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3934/projeto_de_lei_no53-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3935/projeto_de_lei_no54-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3936/projeto_de_lei_substitutivo_n55-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3947/substitutivo_ao_projeto_de_lei_n56-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3974/projeto_de_lei_no57-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3975/projeto_de_lei_no58-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3976/projeto_de_lei_no59-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3977/projeto_de_lei_no_60-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3978/projeto_de_lei_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3979/substitutivo_ao_projeto_de_lei_n62-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3995/projeto_de_lei_no63-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4029/substitutivo_ao_pl_no64-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4039/projeto_de_lei_no65-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4040/projeto_de_lei_no66-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4055/projeto_de_lei_n67-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4071/substitutivo_projeto_68-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4086/projeto_de_lei_no69-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4096/projeto_de_lei_n70-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4105/substitutivo_projeto_de_lei_n_71-2025_leticia_salcedo_machado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4106/projeto_de_lei_no72-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4137/projeto_de_lei_n73-2025_do_ver._rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4138/projeto_de_lei_n74-2025_do_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4139/substitutivo_ao_projeto_de_lei_n75-2025_do_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4238/projeto_de_lei_n_76-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4160/projeto_de_lei_n77-2025_do_vereador_nilo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4155/projeto_de_lei_n_78-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4161/substitutivo_ao_pl_n79.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4162/substitutivo_ao_projeto_de_lei_n80-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4197/projeto_de_lei_n81.2025_do_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4198/projeto_de_lei_n82.2025_do_ver.nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4211/projeto_de_lei_n_83-2025_ver._rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4212/substitutivo_ao_projeto_de_lei_n84-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4213/substitutivo_ao_projeto_de_lei_n85-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4210/projeto_de_lei_n_86-2025_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4239/projeto_de_lei_n_87-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4281/substitutivo_pl_88-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4241/substitutivo_ao_projeto_de_lei_n89-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4217/projeto_de_lei_n_90-2025_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4242/projeto_de_lei_n91-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4224/projeto_de_lei_n92-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4260/substitutivo_ao_pl_n93-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4282/projeto_de_lei_n_94.2025_do_vereador_leonardo_pilar.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4295/projeto_de_lei_n_95.2025_da_vereadora_leticia_salcedo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4339/projeto_de_lei_n96-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4340/substitutivo_ao_projeto_de_lei_n97-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4350/substitutivo_ao_projeto_n98-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4351/projeto_de_lei_n99-2025_da_ver._elizandra_de_melo_sacardi.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4352/projeto_de_lei_n100-2025_da_ver._elizandra_de_melo_sacardi.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4353/substitutivo_ao_projeto_de_lei_n101-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4359/substitutivo_pl_102-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4393/projeto_do_lei_n103-2025_do_vereador_rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4394/substitutivo_ao_pl_n104-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4395/projeto_de_lei_n105-2025_do_vereador_matias_gomes.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4396/substitutivo_ao_projeto_n106-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4397/projeto_de_lei_n107-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4421/projeto_de_lei_n_108-2025_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4422/projeto_de_lei_n_109-2025_ver._rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4401/projeto_de_lei_n_110-2025_ver_orlando_flores.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4423/projeto_de_lei_n111-2025_ver._kassineida_paz.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4446/projeto_de_lei_n112-2025_ver._rodrigo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4447/projeto_de_lei_n113-2025_ver._matias.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4517/projeto_de_lei_n_114-2025_ver_ebertom_luiz.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4479/substitutivo_ao_pl_n115-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4580/projeto_de_lei_n116-2025_ver._ebertom_luiz.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4489/projeto_de_lei_n117-2025_do_ver_rodrigo_lamberti.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4465/projeto_de_lei_n118-2025_do_vereador_lone_bianchini.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4466/projeto_de_lei_n119-2025_da_vereadora_kassineida_paz.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4467/projeto_de_lei_n120-2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4478/projeto_de_lei_n121-2025_vereador_lone_bianchini.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4488/projeto_de_lei_n122-2025_do_ver_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4490/projeto_de_lei_n123-2025_do_ver_lone_bianchini.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4519/projeto_de_lei_n124.2025_do_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4518/substitutivo_ao_pl_n125-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4605/projeto_de_lei_n126-2025_ebertom_luiz.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4579/projeto_de_lei_n127-2025_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4606/projeto_de_lei_n128-2025_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4551/projeto_de_lei_n_129-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4578/projeto_de_lei_n130-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4815/projeto_de_lei_n_131-2025_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3110/projeto_de_lei_n_01-2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3111/projeto_de_lei_n_02-2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3112/projeto_n_03-2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3137/projeto_de_lei_n04-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3143/projeto_de_lei_n05-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3147/projeto_de_lei_n_06-2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3155/projeto_de_lei_no07-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3156/projeto_de_lei_no08-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3172/projeto_de_lei_no09-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3173/projeto_de_lei_n10-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3174/projeto_de_lei__no_11-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3176/projeto_de_lei_no12-2024_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3193/projeto_de_lei_no13-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3194/projeto_de_lei_no14-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3195/projeto_de_lei_n15-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3205/projeto_de_lei_n16-2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3228/projeto_de_lei_no17-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3229/projeto_de_lei_no18-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3239/projeto_de_lei_n19-_2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3240/projeto_de_lei_n20-2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3249/projeto_de_lei_n21-2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3254/projeto_de_lei_n22-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3285/projeto_de_lei_n23-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3286/projeto_de_lei_n24-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3287/projeto_de_lei_n25-2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3288/projeto_de_lei_n26-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3294/projeto_de_lei_n27-2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3316/projeto_de_lei_no28-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3331/projeto_de_lei_n29-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3353/projeto_de_lei_n_30-2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3378/projeto_de_lei_n31-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3379/projeto_de_lei_n322024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3383/projeto_de_lei_n33-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3392/projeto_de_lei_n34-2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3417/projeto_de_lei_n_35.2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3430/projeto_de_lei_no36-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3439/projeto_de_lei_n37-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3440/projeto_de_lei_n38-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3447/projeto_de_lei_n39-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3451/projeto_de_lei_n40-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3452/projeto_de_lei_n41-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3514/substitutivo_ao_projeto_de_lei_n42-2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3506/projeto_de_lei_n43-2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3511/pl_no44-2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3512/pl_no45-2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3513/pl_no46-2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3549/projeto_de_lei_no47-2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3548/projeto_de_lei_no48-2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3556/projeto_de_lei_n49-2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3557/projeto_de_lei_n50-2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3558/projeto_de_lei_no_51-2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3682/projeto_de_lei_n_53.2024_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2417/projeto_de_lei_no_01.2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2419/projeto_de_lei_n02-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2420/projeto_de_lei_n_03-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2421/projeto_de_lei_n_04-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2422/projeto_de_lei_n_05-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2423/projeto_de_lei_n_06-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2424/projeto_de_lei_n_07-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2425/projeto_de_lei_n_08-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2448/projeto_de_lei_n09-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2449/projeto_de_lei_n10-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2512/projeto_de_lei_n11-2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2559/projeto_de_lei_n_12-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2514/projeto_de_lei_n13-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2519/projeto_de_lei_no_14.2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2520/projeto_de_lei_n_15-2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2533/projeto_de_lei_no_16.2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2560/projeto_de_lei_no_17.2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2561/projeto_de_lei_n18-2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2568/projeto_de_lei_m19-2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2572/projeto_de_lei_20-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2576/projeto_de_lei_n21-2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2599/projeto_de_lei_n22-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2611/projeto_de_lei_n_23-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2615/projeto_de_lei_no_24-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2640/substitutivo_ao_projeto_de_lei_no_25-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2685/projeto_de_lei_n26-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2695/projeto_de_lei_no_27-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2717/projeto_de_lei_n28-2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2718/projeto_de_lei_legislativo_no_28-2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2728/projeto_de_lei_n30-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2734/projeto_de_lei_n31-2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2743/projeto_de_lei_n32-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2745/projeto_de_lei_no_33-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2748/substitutivo_ao_projeto_de_lei_no_34.2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2755/projeto_de_lei_n35-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2754/projeto_de_lei_no_36-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2776/projeto_de_lei_n37-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2801/projeto_de_lei_no_38.2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2802/projeto_de_lei_no_39.2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2813/projeto_de_lei_n40-2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2815/projeto_de_lei_n41-2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2825/projeto_de_lei_n_42-2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2826/projeto_de_lei_n_43-2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2842/projeto_de_lei_n_44-2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2841/projeto_de_lei_n45-2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2845/projeto_de_lei_n46-2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2873/projeto_de_lei_n47-2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3092/projeto_de_lei_n_48-2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3103/projeto_de_lei_n49-2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1674/projeto_de_lei_n_01-2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1691/projeto_de_lei_n_03-2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1692/projeto_de_lei_n_04-2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1703/projeto_de_lei_n_05-2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1720/projeto_de_lei_n_06-2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1734/projeto_de_lei_n_07-2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1744/projeto_de_lei_n_08-2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1745/projeto_de_lei_n_09-2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1746/projeto_de_lei_n_10-2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1793/projeto_de_lei_n_11-2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1809/projeto_de_lei_n_12-2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1810/projeto_de_lei_n_13-2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1822/substitutivo_ao_projeto_de_lei_n_14-2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1823/projeto_de_lei_n_15-2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1869/projeto_de_lei_n_16-2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1886/substitutivo_ao_projeto_de_lei_n_17-2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1887/projeto_de_lei_n_18-2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1896/projeto_de_lei_n_19-2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1900/projeto_de_lei_n_20-2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1969/projeto_de_lei_n_21-2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1921/projeto_de_lei_n_22-2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1922/projeto_de_lei_n_23-2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1923/projeto_de_lei_n_25-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1983/projeto_de_lei_n_26-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1967/projeto_de_lei_n_27-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1971/projeto_de_lei_n_28-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2019/projeto_de_lei_n_29-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2018/projeto_de_lei_no_30-2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2081/projeto_de_lei_n_31-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2082/projeto_de_lei_n32-2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2084/projeto_de_lei_n_33-2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2086/projeto_de_lei_n35-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2087/projeto_de_lei_n_36-2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2110/projeto_de_lei_n_37-2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2161/projeto_de_lei_n_38-2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2171/substituitivo_ao_projeto_de_lei_n_39-2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2173/projeto_de_lei_no_40-2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2174/projeto_de_lei_no_41-2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2184/projeto_de_lei_n42-2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1035/projeto_de_lei_n_01-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1038/projeto_de_lei_n_02-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1039/projeto_de_lei_n_03-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1042/projeto_de_lei_n_04-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1043/projeto_de_lei_n_05-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1055/projeto_de_lei_n_06-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1056/projeto_de_lei_n_07-2021_ver._nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1060/projeto_de_lei_n_08-2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1071/projeto_de_lei_no_09-2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1082/projeto_de_lei_n_10-2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1089/projeto_de_lei_n_11-2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1099/projeto_de_lei_n12-2021_ver_nilo.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1108/pl_no_13.2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1109/pl_no_14.2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1110/pl_no_15.2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1111/pl_no_16.2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1140/projeto_de_lei_no_17-2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1154/projeto_de_lei_n_20-2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1155/projeto_de_lei_n_21-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1156/projeto_de_lei_n_22-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1162/projeto_de_lei_n_23-2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1182/projeto_de_lei_n_24-2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1163/projeto_de_lei_25_2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1183/projeto_de_lei_n_26-2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1188/projeto_de_lei_n_27-2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1189/projeto_de_lei_n_28-2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1190/projeto_de_lei_n_29-2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1191/projeto_de_lei_n_30-2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1204/projeto_de_lei_n_32-2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1213/projeto_de_lei_no_33.2021-_do_vereador_lone_bianchini.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1220/projeto_de_lei_no_34.2021-_do_vereador_franklin_pereira.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1221/projeto_de_lei_no_35.2021_vereador_franklin_pereira.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1232/projeto_de_lei_no_36-2021_do_ver_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1240/projeto_de_lei_n_38-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1241/projeto_de_lei_n_39-2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1247/projeto_de_lei_n_40-2021_modificado_pelo_vereador_nilo_santos.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1249/projeto_de_lei_n_41-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1250/projeto_de_lei_n_42-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1252/projeto_de_lei_n_43-2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1264/projeto_de_lei_n_44-2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1265/projeto_de_lei_n_45-2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1278/projeto_de_lei_n_46-2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1280/projeto_de_lei_n_47-2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1282/projeto_de_lei_n_48-2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1306/projeto_de_lei_n_49-2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1320/projeto_de_lei_n_51-2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1308/projeto_de_lei_n_52-2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1325/projeto_de_lei_no_53-2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1332/projeto_de_lei_no_54.2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1333/projeto_de_lei_no_55.2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1334/projeto_de_lei_no_56.2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1341/projeto_de_lei_no_57-2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1361/projeto_de_lei_n_58-2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1364/projeto_de_lei_n_59-2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1367/projeto_de_lei_n_60-2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1389/projeto_de_lei_no_61-2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1392/projeto_de_lei_n_62-2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1394/projeto_de_lei_n_63-2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1410/projeto_de_lei_n_64-2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_no_65-2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1452/projeto_de_lei_n_66-2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1451/projeto_de_lei_n_67-2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1459/projeto_de_lei_n_68-2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1469/projeto_de_lei_n69-2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1470/projeto_de_lei__n70-2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1482/projeto_de_lei_n_71-2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1483/projeto_de_lei_n_72-2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1490/projeto_de_lei_n_73-2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1493/projeto_de_lei_n_74-2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1505/projeto_de_lei_n_75-2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1512/projeto_de_lei_no_76-2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1524/projeto_de_lei_n_77-2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1526/projeto_de_lei_n_78-2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1545/projeto_de_lei_no_79.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1555/projeto_de_lei_no_80-2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1572/projeto_de_lei_n_81-2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1573/projeto_de_lei_n_82-2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1584/projeto_de_lei_n_83-2021_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1596/projeto_de_lei_n_84-2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1613/projeto_de_lei_n_85-2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1618/projeto_de_lei_n_86-2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1619/projeto_de_lei_n_87-2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1626/projeto_de_lei_n_88-2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1635/projeto_de_lei_n_89-2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1641/projeto_de_lei_no_90-2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1662/projeto_de_lei_no_91.2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/760/projeto_de_lei_n_01.2020.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/761/projeto_de_lei_n_02.2020.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/766/projeto_de_lei_no_03-2020_-_vereador_ademar_frescura.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/750/projeto_de_lei_no_04.2020.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/751/projeto_de_lei_no_05.2020.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/898/projeto_de_lei_no_10-2020.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/992/projeto_de_lei_no_11_do_vereador_ademar_frescura.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1016/projeto_de_lei_no_12-2020_-_vereadora_elizandra.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1021/projeto_de_lei_no_13.2020.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1028/projeto_de_lei_no_14-2020_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1029/projeto_de_lei_no_15-2020_-_everton_luiz.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1034/projeto_de_lei_n_16-2020.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/405/projeto_de_lei_legislativo_n_01.2019.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/413/projeto_de_lei_legislativo_n_02.2019.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/419/mesa_diretora_03.2019.pdf.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/420/projeto_de_lei_n_04.2019.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/422/projeto_de_lei_no05.2019.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/424/projeto_de_lei_no06.2019.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/426/projeto_de_lei_legislativo_n_07.2019.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/445/projeto_de_lei_no_08.2019.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/600/projeto_de_lei_n_09.2019.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/487/projeto_de_lei_no_10.2019.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/549/projeto_de_lei_no_11.2019.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/599/projeto_de_lei_n_12.2019.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/601/projeto_de_lei_n_13.2019.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/597/projeto_de_lei_n_14.2019.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/620/projeto_de_lei_n_15.2019.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/641/projeto_de_lei_n_16.2019.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/686/projeto_de_lei_n_17.2019.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/696/projeto_de_lei_n_18.2019.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/713/projeto_de_lei_no_20-2019.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/718/projeto_de_lei_n_21.2019.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/321/projeto-de-lei-n-01.2018-mesa-diretora.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/322/projeto-de-lei-n-02.2018-c-mara-de-vereadores.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/328/projeto-de-lei-legislativo-03.2018.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/338/projeto_de_lei_legislativo_no_06.2018.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/339/projeto_de_lei_legislativo_no_07.2018.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/342/projeto_de_lei_legislativo_no_08.2018_DJXtgJI.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/348/projeto_de_lei_legislativo_n_10.2018.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/363/projeto_de_lei_legislativo_no_11_de_2018.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/362/projeto_de_lei_legislativo_no_14_de_2018.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/367/projeto_de_lei_legislativo_no_15_de_2018.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/368/projeto_de_lei_legislativo_no_16_de_2018.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/370/projeto_de_lei_no_17_de_2018.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/386/projeto_de_lei_legislativo_n_18.2018.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/384/projeto_de_le_legislativo_n_19.2018.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/385/projeto_de_le_legislativo_n_21.2018.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/401/projeto_de_lei_legislativo_n_24.2018.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/104/projeto-de-lei-n-02.2017-mesa-diretora.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/115/projeto-de-lei-n-03.2017-ver.-vasco-carvalho.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/107/projeto-de-lei-n-04.2017-mesa-diretora.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/113/projeto-de-lei-n-05.2017-mesa-diretora.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/114/projeto-de-lei-n-06.2017-ver-ademar-frescura.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/55/projeto-de-lei-n-07.2017-ver-jussara-matheus_V5ZuKnh.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/119/projeto-de-lei-n-09-2017-ver.-jeremias-oliveira.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H413"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="58.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="144.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="143.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>