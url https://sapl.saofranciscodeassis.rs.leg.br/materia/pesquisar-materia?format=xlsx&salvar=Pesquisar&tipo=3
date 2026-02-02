--- v0 (2025-12-15)
+++ v1 (2026-02-02)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4572" uniqueCount="1951">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4579" uniqueCount="1955">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1447,50 +1447,62 @@
     <t>Autoriza o Poder a contratar operações de crédito com o Badesul Desenvolvimento S.A Agência de Fomento/RS para obras de infra-estrutura.</t>
   </si>
   <si>
     <t>4609</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4609/projeto_de_lei_n126-2025_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Institui como política pública o programa educacional de resistência às drogas e à violência - PROERD, no município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>4804</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4804/projeto_de_lei_n127-2025.pdf</t>
   </si>
   <si>
     <t>Regulamenta a concessão de gratificação ao responsável técnico, pela qualidade da água dos poços artesianos e do caminhão pipa no Munícipio de São Francisco de Assis.</t>
+  </si>
+  <si>
+    <t>4818</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4818/projeto_de_lei_n129-2025_executivo_municipal.pdf</t>
+  </si>
+  <si>
+    <t>Altera o II ao §1° do art. 2° da Lei 007/2001 que dispõe sobre o horário de funcionamento nos estabelecimentos comerciais do tipo bares e de estabelecimentos e entidades que promovem bailes e diversão noturnas.</t>
   </si>
   <si>
     <t>3105</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3105/projeto_de_lei_no01_-_2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº1437, de 25 de Fevereiro de 2022, que trata do vale-refeição dos servidores municipais e demais alterações legais, e concede reajuste no valor do referido benefício.</t>
   </si>
   <si>
     <t>3106</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3106/projeto_de_lei_no02_-_2024.pdf</t>
   </si>
   <si>
     <t>Altera o percentual de contribuição do município em favor do servidor público referente ao contrato firmado com o ipê-saúde - instituto de assistência à saúde dos servidores públicos do rio grande do sul para a prestação de serviço de assistência médico - hospitalar, laboratorial, diagnóstico e tratamento e dá outras providências.</t>
   </si>
   <si>
     <t>3107</t>
   </si>
@@ -6211,56 +6223,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3715/projeto_de_lei_n_001.2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3716/projeto_de_lei_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3717/projeto_de_lei_n_003.2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3719/projeto_de_lei_no04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3723/projeto_de_lei_no05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3721/projeto_de_lei_n_16.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3722/projeto_de_lei_no07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3724/projeto_de_lei_no_08.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3725/projeto_de_lei_no_09.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3735/projeto_de_lei_no10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3736/projeto_de_lei_no14-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3740/projeto_de_lei_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3741/projeto_de_lei_no16-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3758/projeto_de_lei_n_17-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4011/projeto_de_lei_no18-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3760/projeto_de_lei_substitutivo_n19-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3761/projeto_de_lei_n20-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3762/projeto_de_lei_substitutivo_n21-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3763/projeto_de_lei_substitutivo_n22-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3759/projeto_de_lei_n_23-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3745/projeto_de_lei_no24-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3746/projeto_de_lei_no25-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3750/projeto_de_lei_no26-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3778/projeto_de_lei_n_27-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3801/projeto_de_lei_no28-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3802/projeto_de_lei_no29-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3803/projeto_de_lei_no30-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3804/projeto_de_lei_n31-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3824/projeto_de_lei_no32-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3836/projeto_de_lei_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3859/projeto_de_lei_no34-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3860/projeto_de_lei_no35-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3861/projeto_de_lei_no36-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3862/projeto_de_lei_no37-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3858/projeto_de_lei_n38-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3857/projeto_de_lei_n39-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3855/projeto_de_lei_n40-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3856/projeto_de_lei_n41-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3916/projeto_de_lei_no42-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3955/projeto_de_lei_n43-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3966/projeto_de_lei_n44-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4013/projeto_de_lei_no45-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3968/projeto_de_lei_n47-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3969/projeto_de_lei_n48-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3972/projeto_de_lei_n49-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3973/projeto_de_lei_no50-2025_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4083/projeto_de_lei_no51-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4085/projeto_de_lei_no52-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4016/projeto_de_lei_no53-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4084/projeto_de_lei_no54-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4133/projeto_de_lei_n55-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4037/projeto_de_lei_n_56-2025_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4054/projeto_de_lei_n57-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4164/projeto_de_lei_no58-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4061/projeto_de_lei_no59-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4065/projeto_de_lei_n60-2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4069/projeto_de_lei_n61-2025_exec._municipal.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4070/projeto_de_lei_n62-2025_exec._municipal.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4074/projeto_de_lei_n63-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4073/projeto_de_lei_n64-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4090/projeto_de_lei_no65-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4091/projeto_de_lei_no66-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4093/projeto_de_lei_no67-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4092/projeto_de_lei_no68-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4103/projeto_de_lei_n69-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4119/projeto_de_lei_no70-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4120/substitutivo_do_projeto_de_lei_no_71.2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4112/projeto_de_lei_no72-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4126/projeto_de_lei_no73-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4122/projeto_de_lei_no74-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4123/projeto_de_lei_no75-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4124/projeto_de_lei_no76-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4125/projeto_de_lei_no77-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4121/projeto_de_lei_no78-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4156/projeto_de_lei_n80-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4134/projeto_de_lei_n81-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4135/projeto_de_lei_n82-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4136/projeto_de_lei_no83-2025_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4143/projeto_de_lei_no85-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4146/projeto_de_lei_n86-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4173/projeto_de_lei_n_87-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4154/projeto_de_lei_n88-2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4157/projeto_de_lei_n_89-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4165/projeto_de_lei_no90-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4174/projeto_de_lei_n91-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4175/substitutivo_projeto_de_lei_n_92-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4183/projeto_de_lei_n93-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4196/projeto_de_lei_n_94.2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4208/projeto_de_lei_n_95-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4261/projeto_de_lei_n96-2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4258/projeto_de_lei_n97-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4259/projeto_de_lei_n98-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4288/projeto_de_lei_n099.2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4265/projeto_de_lei_n_100-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4280/projeto_de_lei_n101-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4294/projeto_de_lei_n_102.2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4292/projeto_de_lei_n_103.2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4293/projeto_de_lei_n_104.2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4310/projeto_de_lei_n105-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4311/projeto_de_lei_n106-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4317/substitutivo_ao_projeto_de_lei_n107-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4327/projeto_de_lei_n108-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4380/projeto_de_lei_n109-2025_do_exe._municipal.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4384/projeto_de_lei_n110-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4381/projeto_de_lei_n111-2025_do_exec._municipal.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4494/projeto_de_lei_n_112-2025_exec._municipal.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4439/projeto_de_lei_n113-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4463/projeto_de_lei_n114-2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4464/projeto_de_lei_n115-2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4581/projeto_de_lei_n117-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4470/projeto_de_lei_n118-2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4546/projeto_de_lei_n119-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4572/projeto_de_lei_n120-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4573/projeto_de_lei_n121-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4574/projeto_de_lei_n122-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4598/projeto_de_lei_n123-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4593/projeto_de_lei_124-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4600/projeto_de_lei_n_125-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4609/projeto_de_lei_n126-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4804/projeto_de_lei_n127-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3105/projeto_de_lei_no01_-_2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3106/projeto_de_lei_no02_-_2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3107/projeto_de_lei_no03_-_2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3108/projeto_de_lei_no04_-_2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3109/projeto_de_lei_no05_-_2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3115/projeto_de_lei_n_06-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3119/projeto_de_lei_no_07.2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3120/projeto_de_lei_no_08.2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3121/projeto_de_lei_no_09.2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3123/projeto_de_lei_no10-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3135/projeto_de_lei_n_11-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3136/projeto_de_lei_n_12-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3146/projeto_de_lei_no13-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3144/projeto_de_lei_n14-2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3145/projeto_de_lei_no15-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3150/projeto_de_lei_n_16-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3151/projeto_de_lei_n_17-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3177/projeto_de_lei_no18-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3187/projeto_de_lei_n_19-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3196/projeto_de_lei_n20-2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3216/projeto_de_lei_no21-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3217/projeto_de_lei_no22-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3219/projeto_de_lei_no23-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3220/projeto_de_lei_no_24-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3221/projeto_de_lei_n25-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3238/projeto_de_lei_no26-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3269/projeto_de_lei_n27-2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3283/projeto_de_lei_n28-2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3302/projeto_de_lei_n29-2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3301/projeto_de_lei_n30-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3303/projeto_de_lei_n_31-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3326/projeto_de_lei_no32-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3327/projeto_de_lei_no33-2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3328/projeto_delei_n34-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3329/projeto_de_lei_n35-2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3330/projeto_de_lei_n36-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3354/projeto_de_lei_no_37.2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3370/projeto_de_lei_n_39-2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3371/projeto_de_lei_n_40-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3373/projeto_de_lei_n41-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3382/projeto_de_lei_n_42-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3427/projeto_de_lei_n43-2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3429/projeto_de_lei_n44-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3431/projeto_de_lei_no45-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3443/projeto_de_lei_n46-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3444/projeto_de_lei_n47-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3445/projeto_de_lei_n48-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3446/projeto_de_lei_n49-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3454/projeto_de_lei_n50-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3467/projeto_de_lei_no51-2024_ldo.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3469/pl_no52-2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3468/pl_no53-2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3505/projeto_de_lei_no54-2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3543/projeto_de_lei_n_55.2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3544/projeto_de_lei_n_56.2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3559/projeto_de_lei_n57-2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3562/projeto_de_lei_n58-2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3564/projeto_de_lei_n_59.2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3668/projeto_de_lei_no61-2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3692/projeto_de_lei_n_62.2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3669/projeto_de_lei_no63-2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2426/projeto_de_lei_n_01-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2427/projeto_de_lei_n_02-2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2428/projeto_de_lei_no_03-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2429/projeto_de_lei_n_04-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2430/projeto_de_lei_n_05-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2431/projeto_de_lei_n_06-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2432/projeto_de_lei_n_07-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2433/projeto_de_lei_n_08-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2434/projeto_de_lei_no_09.2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2445/projeto_de_lei_no_10.2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2447/projeto_de_lei_n11-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2461/projeto_de_lei_n12-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2490/projeto_de_lei_n13-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2518/projeto_de_lei_n14-2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2536/projeto_de_lei_n15-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2549/projeto_de_lei_no_17-2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2575/projeto_de_lei_n18-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2577/projeto_de_lei_n_19-2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2574/projeto_de_lei_no_20-2023_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2578/projeto_de_lei_n_21-2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2579/projeto_de_lei_n_22-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2600/projeto_de_lei_n23-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2584/projeto_de_lei_n24-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2624/projeto_de_lei_n26-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2625/projeto_de_lei_n27-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2635/projeto_de_lei_n28-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2636/projeto_de_lei_n29-2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2637/projeto_de_lei_n30-2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2661/projeto_de_lei_n_32-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2662/projeto_de_lei_n_33-2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2663/projeto_de_lei_n34-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2671/projeto_de_lei_n35-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2672/projeto_de_lei_no36-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2673/projeto_de_lei_no37-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2674/projeto_de_lei_no38-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2675/projeto_de_lei_no39-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2683/projeto_de_lei_no40-2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2684/projeto_de_lei_no_41-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2707/projeto_de_lei_no_42-2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2708/projeto_de_lei_no_43-2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2719/projeto_de_lei_no_44-2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2720/projeto_de_no_lei_45-2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2727/projeto_de_lei_n_46-2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2740/projeto_de_lei_n47-2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2741/projeto_de_lei_no_48-2023_lei_de_diretizes_orcamentarias_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2742/projeto_de_lei_n49-2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2762/projeto_de_lei_n_51-2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2769/projeto_de_lei_no53-2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2775/projeto_de_lei_n54-2023.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2785/projeto_de_lei_no55-2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2786/projeto_de_lei_no56-2023.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2791/projeto_de_lei_no57-2023.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2792/projeto_de_lei_n_58-2023.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2798/projeto_de_lei_n_59-2023.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2799/projeto_de_lei_n_60-2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2800/projeto_de_lei_n_61-2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2803/projeto_de_lei_no_62.2023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2824/projeto_de_lei_no_63.2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2840/projeto_de_lei_n_64-2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2839/projeto_de_lei_n_65.2023.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2856/projeto_de_lei_n_66-2023.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2857/projeto_de_lei_67-2023.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2858/projeto_de_lei_n_68-2023.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2872/projeto_de_lei_n69-2023.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3090/projeto_de_lei_n_71.2023.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3093/projeto_de_lei_n_72.2023.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1682/projeto_de_lei_n_01-2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1684/projeto_de_lei_n_03-2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1685/projeto_de_lei_n_05-2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1686/projeto_de_lei_n_06-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1687/projeto_de_lei_n_07-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1688/projeto_de_lei_n_08-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1693/projeto_de_lei_no_09.2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1694/projeto_de_lei_no_10.2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1695/projeto_de_lei_no_11.2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1696/projeto_de_lei_no_12.2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1697/projeto_de_lei_no_13.2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1698/projeto_de_lei_n_14-2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1699/projeto_de_lei_n_15-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1700/projeto_de_lei_n_16-2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1701/projeto_de_lei_n_17-2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1702/projeto_de_lei_n_18-2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1721/projeto_de_lei_n_20-2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1722/projeto_de_lei_n_21-2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1885/projeto_de_lei_n_22-2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1724/projeto_de_lei_n_24-2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1725/projeto_de_lei_n_25-2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1726/projeto_de_lei_n_26-2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1727/projeto_de_lei_n_27-2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1728/projeto_de_lei_n_28-2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1733/projeto_de_lei_n_29-2022.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1729/projeto_de_lei_n_30-2022.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1730/projeto_de_lei_n_31-2022.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1731/projeto_de_lei_n_32-2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1732/projeto_de_lei_n_33-2022.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1747/projeto_de_lei_n_34-2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1748/projeto_de_lei_n_35-2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1749/projeto_de_lei_n_36-2022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1807/projeto_de_lei_n_37-2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1776/projeto_de_lei_n_38-2022.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1790/projeto_n39-2022.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1791/projeto_de_lei_n_40-2022.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1792/projeto_de_lei_n_41-2022.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1808/projeto_de_lei_n_42-2022.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1811/projeto_de_lei_n_43-2022.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1826/projeto_de_lei_no_44-2022.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1827/projeto_de_lei_no_45-2022.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1868/projeto_de_lei_n51-2022.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1881/projeto_de_lei_n_52-2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1882/projeto_de_lei_n_53-2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1883/projeto_de_lei_n_54-2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1884/projeto_de_lei_n_55-2022.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1914/projeto_de_lei_executivo_56-2022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1938/projeto_de_lei_n_57-2022.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1916/projeto_de_lei_n58-2022.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1935/projeto_de_lei_n_59-2022.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1936/projeto_de_lei_n_60-2022.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1937/projeto_de_lei_n_61-2022.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1968/projeto_de_lei_n_62-2022.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1952/projeto_de_lei_n63-2022.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1953/projeto_de_lei_n64-2022.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1970/projeto_de_lei_n65-2022.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1992/projeto_de_lei_n_66-2022.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2005/projeto_de_lei_n_67-2022.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2006/projeto_de_lei_n_68-2022.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2007/projeto_de_lei_69-2022.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2008/projeto_de_lei_n_70-2022.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2009/projeto_de_lei_n_71-2022.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2010/projeto_de_lei_n_72-2022.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2047/projeto_de_lei_no_73.2022.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2048/projeto_de_lei_n_74-2022.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2049/projeto_de_lei_n_75-2022.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2050/projeto_de_lei_n_76-2022.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2071/projeto_de_lei_n77-2022.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2072/projeto_de_lei_no_78-2022.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2073/lei_de_diretrizes_orcamentarias_2023.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2083/projeto_de_lei_executivo_80-2022.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2104/projeto_de_lei_no_81-2022.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2105/projeto_de_lei_no_82-2022.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2106/projeto_de_lei_no_83-2022.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2162/projeto_de_lei_n_85-2022.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2175/projeto_de_lei_n86-2022.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2191/proejto_de_lei_n_87-2022.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2189/lei_orcamentaria_anual_-_loa.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2190/projeto_de_lei_no_89-2022.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2211/projeto_de_lei_no_90-2022.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2365/projeto_de_lei_no_91-2022.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2366/projeto_de_lei_n92-2022.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2407/projeto_de_lei_n93-2022.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2406/projeto_de_lei_n_94-2022.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2416/projeto_de_lei_n_95-2022.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1069/projeto_de_lei_no_001-2021_2.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1070/projeto_de_lei_no_002-2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1072/projeto_de_lei_no_003.2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1081/projeto_de_lei_n_04-2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1090/projeto_de_lei_n06-2021_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1091/projeto_de_lei_n07-2021_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1100/projeto_de_lei_n008-2021_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1107/projeto_de_lei_no_10-2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1127/projeto_de_lei_n_11-2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1138/projeto_de_lei_n_12.2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1159/projeto_de_lei_n_13-2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1184/projeto_de_lei_n_16-2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1205/projeto_de_lei_n_17-2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1206/projeto_de_lei_n_18-2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1222/projeto_de_lei_n_19-2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1223/projeto_de_lei_n_20-2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1234/projeto_de_lei_no_21.2021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1243/projeto_de_lei_n_22-2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1251/projeto_de_lei_n_23-2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1266/projeto_de_lei_n_24-2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1307/projeto_de_lei_n_26-2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1321/projeto_de_lei_n_27-2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1340/projeto_de_lei_no_29-2021.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1342/projeto_de_lei_no_30-2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1347/projeto_de_lei_no_31-2021.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1357/projeto_de_lei_no_32-2021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1360/projeto_de_lei_n_33-2021.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1388/projeto_de_lei_no_34-2021.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1401/projeto_de_lei_n_35-2021.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1403/projeto_de_lei_no_36-2021.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1404/projeto_de_lei_no_37-2021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1405/projeto_de_lei_n38-2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1419/projeto_de_lei_n_39-2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1420/projeto_de_lei__n_40-2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1421/projeto_de_lei__n_41-2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1427/projeto_de_lei_no_043-2021.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1428/projeto_de_lei_no_044-2021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1436/projeto_de_lei_n_45-2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1444/projeto_de_lei_n_46-2021.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1463/projeto_de_lei_n_47-2021.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1477/projeto_de_lei_n50-2021.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1498/projeto_de_lei_n_51-2021.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1525/projeto_de_lei_n_52-2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1532/projeto_de_lei_n_53-2021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1533/projeto_de_lei_n_54-2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1534/projeto_de_lei_n_55-2021.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1535/projeto_de_lei_n_56-2021.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1544/projeto_de_lei_no_57-2021.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1556/projeto_de_lei_no_58-2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1557/projeto_de_lei_no_59-2021.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1558/projeto_de_lei_n_60-2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1559/projeto_de_lei_n_61-2021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1574/projeto_de_lei_n_62-2021.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1582/projeto_de_lei_n63-2021.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1595/projeto_de_lei_n_64-2021.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1583/projeto_de_lei_n_65-2021.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1594/projeto_de_lei_n_66-2021.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1625/projeto_de_lei_n_68-2021.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1615/projeto_de_lei_n_69.2021.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1620/projeto_de_lei_n_70-2021.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1634/projeto_de_lei_n_72-2021.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1638/projeto_de_lei_n_73-2021.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1642/projeto_de_lei_n_75-2021.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1650/projeto_de_lei_n_76-2021.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1651/pl_no_77-2021.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/723/projeto_de_lei_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/724/projeto_de_lei_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/725/projeto_de_lei_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/726/projeto_de_lei_no_04-2020.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/727/projeto_de_lei_no_05-2020.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/728/projeto_de_lei_no_06-2020.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/729/projeto_de_lei_no_07-2020.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/743/projeto_de_lei_n_08.2020.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/767/projeto_de_lei_no_09-2020_fci6Oq6.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/769/projeto_de_lei_no_10.2020_ImWKxwu.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/777/projeto_de_lei_no_11-2020.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/778/projeto_de_lei_no_12-2020_ZgqhS6w.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/796/projeto_de_lei_no_13-2020.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/797/projeto_de_lei_no_14-2020.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/798/projeto_de_lei_no_15-2020.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/826/projeto_de_lei_no_16-2020.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/835/projeto_de_lei_no_17.2020.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/836/projeto_de_lei_no_18.2020.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/889/projeto_no_19.2020.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/858/projeto_de_lei_n_20.2020.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/867/projeto_de_lei_no_21.2020.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/868/projeto_de_lei_no_22.2020.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/869/projeto_de_lei_no_23.2020.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/870/projeto_de_lei_no_24.2020.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/900/projeto_de_lei_no_25-2020.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/907/projeto_de_lei_n26-2020.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/908/projeto_de_lei_n27-2020.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/919/projeto_de_lei_no_29-2020.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/920/projeto_de_lei_no_30.2020.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/929/projeto_de_lei_no_31-2020.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/935/projeto_de_lei_no_32-2020.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/930/projeto_de_lei_no_33-2020.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/931/projeto_de_lei_no_34-2020.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/934/projeto_de_lei_no_35-2020.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/936/projeto_de_lei_no_36-2020.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/937/projeto_de_lei_no_37-2020.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/938/projeto_de_lei_no_38-2020.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/953/projeto_de_lei_40-2020.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/952/projeto_de_lei_no_41-2020.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/965/projeto_de_lei_n42-2020.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/970/projeto_de_lei__no_43-2020.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/972/projeto_de_lei_no_44-2020.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/990/projeto_de_lei_n_45-2020.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/997/projeto_de_lei_no_46-2020.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/998/projeto_de_lei_no_47-2020.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/999/projeto_de_lei_no_48-2020.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1000/projeto_de_lei_no_49-2020.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1007/projeto_de_lei_50-2020.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1008/projeto_de_lei_no_51-2020.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1009/projeto_de_lei_no_52-2020.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1010/projeto_de_lei_no_53-2020.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1022/projeto_de_lei_n_54-2020.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1025/projeto_de_lei_no_55-2020.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1026/projeto_de_lei_no_56-2020.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1593/projeto_de_lei_n_65-2021.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/406/projeto_de_lei_001.2019.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/409/projeto_de_lei_n_04.2019.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/410/projeto_de_lei_n_05.2019.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/415/projeto_de_lei_n_06.2019.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/414/projeto_de_lei_n_08.2019.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/412/projeto_de_lei_n_09.2019.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/411/projeto_de_lei_n_10.2019.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/417/projeto_de_lei_no12.2019pdf.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/418/projeto_de_lei_no13pdf.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/421/projeto_de_lei_no_14.2019.pdf.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/423/projeto_de_lei_no15.2019.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/425/projeto_de_lei_no16.2019.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/435/projeto_de_lei_n_17.2019.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/436/projeto_de_lei_n_18.2019.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/437/projeto_de_lei_n_19.2019.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/438/projeto_de_lei_no_20.2019_.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/443/projeito_de_lei_n_21.2019.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/454/projeto_de_lei_no_22.2019.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/455/projeto_de_lei_no_23.2019.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/463/projeto_de_lei_no_24.2019.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/476/projeto_de_lei_no_25.2019.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/477/projeto_de_lei_no_26.2019.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/512/projeto_de_lei_n_27.2019.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/489/projeto_de_lei_n_28.2019.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/490/projeto_de_lei_n_29.2019.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/501/projeto_de_lei_n_30.2019.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/509/projeto_de_lei_n_31.2019.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/510/projeto_de_lei_n_32.2019.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/511/projeto_de_lei_n_33.2019.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/521/projeto_de_lei_n_35.2019.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/543/projeto_de_lei_n36.2019.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/547/projeto_de_lei_n_37.2019.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/548/projeto_de_lei_n_38.2019.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/555/projeto_de_lei_n_39.2019.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/574/projeto_de_lei_n_41.2019.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/575/projeto_de_lei_n_42.2019.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/573/projeto_de_lei_n_43.2019.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/585/projeto_de_lei_n_44.2019.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/598/projeto_de_lei_n_45.2019.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/596/projeto_de_lei_n_46.2019.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/602/projeto_de_lei_n_47.2019.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/610/projeto_de_lei_n_48.2019.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/608/projeto_de_lei_n_49.2019.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/621/projeto_de_lei_50.2019.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/642/projeto_de_lei_n_51.2019.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/674/projeto_de_lei_52.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/675/projeto_de_lein_53.2019.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/676/projeto_de_lei_n_54.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/684/projeto_de_lei_n_55.2019_g6TSKhp.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/685/projeto_de_lei_n_56.2019.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/697/projeto_de_lei_n_57.2019.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/719/projeto_de_lei_no_58-2019.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/720/projeto_de_lei_no_59-2019.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/708/projeto_de_lei_n_60.2019.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/709/projeto_de_lei_n_61.2019.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/710/projeto_de_lei_n_62.2019.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/711/projeto_de_lei_n_63.2019.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/712/projeto_de_lei_n_64.2019.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/722/projeto_de_lei_no_66-2019.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/314/projeto-de-lei-n-01.2018.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/310/projeto-de-lei-n-02.2018.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/311/projeto-de-lei-n-03.2018.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/312/projeto-de-lei-n-04.2018.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/315/projeto-de-lei-n-05.2018.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/316/projeto-de-lei-n-06.2018.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/313/projeto-de-lei-n-07.2018.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/317/projeto-de-lei-n-08.2018.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/318/projeto-de-lei-n-09.2018.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/319/projeto-de-lei-n-10.2018.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/320/projeto-de-lei-n-11.2018.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/323/projeto-de-lei-n-13.2018-.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/324/projeto-de-lei-n-14.2018-.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/325/projeto-de-lei-n-15.2018-.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/326/projeto-de-lei-16.2018.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/330/projeto-de-lei-17.2018.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/331/projeto-de-lei-18.2018.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/327/projeto-de-lei-19.2018.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/336/projeto_de_lei_no_20.2018.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/337/projeto_de_lei_no_22.2018.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/332/projeto-de-lei-n-23.2018.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/333/projeto-de-lei-n-24.2018.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/341/projeto_de_lei_no_26.2018.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/343/projeto_de_lei_no_28.2018.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/344/projeto_de_lei_no_30.2018.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/345/projeto_de_lei_no_31.2018.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/346/projeto_de_lei_no_32.2018.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/340/projeto_de_lei_no_23.2018.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/389/projeto_de_lei_n_34.2018.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/349/projeto_de_lei__n_35.2018.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/351/projeto_de_lei__n_36.2018.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/352/projeto_de_lei__n_37.2018.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/353/projeto_de_lei_n39.2018.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/355/projeto_de_lei_n40.2018.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/356/projeto_de_lei_n41.2018.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/357/projeto_de_lei_n43.2018.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/354/projeto_de_lei__n_44.2018.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/358/projeto_de_lei_n45.2018.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/359/projeto_de_lei_n46.2018.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/390/projeto_de_lei_n_50.2018.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/360/projeto_de_lei_n51.2018.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/391/projeto_de_lei_n_52.2018.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/361/projeto_de_lei_no53_de_2018.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/364/projeto_de_lei_no59.2018.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/392/projeto_de_lei_n_56.2018.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/393/projeto_de_lei_n_57.2018.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/394/projeto_de_lei_n_58.2018.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/365/projeto_de_lei_no59.2018.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/366/projeto_de_lei_no60.2018.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/369/projeto_de_lei_no_61_de_2018.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/371/projeto_de_lei_no_62-2018.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/372/projeto_de_lei_no_63_de_2018.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/375/projeto_de_lei_no_64_de_2018.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/376/projeto_de_lei_n_65_de_2018.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/377/projeto_de_lei_no_67_de_2018.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/378/projeto_de_lei_no_68_de_2018.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/381/projeo_de_lei_n_69.2018.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/374/projeto_de_lei_no_70.2018.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/379/projeto_de_lei_no_71.2018.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/382/projeo_de_lei_n_72.2018.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/380/projeto_de_lei_no_73-2018.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/400/projeto_de_lei_n_74.2018.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/387/projeto_de_lei_n_75.2018.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/395/projeto_de_lei_n_76.2018_loa.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/388/projeto_de_lei_n_77.2018.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/383/projeo_de_lei_n_78.2018.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/396/projeto_de_lei_n_79.2018.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/397/projeto_de_lei_n_80.2018.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/399/projeto_de_lei_n_81.2018.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/398/projeto_de_lei_n_82.2018.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/402/projeto_de_lei_n_83.2018.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/403/projeto_de_lei_n_85.2018.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/404/projeto_de_lei_n_86.2018.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/12/projeto-de-lei-n-01.2017-executivo-municpal.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/13/projeto_de_lei_no_02.2017.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/14/projeto-de-lei-n-03.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/15/projeto_de_lei_no_04-2017.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/16/projeto-de-lei-n-05.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/17/projeto-de-lei-n-06.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/18/projeto-de-lei-n-07.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/19/projeto-de-lei-n-08.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/20/projeto-de-lei-n-09.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/21/projeto-de-lei-n-10.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/22/projeto-de-lei-n-11.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/23/projeto-de-lei-n-12.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/24/projeto-de-lei-n-13.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/25/projeto-de-lei-n-14.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/26/projeto-de-lei-n-15.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/27/projeto-de-lei-n-16.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/28/projeto-de-lei-n-17.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/29/projeto-de-lei-n-18.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/30/projeto-de-lei-n-19.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/31/projeto-de-lei-n-20.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/32/projeto-de-lei-n-21.2017-executivo-municipal_z3MGmX0.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/33/projeto-de-lei-n-22.2017-executivo-municipal_EdlZI4r.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/34/projeto-de-lei-n-23.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/35/projeto-de-lei-n-24.2017-executivo-municipal_JQvjRrx.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/36/projeto-de-lei-n-25.2017-executivo-municipal_9ZyOfNN.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/37/projeto-de-lei-n-26.2017-executivo-municipal_bB41cnT.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/38/projeto-de-lei-n-27.2017-executivo-municipal_VGAiUqU.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/39/projeto-de-lei-n-29.2017-executivo-municipal_KZGa5Yw.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/40/projeto-de-lei-n-30.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/65/projeto-de-lei-n-31.2017.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/41/projeto-de-lei-n-32.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/66/projeto-de-lei-n-33.2017.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/120/projeto-de-lei-n-35.2017.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/92/projeto-de-lei-n-38.2017.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/93/projeto-de-lei-n-39.2017.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/98/projeto-de-lei-n-40.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/94/projeto-de-lei-n-41.2017.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/96/projeto-de-lei-n-43.2017.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/124/projeto-de-lei-n-44.2017.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/99/projeto-de-lei-n-45.2017.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/101/ldo.2018.parte-i.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/103/projeto-de-lei-n-48.2017.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/100/projeto-de-lei-n-49.2017.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/130/projeto-de-lei-n-50.2017.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/131/projeto-de-lei-n-51.2017-.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/132/projeto-de-lei-n-52.2017.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/134/projeto-de-lei-n-53.2017.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/133/projeto-de-lei-n-54.2017.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/302/projeto-de-lei-n-55.2017.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/299/projeto-de-lei-n-57.2017.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/300/projeto-de-lei-n-58.2017.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/304/projeto-de-lei-n-59-2017.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/303/projeto-de-lei-n-60-2017-do-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/307/projeto-de-lei-n-61-2017.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/308/projeto-de-lei-n-62.2017.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/309/projeto-de-lei-n-64.2017.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3715/projeto_de_lei_n_001.2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3716/projeto_de_lei_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3717/projeto_de_lei_n_003.2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3719/projeto_de_lei_no04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3723/projeto_de_lei_no05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3721/projeto_de_lei_n_16.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3722/projeto_de_lei_no07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3724/projeto_de_lei_no_08.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3725/projeto_de_lei_no_09.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3735/projeto_de_lei_no10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3736/projeto_de_lei_no14-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3740/projeto_de_lei_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3741/projeto_de_lei_no16-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3758/projeto_de_lei_n_17-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4011/projeto_de_lei_no18-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3760/projeto_de_lei_substitutivo_n19-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3761/projeto_de_lei_n20-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3762/projeto_de_lei_substitutivo_n21-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3763/projeto_de_lei_substitutivo_n22-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3759/projeto_de_lei_n_23-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3745/projeto_de_lei_no24-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3746/projeto_de_lei_no25-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3750/projeto_de_lei_no26-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3778/projeto_de_lei_n_27-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3801/projeto_de_lei_no28-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3802/projeto_de_lei_no29-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3803/projeto_de_lei_no30-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3804/projeto_de_lei_n31-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3824/projeto_de_lei_no32-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3836/projeto_de_lei_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3859/projeto_de_lei_no34-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3860/projeto_de_lei_no35-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3861/projeto_de_lei_no36-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3862/projeto_de_lei_no37-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3858/projeto_de_lei_n38-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3857/projeto_de_lei_n39-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3855/projeto_de_lei_n40-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3856/projeto_de_lei_n41-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3916/projeto_de_lei_no42-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3955/projeto_de_lei_n43-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3966/projeto_de_lei_n44-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4013/projeto_de_lei_no45-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3968/projeto_de_lei_n47-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3969/projeto_de_lei_n48-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3972/projeto_de_lei_n49-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3973/projeto_de_lei_no50-2025_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4083/projeto_de_lei_no51-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4085/projeto_de_lei_no52-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4016/projeto_de_lei_no53-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4084/projeto_de_lei_no54-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4133/projeto_de_lei_n55-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4037/projeto_de_lei_n_56-2025_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4054/projeto_de_lei_n57-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4164/projeto_de_lei_no58-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4061/projeto_de_lei_no59-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4065/projeto_de_lei_n60-2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4069/projeto_de_lei_n61-2025_exec._municipal.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4070/projeto_de_lei_n62-2025_exec._municipal.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4074/projeto_de_lei_n63-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4073/projeto_de_lei_n64-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4090/projeto_de_lei_no65-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4091/projeto_de_lei_no66-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4093/projeto_de_lei_no67-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4092/projeto_de_lei_no68-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4103/projeto_de_lei_n69-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4119/projeto_de_lei_no70-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4120/substitutivo_do_projeto_de_lei_no_71.2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4112/projeto_de_lei_no72-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4126/projeto_de_lei_no73-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4122/projeto_de_lei_no74-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4123/projeto_de_lei_no75-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4124/projeto_de_lei_no76-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4125/projeto_de_lei_no77-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4121/projeto_de_lei_no78-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4156/projeto_de_lei_n80-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4134/projeto_de_lei_n81-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4135/projeto_de_lei_n82-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4136/projeto_de_lei_no83-2025_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4143/projeto_de_lei_no85-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4146/projeto_de_lei_n86-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4173/projeto_de_lei_n_87-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4154/projeto_de_lei_n88-2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4157/projeto_de_lei_n_89-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4165/projeto_de_lei_no90-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4174/projeto_de_lei_n91-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4175/substitutivo_projeto_de_lei_n_92-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4183/projeto_de_lei_n93-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4196/projeto_de_lei_n_94.2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4208/projeto_de_lei_n_95-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4261/projeto_de_lei_n96-2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4258/projeto_de_lei_n97-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4259/projeto_de_lei_n98-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4288/projeto_de_lei_n099.2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4265/projeto_de_lei_n_100-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4280/projeto_de_lei_n101-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4294/projeto_de_lei_n_102.2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4292/projeto_de_lei_n_103.2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4293/projeto_de_lei_n_104.2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4310/projeto_de_lei_n105-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4311/projeto_de_lei_n106-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4317/substitutivo_ao_projeto_de_lei_n107-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4327/projeto_de_lei_n108-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4380/projeto_de_lei_n109-2025_do_exe._municipal.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4384/projeto_de_lei_n110-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4381/projeto_de_lei_n111-2025_do_exec._municipal.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4494/projeto_de_lei_n_112-2025_exec._municipal.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4439/projeto_de_lei_n113-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4463/projeto_de_lei_n114-2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4464/projeto_de_lei_n115-2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4581/projeto_de_lei_n117-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4470/projeto_de_lei_n118-2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4546/projeto_de_lei_n119-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4572/projeto_de_lei_n120-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4573/projeto_de_lei_n121-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4574/projeto_de_lei_n122-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4598/projeto_de_lei_n123-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4593/projeto_de_lei_124-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4600/projeto_de_lei_n_125-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4609/projeto_de_lei_n126-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4804/projeto_de_lei_n127-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4818/projeto_de_lei_n129-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3105/projeto_de_lei_no01_-_2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3106/projeto_de_lei_no02_-_2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3107/projeto_de_lei_no03_-_2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3108/projeto_de_lei_no04_-_2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3109/projeto_de_lei_no05_-_2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3115/projeto_de_lei_n_06-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3119/projeto_de_lei_no_07.2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3120/projeto_de_lei_no_08.2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3121/projeto_de_lei_no_09.2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3123/projeto_de_lei_no10-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3135/projeto_de_lei_n_11-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3136/projeto_de_lei_n_12-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3146/projeto_de_lei_no13-2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3144/projeto_de_lei_n14-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3145/projeto_de_lei_no15-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3150/projeto_de_lei_n_16-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3151/projeto_de_lei_n_17-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3177/projeto_de_lei_no18-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3187/projeto_de_lei_n_19-2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3196/projeto_de_lei_n20-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3216/projeto_de_lei_no21-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3217/projeto_de_lei_no22-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3219/projeto_de_lei_no23-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3220/projeto_de_lei_no_24-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3221/projeto_de_lei_n25-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3238/projeto_de_lei_no26-2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3269/projeto_de_lei_n27-2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3283/projeto_de_lei_n28-2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3302/projeto_de_lei_n29-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3301/projeto_de_lei_n30-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3303/projeto_de_lei_n_31-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3326/projeto_de_lei_no32-2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3327/projeto_de_lei_no33-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3328/projeto_delei_n34-2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3329/projeto_de_lei_n35-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3330/projeto_de_lei_n36-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3354/projeto_de_lei_no_37.2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3370/projeto_de_lei_n_39-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3371/projeto_de_lei_n_40-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3373/projeto_de_lei_n41-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3382/projeto_de_lei_n_42-2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3427/projeto_de_lei_n43-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3429/projeto_de_lei_n44-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3431/projeto_de_lei_no45-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3443/projeto_de_lei_n46-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3444/projeto_de_lei_n47-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3445/projeto_de_lei_n48-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3446/projeto_de_lei_n49-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3454/projeto_de_lei_n50-2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3467/projeto_de_lei_no51-2024_ldo.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3469/pl_no52-2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3468/pl_no53-2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3505/projeto_de_lei_no54-2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3543/projeto_de_lei_n_55.2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3544/projeto_de_lei_n_56.2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3559/projeto_de_lei_n57-2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3562/projeto_de_lei_n58-2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3564/projeto_de_lei_n_59.2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3668/projeto_de_lei_no61-2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3692/projeto_de_lei_n_62.2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3669/projeto_de_lei_no63-2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2426/projeto_de_lei_n_01-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2427/projeto_de_lei_n_02-2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2428/projeto_de_lei_no_03-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2429/projeto_de_lei_n_04-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2430/projeto_de_lei_n_05-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2431/projeto_de_lei_n_06-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2432/projeto_de_lei_n_07-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2433/projeto_de_lei_n_08-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2434/projeto_de_lei_no_09.2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2445/projeto_de_lei_no_10.2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2447/projeto_de_lei_n11-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2461/projeto_de_lei_n12-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2490/projeto_de_lei_n13-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2518/projeto_de_lei_n14-2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2536/projeto_de_lei_n15-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2549/projeto_de_lei_no_17-2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2575/projeto_de_lei_n18-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2577/projeto_de_lei_n_19-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2574/projeto_de_lei_no_20-2023_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2578/projeto_de_lei_n_21-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2579/projeto_de_lei_n_22-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2600/projeto_de_lei_n23-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2584/projeto_de_lei_n24-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2624/projeto_de_lei_n26-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2625/projeto_de_lei_n27-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2635/projeto_de_lei_n28-2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2636/projeto_de_lei_n29-2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2637/projeto_de_lei_n30-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2661/projeto_de_lei_n_32-2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2662/projeto_de_lei_n_33-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2663/projeto_de_lei_n34-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2671/projeto_de_lei_n35-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2672/projeto_de_lei_no36-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2673/projeto_de_lei_no37-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2674/projeto_de_lei_no38-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2675/projeto_de_lei_no39-2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2683/projeto_de_lei_no40-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2684/projeto_de_lei_no_41-2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2707/projeto_de_lei_no_42-2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2708/projeto_de_lei_no_43-2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2719/projeto_de_lei_no_44-2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2720/projeto_de_no_lei_45-2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2727/projeto_de_lei_n_46-2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2740/projeto_de_lei_n47-2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2741/projeto_de_lei_no_48-2023_lei_de_diretizes_orcamentarias_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2742/projeto_de_lei_n49-2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2762/projeto_de_lei_n_51-2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2769/projeto_de_lei_no53-2023.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2775/projeto_de_lei_n54-2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2785/projeto_de_lei_no55-2023.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2786/projeto_de_lei_no56-2023.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2791/projeto_de_lei_no57-2023.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2792/projeto_de_lei_n_58-2023.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2798/projeto_de_lei_n_59-2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2799/projeto_de_lei_n_60-2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2800/projeto_de_lei_n_61-2023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2803/projeto_de_lei_no_62.2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2824/projeto_de_lei_no_63.2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2840/projeto_de_lei_n_64-2023.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2839/projeto_de_lei_n_65.2023.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2856/projeto_de_lei_n_66-2023.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2857/projeto_de_lei_67-2023.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2858/projeto_de_lei_n_68-2023.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2872/projeto_de_lei_n69-2023.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3090/projeto_de_lei_n_71.2023.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3093/projeto_de_lei_n_72.2023.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1682/projeto_de_lei_n_01-2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1684/projeto_de_lei_n_03-2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1685/projeto_de_lei_n_05-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1686/projeto_de_lei_n_06-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1687/projeto_de_lei_n_07-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1688/projeto_de_lei_n_08-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1693/projeto_de_lei_no_09.2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1694/projeto_de_lei_no_10.2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1695/projeto_de_lei_no_11.2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1696/projeto_de_lei_no_12.2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1697/projeto_de_lei_no_13.2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1698/projeto_de_lei_n_14-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1699/projeto_de_lei_n_15-2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1700/projeto_de_lei_n_16-2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1701/projeto_de_lei_n_17-2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1702/projeto_de_lei_n_18-2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1721/projeto_de_lei_n_20-2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1722/projeto_de_lei_n_21-2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1885/projeto_de_lei_n_22-2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1724/projeto_de_lei_n_24-2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1725/projeto_de_lei_n_25-2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1726/projeto_de_lei_n_26-2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1727/projeto_de_lei_n_27-2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1728/projeto_de_lei_n_28-2022.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1733/projeto_de_lei_n_29-2022.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1729/projeto_de_lei_n_30-2022.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1730/projeto_de_lei_n_31-2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1731/projeto_de_lei_n_32-2022.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1732/projeto_de_lei_n_33-2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1747/projeto_de_lei_n_34-2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1748/projeto_de_lei_n_35-2022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1749/projeto_de_lei_n_36-2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1807/projeto_de_lei_n_37-2022.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1776/projeto_de_lei_n_38-2022.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1790/projeto_n39-2022.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1791/projeto_de_lei_n_40-2022.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1792/projeto_de_lei_n_41-2022.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1808/projeto_de_lei_n_42-2022.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1811/projeto_de_lei_n_43-2022.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1826/projeto_de_lei_no_44-2022.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1827/projeto_de_lei_no_45-2022.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1868/projeto_de_lei_n51-2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1881/projeto_de_lei_n_52-2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1882/projeto_de_lei_n_53-2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1883/projeto_de_lei_n_54-2022.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1884/projeto_de_lei_n_55-2022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1914/projeto_de_lei_executivo_56-2022.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1938/projeto_de_lei_n_57-2022.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1916/projeto_de_lei_n58-2022.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1935/projeto_de_lei_n_59-2022.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1936/projeto_de_lei_n_60-2022.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1937/projeto_de_lei_n_61-2022.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1968/projeto_de_lei_n_62-2022.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1952/projeto_de_lei_n63-2022.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1953/projeto_de_lei_n64-2022.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1970/projeto_de_lei_n65-2022.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1992/projeto_de_lei_n_66-2022.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2005/projeto_de_lei_n_67-2022.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2006/projeto_de_lei_n_68-2022.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2007/projeto_de_lei_69-2022.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2008/projeto_de_lei_n_70-2022.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2009/projeto_de_lei_n_71-2022.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2010/projeto_de_lei_n_72-2022.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2047/projeto_de_lei_no_73.2022.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2048/projeto_de_lei_n_74-2022.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2049/projeto_de_lei_n_75-2022.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2050/projeto_de_lei_n_76-2022.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2071/projeto_de_lei_n77-2022.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2072/projeto_de_lei_no_78-2022.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2073/lei_de_diretrizes_orcamentarias_2023.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2083/projeto_de_lei_executivo_80-2022.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2104/projeto_de_lei_no_81-2022.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2105/projeto_de_lei_no_82-2022.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2106/projeto_de_lei_no_83-2022.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2162/projeto_de_lei_n_85-2022.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2175/projeto_de_lei_n86-2022.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2191/proejto_de_lei_n_87-2022.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2189/lei_orcamentaria_anual_-_loa.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2190/projeto_de_lei_no_89-2022.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2211/projeto_de_lei_no_90-2022.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2365/projeto_de_lei_no_91-2022.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2366/projeto_de_lei_n92-2022.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2407/projeto_de_lei_n93-2022.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2406/projeto_de_lei_n_94-2022.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2416/projeto_de_lei_n_95-2022.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1069/projeto_de_lei_no_001-2021_2.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1070/projeto_de_lei_no_002-2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1072/projeto_de_lei_no_003.2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1081/projeto_de_lei_n_04-2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1090/projeto_de_lei_n06-2021_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1091/projeto_de_lei_n07-2021_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1100/projeto_de_lei_n008-2021_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1107/projeto_de_lei_no_10-2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1127/projeto_de_lei_n_11-2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1138/projeto_de_lei_n_12.2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1159/projeto_de_lei_n_13-2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1184/projeto_de_lei_n_16-2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1205/projeto_de_lei_n_17-2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1206/projeto_de_lei_n_18-2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1222/projeto_de_lei_n_19-2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1223/projeto_de_lei_n_20-2021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1234/projeto_de_lei_no_21.2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1243/projeto_de_lei_n_22-2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1251/projeto_de_lei_n_23-2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1266/projeto_de_lei_n_24-2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1307/projeto_de_lei_n_26-2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1321/projeto_de_lei_n_27-2021.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1340/projeto_de_lei_no_29-2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1342/projeto_de_lei_no_30-2021.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1347/projeto_de_lei_no_31-2021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1357/projeto_de_lei_no_32-2021.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1360/projeto_de_lei_n_33-2021.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1388/projeto_de_lei_no_34-2021.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1401/projeto_de_lei_n_35-2021.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1403/projeto_de_lei_no_36-2021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1404/projeto_de_lei_no_37-2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1405/projeto_de_lei_n38-2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1419/projeto_de_lei_n_39-2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1420/projeto_de_lei__n_40-2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1421/projeto_de_lei__n_41-2021.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1427/projeto_de_lei_no_043-2021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1428/projeto_de_lei_no_044-2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1436/projeto_de_lei_n_45-2021.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1444/projeto_de_lei_n_46-2021.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1463/projeto_de_lei_n_47-2021.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1477/projeto_de_lei_n50-2021.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1498/projeto_de_lei_n_51-2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1525/projeto_de_lei_n_52-2021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1532/projeto_de_lei_n_53-2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1533/projeto_de_lei_n_54-2021.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1534/projeto_de_lei_n_55-2021.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1535/projeto_de_lei_n_56-2021.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1544/projeto_de_lei_no_57-2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1556/projeto_de_lei_no_58-2021.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1557/projeto_de_lei_no_59-2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1558/projeto_de_lei_n_60-2021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1559/projeto_de_lei_n_61-2021.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1574/projeto_de_lei_n_62-2021.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1582/projeto_de_lei_n63-2021.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1595/projeto_de_lei_n_64-2021.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1583/projeto_de_lei_n_65-2021.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1594/projeto_de_lei_n_66-2021.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1625/projeto_de_lei_n_68-2021.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1615/projeto_de_lei_n_69.2021.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1620/projeto_de_lei_n_70-2021.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1634/projeto_de_lei_n_72-2021.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1638/projeto_de_lei_n_73-2021.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1642/projeto_de_lei_n_75-2021.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1650/projeto_de_lei_n_76-2021.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1651/pl_no_77-2021.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/723/projeto_de_lei_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/724/projeto_de_lei_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/725/projeto_de_lei_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/726/projeto_de_lei_no_04-2020.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/727/projeto_de_lei_no_05-2020.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/728/projeto_de_lei_no_06-2020.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/729/projeto_de_lei_no_07-2020.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/743/projeto_de_lei_n_08.2020.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/767/projeto_de_lei_no_09-2020_fci6Oq6.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/769/projeto_de_lei_no_10.2020_ImWKxwu.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/777/projeto_de_lei_no_11-2020.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/778/projeto_de_lei_no_12-2020_ZgqhS6w.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/796/projeto_de_lei_no_13-2020.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/797/projeto_de_lei_no_14-2020.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/798/projeto_de_lei_no_15-2020.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/826/projeto_de_lei_no_16-2020.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/835/projeto_de_lei_no_17.2020.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/836/projeto_de_lei_no_18.2020.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/889/projeto_no_19.2020.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/858/projeto_de_lei_n_20.2020.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/867/projeto_de_lei_no_21.2020.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/868/projeto_de_lei_no_22.2020.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/869/projeto_de_lei_no_23.2020.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/870/projeto_de_lei_no_24.2020.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/900/projeto_de_lei_no_25-2020.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/907/projeto_de_lei_n26-2020.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/908/projeto_de_lei_n27-2020.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/919/projeto_de_lei_no_29-2020.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/920/projeto_de_lei_no_30.2020.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/929/projeto_de_lei_no_31-2020.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/935/projeto_de_lei_no_32-2020.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/930/projeto_de_lei_no_33-2020.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/931/projeto_de_lei_no_34-2020.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/934/projeto_de_lei_no_35-2020.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/936/projeto_de_lei_no_36-2020.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/937/projeto_de_lei_no_37-2020.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/938/projeto_de_lei_no_38-2020.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/953/projeto_de_lei_40-2020.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/952/projeto_de_lei_no_41-2020.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/965/projeto_de_lei_n42-2020.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/970/projeto_de_lei__no_43-2020.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/972/projeto_de_lei_no_44-2020.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/990/projeto_de_lei_n_45-2020.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/997/projeto_de_lei_no_46-2020.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/998/projeto_de_lei_no_47-2020.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/999/projeto_de_lei_no_48-2020.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1000/projeto_de_lei_no_49-2020.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1007/projeto_de_lei_50-2020.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1008/projeto_de_lei_no_51-2020.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1009/projeto_de_lei_no_52-2020.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1010/projeto_de_lei_no_53-2020.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1022/projeto_de_lei_n_54-2020.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1025/projeto_de_lei_no_55-2020.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1026/projeto_de_lei_no_56-2020.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1593/projeto_de_lei_n_65-2021.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/406/projeto_de_lei_001.2019.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/409/projeto_de_lei_n_04.2019.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/410/projeto_de_lei_n_05.2019.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/415/projeto_de_lei_n_06.2019.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/414/projeto_de_lei_n_08.2019.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/412/projeto_de_lei_n_09.2019.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/411/projeto_de_lei_n_10.2019.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/417/projeto_de_lei_no12.2019pdf.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/418/projeto_de_lei_no13pdf.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/421/projeto_de_lei_no_14.2019.pdf.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/423/projeto_de_lei_no15.2019.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/425/projeto_de_lei_no16.2019.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/435/projeto_de_lei_n_17.2019.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/436/projeto_de_lei_n_18.2019.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/437/projeto_de_lei_n_19.2019.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/438/projeto_de_lei_no_20.2019_.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/443/projeito_de_lei_n_21.2019.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/454/projeto_de_lei_no_22.2019.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/455/projeto_de_lei_no_23.2019.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/463/projeto_de_lei_no_24.2019.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/476/projeto_de_lei_no_25.2019.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/477/projeto_de_lei_no_26.2019.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/512/projeto_de_lei_n_27.2019.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/489/projeto_de_lei_n_28.2019.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/490/projeto_de_lei_n_29.2019.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/501/projeto_de_lei_n_30.2019.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/509/projeto_de_lei_n_31.2019.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/510/projeto_de_lei_n_32.2019.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/511/projeto_de_lei_n_33.2019.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/521/projeto_de_lei_n_35.2019.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/543/projeto_de_lei_n36.2019.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/547/projeto_de_lei_n_37.2019.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/548/projeto_de_lei_n_38.2019.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/555/projeto_de_lei_n_39.2019.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/574/projeto_de_lei_n_41.2019.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/575/projeto_de_lei_n_42.2019.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/573/projeto_de_lei_n_43.2019.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/585/projeto_de_lei_n_44.2019.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/598/projeto_de_lei_n_45.2019.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/596/projeto_de_lei_n_46.2019.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/602/projeto_de_lei_n_47.2019.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/610/projeto_de_lei_n_48.2019.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/608/projeto_de_lei_n_49.2019.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/621/projeto_de_lei_50.2019.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/642/projeto_de_lei_n_51.2019.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/674/projeto_de_lei_52.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/675/projeto_de_lein_53.2019.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/676/projeto_de_lei_n_54.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/684/projeto_de_lei_n_55.2019_g6TSKhp.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/685/projeto_de_lei_n_56.2019.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/697/projeto_de_lei_n_57.2019.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/719/projeto_de_lei_no_58-2019.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/720/projeto_de_lei_no_59-2019.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/708/projeto_de_lei_n_60.2019.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/709/projeto_de_lei_n_61.2019.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/710/projeto_de_lei_n_62.2019.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/711/projeto_de_lei_n_63.2019.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/712/projeto_de_lei_n_64.2019.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/722/projeto_de_lei_no_66-2019.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/314/projeto-de-lei-n-01.2018.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/310/projeto-de-lei-n-02.2018.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/311/projeto-de-lei-n-03.2018.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/312/projeto-de-lei-n-04.2018.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/315/projeto-de-lei-n-05.2018.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/316/projeto-de-lei-n-06.2018.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/313/projeto-de-lei-n-07.2018.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/317/projeto-de-lei-n-08.2018.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/318/projeto-de-lei-n-09.2018.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/319/projeto-de-lei-n-10.2018.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/320/projeto-de-lei-n-11.2018.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/323/projeto-de-lei-n-13.2018-.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/324/projeto-de-lei-n-14.2018-.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/325/projeto-de-lei-n-15.2018-.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/326/projeto-de-lei-16.2018.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/330/projeto-de-lei-17.2018.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/331/projeto-de-lei-18.2018.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/327/projeto-de-lei-19.2018.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/336/projeto_de_lei_no_20.2018.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/337/projeto_de_lei_no_22.2018.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/332/projeto-de-lei-n-23.2018.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/333/projeto-de-lei-n-24.2018.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/341/projeto_de_lei_no_26.2018.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/343/projeto_de_lei_no_28.2018.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/344/projeto_de_lei_no_30.2018.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/345/projeto_de_lei_no_31.2018.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/346/projeto_de_lei_no_32.2018.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/340/projeto_de_lei_no_23.2018.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/389/projeto_de_lei_n_34.2018.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/349/projeto_de_lei__n_35.2018.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/351/projeto_de_lei__n_36.2018.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/352/projeto_de_lei__n_37.2018.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/353/projeto_de_lei_n39.2018.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/355/projeto_de_lei_n40.2018.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/356/projeto_de_lei_n41.2018.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/357/projeto_de_lei_n43.2018.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/354/projeto_de_lei__n_44.2018.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/358/projeto_de_lei_n45.2018.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/359/projeto_de_lei_n46.2018.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/390/projeto_de_lei_n_50.2018.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/360/projeto_de_lei_n51.2018.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/391/projeto_de_lei_n_52.2018.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/361/projeto_de_lei_no53_de_2018.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/364/projeto_de_lei_no59.2018.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/392/projeto_de_lei_n_56.2018.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/393/projeto_de_lei_n_57.2018.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/394/projeto_de_lei_n_58.2018.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/365/projeto_de_lei_no59.2018.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/366/projeto_de_lei_no60.2018.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/369/projeto_de_lei_no_61_de_2018.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/371/projeto_de_lei_no_62-2018.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/372/projeto_de_lei_no_63_de_2018.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/375/projeto_de_lei_no_64_de_2018.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/376/projeto_de_lei_n_65_de_2018.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/377/projeto_de_lei_no_67_de_2018.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/378/projeto_de_lei_no_68_de_2018.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/381/projeo_de_lei_n_69.2018.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/374/projeto_de_lei_no_70.2018.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/379/projeto_de_lei_no_71.2018.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/382/projeo_de_lei_n_72.2018.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/380/projeto_de_lei_no_73-2018.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/400/projeto_de_lei_n_74.2018.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/387/projeto_de_lei_n_75.2018.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/395/projeto_de_lei_n_76.2018_loa.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/388/projeto_de_lei_n_77.2018.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/383/projeo_de_lei_n_78.2018.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/396/projeto_de_lei_n_79.2018.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/397/projeto_de_lei_n_80.2018.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/399/projeto_de_lei_n_81.2018.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/398/projeto_de_lei_n_82.2018.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/402/projeto_de_lei_n_83.2018.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/403/projeto_de_lei_n_85.2018.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/404/projeto_de_lei_n_86.2018.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/12/projeto-de-lei-n-01.2017-executivo-municpal.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/13/projeto_de_lei_no_02.2017.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/14/projeto-de-lei-n-03.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/15/projeto_de_lei_no_04-2017.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/16/projeto-de-lei-n-05.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/17/projeto-de-lei-n-06.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/18/projeto-de-lei-n-07.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/19/projeto-de-lei-n-08.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/20/projeto-de-lei-n-09.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/21/projeto-de-lei-n-10.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/22/projeto-de-lei-n-11.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/23/projeto-de-lei-n-12.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/24/projeto-de-lei-n-13.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/25/projeto-de-lei-n-14.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/26/projeto-de-lei-n-15.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/27/projeto-de-lei-n-16.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/28/projeto-de-lei-n-17.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/29/projeto-de-lei-n-18.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/30/projeto-de-lei-n-19.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/31/projeto-de-lei-n-20.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/32/projeto-de-lei-n-21.2017-executivo-municipal_z3MGmX0.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/33/projeto-de-lei-n-22.2017-executivo-municipal_EdlZI4r.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/34/projeto-de-lei-n-23.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/35/projeto-de-lei-n-24.2017-executivo-municipal_JQvjRrx.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/36/projeto-de-lei-n-25.2017-executivo-municipal_9ZyOfNN.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/37/projeto-de-lei-n-26.2017-executivo-municipal_bB41cnT.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/38/projeto-de-lei-n-27.2017-executivo-municipal_VGAiUqU.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/39/projeto-de-lei-n-29.2017-executivo-municipal_KZGa5Yw.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/40/projeto-de-lei-n-30.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/65/projeto-de-lei-n-31.2017.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/41/projeto-de-lei-n-32.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/66/projeto-de-lei-n-33.2017.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/120/projeto-de-lei-n-35.2017.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/92/projeto-de-lei-n-38.2017.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/93/projeto-de-lei-n-39.2017.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/98/projeto-de-lei-n-40.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/94/projeto-de-lei-n-41.2017.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/96/projeto-de-lei-n-43.2017.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/124/projeto-de-lei-n-44.2017.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/99/projeto-de-lei-n-45.2017.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/101/ldo.2018.parte-i.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/103/projeto-de-lei-n-48.2017.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/100/projeto-de-lei-n-49.2017.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/130/projeto-de-lei-n-50.2017.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/131/projeto-de-lei-n-51.2017-.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/132/projeto-de-lei-n-52.2017.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/134/projeto-de-lei-n-53.2017.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/133/projeto-de-lei-n-54.2017.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/302/projeto-de-lei-n-55.2017.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/299/projeto-de-lei-n-57.2017.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/300/projeto-de-lei-n-58.2017.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/304/projeto-de-lei-n-59-2017.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/303/projeto-de-lei-n-60-2017-do-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/307/projeto-de-lei-n-61-2017.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/308/projeto-de-lei-n-62.2017.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/309/projeto-de-lei-n-64.2017.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H653"/>
+  <dimension ref="A1:H654"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="143.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -9022,12279 +9034,12302 @@
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>476</v>
       </c>
       <c r="D121" t="s">
         <v>11</v>
       </c>
       <c r="E121" t="s">
         <v>12</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>477</v>
       </c>
       <c r="H121" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>479</v>
       </c>
       <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
         <v>480</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="D122" t="s">
         <v>11</v>
       </c>
       <c r="E122" t="s">
         <v>12</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>481</v>
       </c>
       <c r="H122" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>483</v>
       </c>
       <c r="B123" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C123" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D123" t="s">
         <v>11</v>
       </c>
       <c r="E123" t="s">
         <v>12</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="H123" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B124" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C124" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D124" t="s">
         <v>11</v>
       </c>
       <c r="E124" t="s">
         <v>12</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="H124" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="B125" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C125" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D125" t="s">
         <v>11</v>
       </c>
       <c r="E125" t="s">
         <v>12</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="H125" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B126" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C126" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D126" t="s">
         <v>11</v>
       </c>
       <c r="E126" t="s">
         <v>12</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="H126" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B127" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C127" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D127" t="s">
         <v>11</v>
       </c>
       <c r="E127" t="s">
         <v>12</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="H127" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B128" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C128" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D128" t="s">
         <v>11</v>
       </c>
       <c r="E128" t="s">
         <v>12</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="H128" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="B129" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C129" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D129" t="s">
         <v>11</v>
       </c>
       <c r="E129" t="s">
         <v>12</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="H129" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="B130" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C130" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D130" t="s">
         <v>11</v>
       </c>
       <c r="E130" t="s">
         <v>12</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="H130" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B131" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C131" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D131" t="s">
         <v>11</v>
       </c>
       <c r="E131" t="s">
         <v>12</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="H131" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B132" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C132" t="s">
-        <v>511</v>
+        <v>47</v>
       </c>
       <c r="D132" t="s">
         <v>11</v>
       </c>
       <c r="E132" t="s">
         <v>12</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>512</v>
       </c>
       <c r="H132" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>514</v>
       </c>
       <c r="B133" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C133" t="s">
         <v>515</v>
       </c>
       <c r="D133" t="s">
         <v>11</v>
       </c>
       <c r="E133" t="s">
         <v>12</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>516</v>
       </c>
       <c r="H133" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>518</v>
       </c>
       <c r="B134" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C134" t="s">
         <v>519</v>
       </c>
       <c r="D134" t="s">
         <v>11</v>
       </c>
       <c r="E134" t="s">
         <v>12</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>520</v>
       </c>
       <c r="H134" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>522</v>
       </c>
       <c r="B135" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C135" t="s">
-        <v>51</v>
+        <v>523</v>
       </c>
       <c r="D135" t="s">
         <v>11</v>
       </c>
       <c r="E135" t="s">
         <v>12</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="H135" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B136" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C136" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D136" t="s">
         <v>11</v>
       </c>
       <c r="E136" t="s">
         <v>12</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="H136" t="s">
-        <v>494</v>
+        <v>528</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="B137" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C137" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D137" t="s">
         <v>11</v>
       </c>
       <c r="E137" t="s">
         <v>12</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="H137" t="s">
-        <v>529</v>
+        <v>498</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B138" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C138" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D138" t="s">
         <v>11</v>
       </c>
       <c r="E138" t="s">
         <v>12</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="H138" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="B139" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C139" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
       <c r="E139" t="s">
         <v>12</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="H139" t="s">
-        <v>61</v>
+        <v>536</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="B140" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C140" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="D140" t="s">
         <v>11</v>
       </c>
       <c r="E140" t="s">
         <v>12</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="H140" t="s">
-        <v>497</v>
+        <v>61</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="B141" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C141" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D141" t="s">
         <v>11</v>
       </c>
       <c r="E141" t="s">
         <v>12</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="H141" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="B142" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C142" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D142" t="s">
         <v>11</v>
       </c>
       <c r="E142" t="s">
         <v>12</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="H142" t="s">
-        <v>541</v>
+        <v>501</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B143" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C143" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="D143" t="s">
         <v>11</v>
       </c>
       <c r="E143" t="s">
         <v>12</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="H143" t="s">
-        <v>61</v>
+        <v>545</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="B144" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C144" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="D144" t="s">
         <v>11</v>
       </c>
       <c r="E144" t="s">
         <v>12</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="H144" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="B145" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C145" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="D145" t="s">
         <v>11</v>
       </c>
       <c r="E145" t="s">
         <v>12</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="H145" t="s">
-        <v>548</v>
+        <v>61</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B146" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C146" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D146" t="s">
         <v>11</v>
       </c>
       <c r="E146" t="s">
         <v>12</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="H146" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="B147" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C147" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="D147" t="s">
         <v>11</v>
       </c>
       <c r="E147" t="s">
         <v>12</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="H147" t="s">
-        <v>61</v>
+        <v>555</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="B148" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C148" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D148" t="s">
         <v>11</v>
       </c>
       <c r="E148" t="s">
         <v>12</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="H148" t="s">
-        <v>556</v>
+        <v>61</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="B149" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C149" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D149" t="s">
         <v>11</v>
       </c>
       <c r="E149" t="s">
         <v>12</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="H149" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B150" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C150" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D150" t="s">
         <v>11</v>
       </c>
       <c r="E150" t="s">
         <v>12</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="H150" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="B151" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C151" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="D151" t="s">
         <v>11</v>
       </c>
       <c r="E151" t="s">
         <v>12</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="H151" t="s">
-        <v>264</v>
+        <v>566</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="B152" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C152" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D152" t="s">
         <v>11</v>
       </c>
       <c r="E152" t="s">
         <v>12</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="H152" t="s">
-        <v>567</v>
+        <v>264</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B153" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C153" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D153" t="s">
         <v>11</v>
       </c>
       <c r="E153" t="s">
         <v>12</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="H153" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B154" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C154" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D154" t="s">
         <v>11</v>
       </c>
       <c r="E154" t="s">
         <v>12</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="H154" t="s">
-        <v>61</v>
+        <v>574</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="B155" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C155" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="D155" t="s">
         <v>11</v>
       </c>
       <c r="E155" t="s">
         <v>12</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="H155" t="s">
-        <v>575</v>
+        <v>61</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="B156" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C156" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D156" t="s">
         <v>11</v>
       </c>
       <c r="E156" t="s">
         <v>12</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="H156" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B157" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C157" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D157" t="s">
         <v>11</v>
       </c>
       <c r="E157" t="s">
         <v>12</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="H157" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B158" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C158" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D158" t="s">
         <v>11</v>
       </c>
       <c r="E158" t="s">
         <v>12</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="H158" t="s">
-        <v>215</v>
+        <v>585</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="B159" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C159" t="s">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="D159" t="s">
         <v>11</v>
       </c>
       <c r="E159" t="s">
         <v>12</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="H159" t="s">
-        <v>586</v>
+        <v>215</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B160" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C160" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="D160" t="s">
         <v>11</v>
       </c>
       <c r="E160" t="s">
         <v>12</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="H160" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="B161" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C161" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D161" t="s">
         <v>11</v>
       </c>
       <c r="E161" t="s">
         <v>12</v>
       </c>
       <c r="G161" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="H161" t="s">
         <v>590</v>
-      </c>
-[...1 lines deleted...]
-        <v>591</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B162" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C162" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="D162" t="s">
         <v>11</v>
       </c>
       <c r="E162" t="s">
         <v>12</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="H162" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B163" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C163" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="D163" t="s">
         <v>11</v>
       </c>
       <c r="E163" t="s">
         <v>12</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="H163" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B164" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C164" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="D164" t="s">
         <v>11</v>
       </c>
       <c r="E164" t="s">
         <v>12</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="H164" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="B165" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C165" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="D165" t="s">
         <v>11</v>
       </c>
       <c r="E165" t="s">
         <v>12</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="H165" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B166" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C166" t="s">
-        <v>605</v>
+        <v>174</v>
       </c>
       <c r="D166" t="s">
         <v>11</v>
       </c>
       <c r="E166" t="s">
         <v>12</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>606</v>
       </c>
       <c r="H166" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>608</v>
       </c>
       <c r="B167" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C167" t="s">
-        <v>178</v>
+        <v>609</v>
       </c>
       <c r="D167" t="s">
         <v>11</v>
       </c>
       <c r="E167" t="s">
         <v>12</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="H167" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="B168" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C168" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D168" t="s">
         <v>11</v>
       </c>
       <c r="E168" t="s">
         <v>12</v>
       </c>
       <c r="G168" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="H168" t="s">
         <v>611</v>
-      </c>
-[...1 lines deleted...]
-        <v>607</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="B169" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C169" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="D169" t="s">
         <v>11</v>
       </c>
       <c r="E169" t="s">
         <v>12</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="H169" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="B170" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C170" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="D170" t="s">
         <v>11</v>
       </c>
       <c r="E170" t="s">
         <v>12</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="H170" t="s">
-        <v>616</v>
+        <v>611</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B171" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C171" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="D171" t="s">
         <v>11</v>
       </c>
       <c r="E171" t="s">
         <v>12</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="H171" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B172" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C172" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="D172" t="s">
         <v>11</v>
       </c>
       <c r="E172" t="s">
         <v>12</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="H172" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B173" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C173" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="D173" t="s">
         <v>11</v>
       </c>
       <c r="E173" t="s">
         <v>12</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="H173" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B174" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C174" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D174" t="s">
         <v>11</v>
       </c>
       <c r="E174" t="s">
         <v>12</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="H174" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B175" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C175" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D175" t="s">
         <v>11</v>
       </c>
       <c r="E175" t="s">
         <v>12</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="H175" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B176" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C176" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D176" t="s">
         <v>11</v>
       </c>
       <c r="E176" t="s">
         <v>12</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="H176" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B177" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C177" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="D177" t="s">
         <v>11</v>
       </c>
       <c r="E177" t="s">
         <v>12</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="H177" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="B178" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C178" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="D178" t="s">
         <v>11</v>
       </c>
       <c r="E178" t="s">
         <v>12</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="H178" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B179" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C179" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D179" t="s">
         <v>11</v>
       </c>
       <c r="E179" t="s">
         <v>12</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="H179" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B180" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C180" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="D180" t="s">
         <v>11</v>
       </c>
       <c r="E180" t="s">
         <v>12</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="H180" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="B181" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C181" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="D181" t="s">
         <v>11</v>
       </c>
       <c r="E181" t="s">
         <v>12</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="H181" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="B182" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C182" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="D182" t="s">
         <v>11</v>
       </c>
       <c r="E182" t="s">
         <v>12</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="H182" t="s">
-        <v>61</v>
+        <v>653</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="B183" t="s">
-        <v>653</v>
+        <v>484</v>
       </c>
       <c r="C183" t="s">
-        <v>10</v>
+        <v>241</v>
       </c>
       <c r="D183" t="s">
         <v>11</v>
       </c>
       <c r="E183" t="s">
         <v>12</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="H183" t="s">
-        <v>655</v>
+        <v>61</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>656</v>
       </c>
       <c r="B184" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C184" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D184" t="s">
         <v>11</v>
       </c>
       <c r="E184" t="s">
         <v>12</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="H184" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="B185" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C185" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D185" t="s">
         <v>11</v>
       </c>
       <c r="E185" t="s">
         <v>12</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="H185" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="B186" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C186" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D186" t="s">
         <v>11</v>
       </c>
       <c r="E186" t="s">
         <v>12</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="H186" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="B187" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C187" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D187" t="s">
         <v>11</v>
       </c>
       <c r="E187" t="s">
         <v>12</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="H187" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="B188" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C188" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D188" t="s">
         <v>11</v>
       </c>
       <c r="E188" t="s">
         <v>12</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="H188" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="B189" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C189" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D189" t="s">
         <v>11</v>
       </c>
       <c r="E189" t="s">
         <v>12</v>
       </c>
       <c r="G189" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="H189" t="s">
         <v>671</v>
-      </c>
-[...1 lines deleted...]
-        <v>672</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="B190" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C190" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D190" t="s">
         <v>11</v>
       </c>
       <c r="E190" t="s">
         <v>12</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="H190" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B191" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C191" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D191" t="s">
         <v>11</v>
       </c>
       <c r="E191" t="s">
         <v>12</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="H191" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="B192" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C192" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D192" t="s">
         <v>11</v>
       </c>
       <c r="E192" t="s">
         <v>12</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="H192" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B193" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C193" t="s">
-        <v>511</v>
+        <v>47</v>
       </c>
       <c r="D193" t="s">
         <v>11</v>
       </c>
       <c r="E193" t="s">
         <v>12</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="H193" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="B194" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C194" t="s">
         <v>515</v>
       </c>
       <c r="D194" t="s">
         <v>11</v>
       </c>
       <c r="E194" t="s">
         <v>12</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="H194" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="B195" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C195" t="s">
         <v>519</v>
       </c>
       <c r="D195" t="s">
         <v>11</v>
       </c>
       <c r="E195" t="s">
         <v>12</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="H195" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="B196" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C196" t="s">
-        <v>51</v>
+        <v>523</v>
       </c>
       <c r="D196" t="s">
         <v>11</v>
       </c>
       <c r="E196" t="s">
         <v>12</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="H196" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="B197" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C197" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D197" t="s">
         <v>11</v>
       </c>
       <c r="E197" t="s">
         <v>12</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="H197" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="B198" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C198" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="D198" t="s">
         <v>11</v>
       </c>
       <c r="E198" t="s">
         <v>12</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="H198" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="B199" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C199" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="D199" t="s">
         <v>11</v>
       </c>
       <c r="E199" t="s">
         <v>12</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="H199" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="B200" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C200" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="D200" t="s">
         <v>11</v>
       </c>
       <c r="E200" t="s">
         <v>12</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="H200" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="B201" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C201" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D201" t="s">
         <v>11</v>
       </c>
       <c r="E201" t="s">
         <v>12</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="H201" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="B202" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C202" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D202" t="s">
         <v>11</v>
       </c>
       <c r="E202" t="s">
         <v>12</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="H202" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="B203" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C203" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="D203" t="s">
         <v>11</v>
       </c>
       <c r="E203" t="s">
         <v>12</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="H203" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B204" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C204" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="D204" t="s">
         <v>11</v>
       </c>
       <c r="E204" t="s">
         <v>12</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="H204" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="B205" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C205" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="D205" t="s">
         <v>11</v>
       </c>
       <c r="E205" t="s">
         <v>12</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="H205" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="B206" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C206" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="D206" t="s">
         <v>11</v>
       </c>
       <c r="E206" t="s">
         <v>12</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="H206" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="B207" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C207" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D207" t="s">
         <v>11</v>
       </c>
       <c r="E207" t="s">
         <v>12</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="H207" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="B208" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C208" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D208" t="s">
         <v>11</v>
       </c>
       <c r="E208" t="s">
         <v>12</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="H208" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="B209" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C209" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D209" t="s">
         <v>11</v>
       </c>
       <c r="E209" t="s">
         <v>12</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="H209" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="B210" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C210" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="D210" t="s">
         <v>11</v>
       </c>
       <c r="E210" t="s">
         <v>12</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="H210" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="B211" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C211" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="D211" t="s">
         <v>11</v>
       </c>
       <c r="E211" t="s">
         <v>12</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="H211" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="B212" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C212" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D212" t="s">
         <v>11</v>
       </c>
       <c r="E212" t="s">
         <v>12</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="H212" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="B213" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C213" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="D213" t="s">
         <v>11</v>
       </c>
       <c r="E213" t="s">
         <v>12</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="H213" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="B214" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C214" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D214" t="s">
         <v>11</v>
       </c>
       <c r="E214" t="s">
         <v>12</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="H214" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="B215" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C215" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D215" t="s">
         <v>11</v>
       </c>
       <c r="E215" t="s">
         <v>12</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="H215" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B216" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C216" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D216" t="s">
         <v>11</v>
       </c>
       <c r="E216" t="s">
         <v>12</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="H216" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="B217" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C217" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D217" t="s">
         <v>11</v>
       </c>
       <c r="E217" t="s">
         <v>12</v>
       </c>
       <c r="G217" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="H217" t="s">
         <v>754</v>
-      </c>
-[...1 lines deleted...]
-        <v>755</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="B218" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C218" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="D218" t="s">
         <v>11</v>
       </c>
       <c r="E218" t="s">
         <v>12</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="H218" t="s">
-        <v>750</v>
+        <v>759</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="B219" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C219" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="D219" t="s">
         <v>11</v>
       </c>
       <c r="E219" t="s">
         <v>12</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="H219" t="s">
-        <v>760</v>
+        <v>754</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="B220" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C220" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D220" t="s">
         <v>11</v>
       </c>
       <c r="E220" t="s">
         <v>12</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="H220" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="B221" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C221" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="D221" t="s">
         <v>11</v>
       </c>
       <c r="E221" t="s">
         <v>12</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="H221" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="B222" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C222" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="D222" t="s">
         <v>11</v>
       </c>
       <c r="E222" t="s">
         <v>12</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="H222" t="s">
-        <v>755</v>
+        <v>770</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="B223" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C223" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="D223" t="s">
         <v>11</v>
       </c>
       <c r="E223" t="s">
         <v>12</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="H223" t="s">
-        <v>771</v>
+        <v>759</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="B224" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C224" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="D224" t="s">
         <v>11</v>
       </c>
       <c r="E224" t="s">
         <v>12</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="H224" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="B225" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C225" t="s">
-        <v>605</v>
+        <v>174</v>
       </c>
       <c r="D225" t="s">
         <v>11</v>
       </c>
       <c r="E225" t="s">
         <v>12</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="H225" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="B226" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C226" t="s">
-        <v>178</v>
+        <v>609</v>
       </c>
       <c r="D226" t="s">
         <v>11</v>
       </c>
       <c r="E226" t="s">
         <v>12</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="H226" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="B227" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C227" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D227" t="s">
         <v>11</v>
       </c>
       <c r="E227" t="s">
         <v>12</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="H227" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="B228" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C228" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="D228" t="s">
         <v>11</v>
       </c>
       <c r="E228" t="s">
         <v>12</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="H228" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="B229" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C229" t="s">
-        <v>194</v>
+        <v>186</v>
       </c>
       <c r="D229" t="s">
         <v>11</v>
       </c>
       <c r="E229" t="s">
         <v>12</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="H229" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="B230" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C230" t="s">
-        <v>202</v>
+        <v>194</v>
       </c>
       <c r="D230" t="s">
         <v>11</v>
       </c>
       <c r="E230" t="s">
         <v>12</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="H230" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="B231" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C231" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D231" t="s">
         <v>11</v>
       </c>
       <c r="E231" t="s">
         <v>12</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="H231" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="B232" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C232" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D232" t="s">
         <v>11</v>
       </c>
       <c r="E232" t="s">
         <v>12</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="H232" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="B233" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C233" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D233" t="s">
         <v>11</v>
       </c>
       <c r="E233" t="s">
         <v>12</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="H233" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="B234" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C234" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="D234" t="s">
         <v>11</v>
       </c>
       <c r="E234" t="s">
         <v>12</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="H234" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="B235" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C235" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="D235" t="s">
         <v>11</v>
       </c>
       <c r="E235" t="s">
         <v>12</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="H235" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="B236" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C236" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D236" t="s">
         <v>11</v>
       </c>
       <c r="E236" t="s">
         <v>12</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="H236" t="s">
-        <v>755</v>
+        <v>811</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="B237" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C237" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="D237" t="s">
         <v>11</v>
       </c>
       <c r="E237" t="s">
         <v>12</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="H237" t="s">
-        <v>812</v>
+        <v>759</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="B238" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C238" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="D238" t="s">
         <v>11</v>
       </c>
       <c r="E238" t="s">
         <v>12</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="H238" t="s">
-        <v>755</v>
+        <v>816</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="B239" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C239" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="D239" t="s">
         <v>11</v>
       </c>
       <c r="E239" t="s">
         <v>12</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="H239" t="s">
-        <v>817</v>
+        <v>759</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="B240" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C240" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="D240" t="s">
         <v>11</v>
       </c>
       <c r="E240" t="s">
         <v>12</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="H240" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="B241" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C241" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="D241" t="s">
         <v>11</v>
       </c>
       <c r="E241" t="s">
         <v>12</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="H241" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="B242" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C242" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D242" t="s">
         <v>11</v>
       </c>
       <c r="E242" t="s">
         <v>12</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="H242" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="B243" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C243" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="D243" t="s">
         <v>11</v>
       </c>
       <c r="E243" t="s">
         <v>12</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="H243" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B244" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C244" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="D244" t="s">
         <v>11</v>
       </c>
       <c r="E244" t="s">
         <v>12</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="H244" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="B245" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C245" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="D245" t="s">
         <v>11</v>
       </c>
       <c r="E245" t="s">
         <v>12</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="H245" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="B246" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C246" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D246" t="s">
         <v>11</v>
       </c>
       <c r="E246" t="s">
         <v>12</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="H246" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="B247" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C247" t="s">
-        <v>270</v>
+        <v>262</v>
       </c>
       <c r="D247" t="s">
         <v>11</v>
       </c>
       <c r="E247" t="s">
         <v>12</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="H247" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="B248" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C248" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D248" t="s">
         <v>11</v>
       </c>
       <c r="E248" t="s">
         <v>12</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="H248" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="B249" t="s">
-        <v>846</v>
+        <v>657</v>
       </c>
       <c r="C249" t="s">
-        <v>10</v>
+        <v>274</v>
       </c>
       <c r="D249" t="s">
         <v>11</v>
       </c>
       <c r="E249" t="s">
         <v>12</v>
       </c>
       <c r="G249" s="1" t="s">
         <v>847</v>
       </c>
       <c r="H249" t="s">
         <v>848</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>849</v>
       </c>
       <c r="B250" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C250" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D250" t="s">
         <v>11</v>
       </c>
       <c r="E250" t="s">
         <v>12</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="H250" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="B251" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C251" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D251" t="s">
         <v>11</v>
       </c>
       <c r="E251" t="s">
         <v>12</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="H251" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="B252" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C252" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="D252" t="s">
         <v>11</v>
       </c>
       <c r="E252" t="s">
         <v>12</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="H252" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="B253" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C253" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D253" t="s">
         <v>11</v>
       </c>
       <c r="E253" t="s">
         <v>12</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="H253" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="B254" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C254" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D254" t="s">
         <v>11</v>
       </c>
       <c r="E254" t="s">
         <v>12</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="H254" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="B255" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C255" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D255" t="s">
         <v>11</v>
       </c>
       <c r="E255" t="s">
         <v>12</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="H255" t="s">
-        <v>37</v>
+        <v>867</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="B256" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C256" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D256" t="s">
         <v>11</v>
       </c>
       <c r="E256" t="s">
         <v>12</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="H256" t="s">
-        <v>868</v>
+        <v>37</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="B257" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C257" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D257" t="s">
         <v>11</v>
       </c>
       <c r="E257" t="s">
         <v>12</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="H257" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="B258" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C258" t="s">
-        <v>511</v>
+        <v>47</v>
       </c>
       <c r="D258" t="s">
         <v>11</v>
       </c>
       <c r="E258" t="s">
         <v>12</v>
       </c>
       <c r="G258" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H258" t="s">
         <v>872</v>
-      </c>
-[...1 lines deleted...]
-        <v>868</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="B259" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C259" t="s">
         <v>515</v>
       </c>
       <c r="D259" t="s">
         <v>11</v>
       </c>
       <c r="E259" t="s">
         <v>12</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="H259" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="B260" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C260" t="s">
         <v>519</v>
       </c>
       <c r="D260" t="s">
         <v>11</v>
       </c>
       <c r="E260" t="s">
         <v>12</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="H260" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="B261" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C261" t="s">
-        <v>51</v>
+        <v>523</v>
       </c>
       <c r="D261" t="s">
         <v>11</v>
       </c>
       <c r="E261" t="s">
         <v>12</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="H261" t="s">
-        <v>879</v>
+        <v>872</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="B262" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C262" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D262" t="s">
         <v>11</v>
       </c>
       <c r="E262" t="s">
         <v>12</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="H262" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="B263" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C263" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D263" t="s">
         <v>11</v>
       </c>
       <c r="E263" t="s">
         <v>12</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="H263" t="s">
-        <v>346</v>
+        <v>886</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="B264" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C264" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D264" t="s">
         <v>11</v>
       </c>
       <c r="E264" t="s">
         <v>12</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="H264" t="s">
-        <v>848</v>
+        <v>346</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="B265" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C265" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="D265" t="s">
         <v>11</v>
       </c>
       <c r="E265" t="s">
         <v>12</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="H265" t="s">
-        <v>215</v>
+        <v>852</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="B266" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C266" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="D266" t="s">
         <v>11</v>
       </c>
       <c r="E266" t="s">
         <v>12</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="H266" t="s">
-        <v>729</v>
+        <v>215</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="B267" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C267" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D267" t="s">
         <v>11</v>
       </c>
       <c r="E267" t="s">
         <v>12</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="H267" t="s">
-        <v>893</v>
+        <v>733</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="B268" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C268" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="D268" t="s">
         <v>11</v>
       </c>
       <c r="E268" t="s">
         <v>12</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="H268" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="B269" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C269" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="D269" t="s">
         <v>11</v>
       </c>
       <c r="E269" t="s">
         <v>12</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>850</v>
+        <v>899</v>
       </c>
       <c r="H269" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="B270" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C270" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="D270" t="s">
         <v>11</v>
       </c>
       <c r="E270" t="s">
         <v>12</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>900</v>
+        <v>854</v>
       </c>
       <c r="H270" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="B271" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C271" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D271" t="s">
         <v>11</v>
       </c>
       <c r="E271" t="s">
         <v>12</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="H271" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="B272" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C272" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="D272" t="s">
         <v>11</v>
       </c>
       <c r="E272" t="s">
         <v>12</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="H272" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="B273" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C273" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D273" t="s">
         <v>11</v>
       </c>
       <c r="E273" t="s">
         <v>12</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="H273" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="B274" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C274" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D274" t="s">
         <v>11</v>
       </c>
       <c r="E274" t="s">
         <v>12</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="H274" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="B275" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C275" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D275" t="s">
         <v>11</v>
       </c>
       <c r="E275" t="s">
         <v>12</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="H275" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="B276" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C276" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="D276" t="s">
         <v>11</v>
       </c>
       <c r="E276" t="s">
         <v>12</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="H276" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="B277" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C277" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D277" t="s">
         <v>11</v>
       </c>
       <c r="E277" t="s">
         <v>12</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="H277" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="B278" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C278" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D278" t="s">
         <v>11</v>
       </c>
       <c r="E278" t="s">
         <v>12</v>
       </c>
       <c r="G278" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="H278" t="s">
         <v>923</v>
-      </c>
-[...1 lines deleted...]
-        <v>924</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="B279" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C279" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D279" t="s">
         <v>11</v>
       </c>
       <c r="E279" t="s">
         <v>12</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="H279" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="B280" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C280" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="D280" t="s">
         <v>11</v>
       </c>
       <c r="E280" t="s">
         <v>12</v>
       </c>
       <c r="G280" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="H280" t="s">
         <v>928</v>
-      </c>
-[...1 lines deleted...]
-        <v>929</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="B281" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C281" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D281" t="s">
         <v>11</v>
       </c>
       <c r="E281" t="s">
         <v>12</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="H281" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="B282" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C282" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D282" t="s">
         <v>11</v>
       </c>
       <c r="E282" t="s">
         <v>12</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="H282" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="B283" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C283" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D283" t="s">
         <v>11</v>
       </c>
       <c r="E283" t="s">
         <v>12</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="H283" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="B284" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C284" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D284" t="s">
         <v>11</v>
       </c>
       <c r="E284" t="s">
         <v>12</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="H284" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="B285" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C285" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="D285" t="s">
         <v>11</v>
       </c>
       <c r="E285" t="s">
         <v>12</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="H285" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="B286" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C286" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="D286" t="s">
         <v>11</v>
       </c>
       <c r="E286" t="s">
         <v>12</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="H286" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="B287" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C287" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D287" t="s">
         <v>11</v>
       </c>
       <c r="E287" t="s">
         <v>12</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="H287" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="B288" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C288" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="D288" t="s">
         <v>11</v>
       </c>
       <c r="E288" t="s">
         <v>12</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="H288" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="B289" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C289" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="D289" t="s">
         <v>11</v>
       </c>
       <c r="E289" t="s">
         <v>12</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="H289" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="B290" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C290" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="D290" t="s">
         <v>11</v>
       </c>
       <c r="E290" t="s">
         <v>12</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="H290" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="B291" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C291" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="D291" t="s">
         <v>11</v>
       </c>
       <c r="E291" t="s">
         <v>12</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="H291" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="B292" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C292" t="s">
-        <v>605</v>
+        <v>174</v>
       </c>
       <c r="D292" t="s">
         <v>11</v>
       </c>
       <c r="E292" t="s">
         <v>12</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>850</v>
+        <v>965</v>
       </c>
       <c r="H292" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="B293" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C293" t="s">
-        <v>178</v>
+        <v>609</v>
       </c>
       <c r="D293" t="s">
         <v>11</v>
       </c>
       <c r="E293" t="s">
         <v>12</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="H293" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="B294" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C294" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D294" t="s">
         <v>11</v>
       </c>
       <c r="E294" t="s">
         <v>12</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="H294" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="B295" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C295" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="D295" t="s">
         <v>11</v>
       </c>
       <c r="E295" t="s">
         <v>12</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="H295" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="B296" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C296" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="D296" t="s">
         <v>11</v>
       </c>
       <c r="E296" t="s">
         <v>12</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="H296" t="s">
-        <v>970</v>
+        <v>974</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>972</v>
+        <v>975</v>
       </c>
       <c r="B297" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C297" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="D297" t="s">
         <v>11</v>
       </c>
       <c r="E297" t="s">
         <v>12</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>973</v>
+        <v>854</v>
       </c>
       <c r="H297" t="s">
         <v>974</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="B298" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C298" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="D298" t="s">
         <v>11</v>
       </c>
       <c r="E298" t="s">
         <v>12</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="H298" t="s">
-        <v>941</v>
+        <v>978</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="B299" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C299" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="D299" t="s">
         <v>11</v>
       </c>
       <c r="E299" t="s">
         <v>12</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="H299" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="B300" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C300" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D300" t="s">
         <v>11</v>
       </c>
       <c r="E300" t="s">
         <v>12</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="H300" t="s">
-        <v>981</v>
+        <v>945</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="B301" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C301" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D301" t="s">
         <v>11</v>
       </c>
       <c r="E301" t="s">
         <v>12</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="H301" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="B302" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C302" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D302" t="s">
         <v>11</v>
       </c>
       <c r="E302" t="s">
         <v>12</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="H302" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="B303" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C303" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="D303" t="s">
         <v>11</v>
       </c>
       <c r="E303" t="s">
         <v>12</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="H303" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="B304" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C304" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="D304" t="s">
         <v>11</v>
       </c>
       <c r="E304" t="s">
         <v>12</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="H304" t="s">
-        <v>264</v>
+        <v>994</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="B305" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C305" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D305" t="s">
         <v>11</v>
       </c>
       <c r="E305" t="s">
         <v>12</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="H305" t="s">
-        <v>995</v>
+        <v>264</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="B306" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C306" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="D306" t="s">
         <v>11</v>
       </c>
       <c r="E306" t="s">
         <v>12</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="H306" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="B307" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C307" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="D307" t="s">
         <v>11</v>
       </c>
       <c r="E307" t="s">
         <v>12</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="H307" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="B308" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C308" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="D308" t="s">
         <v>11</v>
       </c>
       <c r="E308" t="s">
         <v>12</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="H308" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="B309" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C309" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="D309" t="s">
         <v>11</v>
       </c>
       <c r="E309" t="s">
         <v>12</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="H309" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="B310" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C310" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="D310" t="s">
         <v>11</v>
       </c>
       <c r="E310" t="s">
         <v>12</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="H310" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="B311" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C311" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D311" t="s">
         <v>11</v>
       </c>
       <c r="E311" t="s">
         <v>12</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="H311" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="B312" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C312" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="D312" t="s">
         <v>11</v>
       </c>
       <c r="E312" t="s">
         <v>12</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="H312" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="B313" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C313" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="D313" t="s">
         <v>11</v>
       </c>
       <c r="E313" t="s">
         <v>12</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="H313" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="B314" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C314" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="D314" t="s">
         <v>11</v>
       </c>
       <c r="E314" t="s">
         <v>12</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="H314" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="B315" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C315" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D315" t="s">
         <v>11</v>
       </c>
       <c r="E315" t="s">
         <v>12</v>
       </c>
       <c r="G315" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="H315" t="s">
         <v>1023</v>
-      </c>
-[...1 lines deleted...]
-        <v>1019</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="B316" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C316" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="D316" t="s">
         <v>11</v>
       </c>
       <c r="E316" t="s">
         <v>12</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="H316" t="s">
-        <v>1026</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="B317" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C317" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="D317" t="s">
         <v>11</v>
       </c>
       <c r="E317" t="s">
         <v>12</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="H317" t="s">
-        <v>1019</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="B318" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C318" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D318" t="s">
         <v>11</v>
       </c>
       <c r="E318" t="s">
         <v>12</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="H318" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="B319" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C319" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="D319" t="s">
         <v>11</v>
       </c>
       <c r="E319" t="s">
         <v>12</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="H319" t="s">
-        <v>1033</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="B320" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C320" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="D320" t="s">
         <v>11</v>
       </c>
       <c r="E320" t="s">
         <v>12</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="H320" t="s">
-        <v>1033</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="B321" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C321" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="D321" t="s">
         <v>11</v>
       </c>
       <c r="E321" t="s">
         <v>12</v>
       </c>
       <c r="G321" s="1" t="s">
+        <v>1039</v>
+      </c>
+      <c r="H321" t="s">
         <v>1037</v>
-      </c>
-[...1 lines deleted...]
-        <v>1033</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="B322" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C322" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="D322" t="s">
         <v>11</v>
       </c>
       <c r="E322" t="s">
         <v>12</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="H322" t="s">
-        <v>1040</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="B323" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C323" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="D323" t="s">
         <v>11</v>
       </c>
       <c r="E323" t="s">
         <v>12</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="H323" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="B324" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C324" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="D324" t="s">
         <v>11</v>
       </c>
       <c r="E324" t="s">
         <v>12</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="H324" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="B325" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C325" t="s">
-        <v>1048</v>
+        <v>298</v>
       </c>
       <c r="D325" t="s">
         <v>11</v>
       </c>
       <c r="E325" t="s">
         <v>12</v>
       </c>
       <c r="G325" s="1" t="s">
         <v>1049</v>
       </c>
       <c r="H325" t="s">
         <v>1050</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>1051</v>
       </c>
       <c r="B326" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C326" t="s">
-        <v>302</v>
+        <v>1052</v>
       </c>
       <c r="D326" t="s">
         <v>11</v>
       </c>
       <c r="E326" t="s">
         <v>12</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="H326" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="B327" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C327" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="D327" t="s">
         <v>11</v>
       </c>
       <c r="E327" t="s">
         <v>12</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="H327" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="B328" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C328" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="D328" t="s">
         <v>11</v>
       </c>
       <c r="E328" t="s">
         <v>12</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="H328" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="B329" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C329" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="D329" t="s">
         <v>11</v>
       </c>
       <c r="E329" t="s">
         <v>12</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="H329" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="B330" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C330" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="D330" t="s">
         <v>11</v>
       </c>
       <c r="E330" t="s">
         <v>12</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="H330" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="B331" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C331" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="D331" t="s">
         <v>11</v>
       </c>
       <c r="E331" t="s">
         <v>12</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="H331" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="B332" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C332" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="D332" t="s">
         <v>11</v>
       </c>
       <c r="E332" t="s">
         <v>12</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="H332" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="B333" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C333" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="D333" t="s">
         <v>11</v>
       </c>
       <c r="E333" t="s">
         <v>12</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="H333" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="B334" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C334" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="D334" t="s">
         <v>11</v>
       </c>
       <c r="E334" t="s">
         <v>12</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="H334" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="B335" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C335" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="D335" t="s">
         <v>11</v>
       </c>
       <c r="E335" t="s">
         <v>12</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="H335" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="B336" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C336" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="D336" t="s">
         <v>11</v>
       </c>
       <c r="E336" t="s">
         <v>12</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="H336" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="B337" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C337" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="D337" t="s">
         <v>11</v>
       </c>
       <c r="E337" t="s">
         <v>12</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="H337" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="B338" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C338" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="D338" t="s">
         <v>11</v>
       </c>
       <c r="E338" t="s">
         <v>12</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="H338" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="B339" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C339" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="D339" t="s">
         <v>11</v>
       </c>
       <c r="E339" t="s">
         <v>12</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="H339" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="B340" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C340" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="D340" t="s">
         <v>11</v>
       </c>
       <c r="E340" t="s">
         <v>12</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="H340" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="B341" t="s">
-        <v>1097</v>
+        <v>850</v>
       </c>
       <c r="C341" t="s">
-        <v>10</v>
+        <v>356</v>
       </c>
       <c r="D341" t="s">
         <v>11</v>
       </c>
       <c r="E341" t="s">
         <v>12</v>
       </c>
       <c r="G341" s="1" t="s">
         <v>1098</v>
       </c>
       <c r="H341" t="s">
         <v>1099</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>1100</v>
       </c>
       <c r="B342" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C342" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D342" t="s">
         <v>11</v>
       </c>
       <c r="E342" t="s">
         <v>12</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="H342" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="B343" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C343" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D343" t="s">
         <v>11</v>
       </c>
       <c r="E343" t="s">
         <v>12</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="H343" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="B344" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C344" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D344" t="s">
         <v>11</v>
       </c>
       <c r="E344" t="s">
         <v>12</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="H344" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="B345" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C345" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="D345" t="s">
         <v>11</v>
       </c>
       <c r="E345" t="s">
         <v>12</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="H345" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="B346" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C346" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D346" t="s">
         <v>11</v>
       </c>
       <c r="E346" t="s">
         <v>12</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="H346" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="B347" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C347" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D347" t="s">
         <v>11</v>
       </c>
       <c r="E347" t="s">
         <v>12</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="H347" t="s">
-        <v>950</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="B348" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C348" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="D348" t="s">
         <v>11</v>
       </c>
       <c r="E348" t="s">
         <v>12</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="H348" t="s">
-        <v>1119</v>
+        <v>954</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="B349" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C349" t="s">
-        <v>511</v>
+        <v>47</v>
       </c>
       <c r="D349" t="s">
         <v>11</v>
       </c>
       <c r="E349" t="s">
         <v>12</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="H349" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="B350" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C350" t="s">
         <v>515</v>
       </c>
       <c r="D350" t="s">
         <v>11</v>
       </c>
       <c r="E350" t="s">
         <v>12</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="H350" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="B351" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C351" t="s">
         <v>519</v>
       </c>
       <c r="D351" t="s">
         <v>11</v>
       </c>
       <c r="E351" t="s">
         <v>12</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="H351" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="B352" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C352" t="s">
-        <v>59</v>
+        <v>523</v>
       </c>
       <c r="D352" t="s">
         <v>11</v>
       </c>
       <c r="E352" t="s">
         <v>12</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="H352" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="B353" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C353" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D353" t="s">
         <v>11</v>
       </c>
       <c r="E353" t="s">
         <v>12</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="H353" t="s">
-        <v>1105</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="B354" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C354" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="D354" t="s">
         <v>11</v>
       </c>
       <c r="E354" t="s">
         <v>12</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="H354" t="s">
-        <v>1105</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="B355" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C355" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="D355" t="s">
         <v>11</v>
       </c>
       <c r="E355" t="s">
         <v>12</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="H355" t="s">
-        <v>116</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="B356" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C356" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D356" t="s">
         <v>11</v>
       </c>
       <c r="E356" t="s">
         <v>12</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="H356" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="B357" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C357" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D357" t="s">
         <v>11</v>
       </c>
       <c r="E357" t="s">
         <v>12</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="H357" t="s">
-        <v>1142</v>
+        <v>116</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="B358" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C358" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="D358" t="s">
         <v>11</v>
       </c>
       <c r="E358" t="s">
         <v>12</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="H358" t="s">
-        <v>116</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B359" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C359" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="D359" t="s">
         <v>11</v>
       </c>
       <c r="E359" t="s">
         <v>12</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="H359" t="s">
-        <v>1147</v>
+        <v>116</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="B360" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C360" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="D360" t="s">
         <v>11</v>
       </c>
       <c r="E360" t="s">
         <v>12</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="H360" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="B361" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C361" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="D361" t="s">
         <v>11</v>
       </c>
       <c r="E361" t="s">
         <v>12</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="H361" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="B362" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C362" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D362" t="s">
         <v>11</v>
       </c>
       <c r="E362" t="s">
         <v>12</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="H362" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="B363" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C363" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="D363" t="s">
         <v>11</v>
       </c>
       <c r="E363" t="s">
         <v>12</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="H363" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="B364" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C364" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="D364" t="s">
         <v>11</v>
       </c>
       <c r="E364" t="s">
         <v>12</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="H364" t="s">
-        <v>720</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="B365" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C365" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D365" t="s">
         <v>11</v>
       </c>
       <c r="E365" t="s">
         <v>12</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="H365" t="s">
-        <v>1164</v>
+        <v>724</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="B366" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C366" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D366" t="s">
         <v>11</v>
       </c>
       <c r="E366" t="s">
         <v>12</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="H366" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="B367" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C367" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D367" t="s">
         <v>11</v>
       </c>
       <c r="E367" t="s">
         <v>12</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="H367" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="B368" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C368" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="D368" t="s">
         <v>11</v>
       </c>
       <c r="E368" t="s">
         <v>12</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="H368" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="B369" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C369" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D369" t="s">
         <v>11</v>
       </c>
       <c r="E369" t="s">
         <v>12</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="H369" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="B370" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C370" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D370" t="s">
         <v>11</v>
       </c>
       <c r="E370" t="s">
         <v>12</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="H370" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="B371" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C371" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D371" t="s">
         <v>11</v>
       </c>
       <c r="E371" t="s">
         <v>12</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="H371" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="B372" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C372" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D372" t="s">
         <v>11</v>
       </c>
       <c r="E372" t="s">
         <v>12</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="H372" t="s">
-        <v>729</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="B373" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C373" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="D373" t="s">
         <v>11</v>
       </c>
       <c r="E373" t="s">
         <v>12</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="H373" t="s">
-        <v>1187</v>
+        <v>733</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="B374" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C374" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="D374" t="s">
         <v>11</v>
       </c>
       <c r="E374" t="s">
         <v>12</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="H374" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="B375" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C375" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D375" t="s">
         <v>11</v>
       </c>
       <c r="E375" t="s">
         <v>12</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="H375" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="B376" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C376" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D376" t="s">
         <v>11</v>
       </c>
       <c r="E376" t="s">
         <v>12</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="H376" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="B377" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C377" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="D377" t="s">
         <v>11</v>
       </c>
       <c r="E377" t="s">
         <v>12</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="H377" t="s">
-        <v>1196</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="B378" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C378" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="D378" t="s">
         <v>11</v>
       </c>
       <c r="E378" t="s">
         <v>12</v>
       </c>
       <c r="G378" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="H378" t="s">
         <v>1200</v>
-      </c>
-[...1 lines deleted...]
-        <v>1201</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="B379" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C379" t="s">
-        <v>605</v>
+        <v>174</v>
       </c>
       <c r="D379" t="s">
         <v>11</v>
       </c>
       <c r="E379" t="s">
         <v>12</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="H379" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="B380" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C380" t="s">
-        <v>178</v>
+        <v>609</v>
       </c>
       <c r="D380" t="s">
         <v>11</v>
       </c>
       <c r="E380" t="s">
         <v>12</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="H380" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="B381" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C381" t="s">
-        <v>190</v>
+        <v>178</v>
       </c>
       <c r="D381" t="s">
         <v>11</v>
       </c>
       <c r="E381" t="s">
         <v>12</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="H381" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="B382" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C382" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="D382" t="s">
         <v>11</v>
       </c>
       <c r="E382" t="s">
         <v>12</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="H382" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="B383" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C383" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="D383" t="s">
         <v>11</v>
       </c>
       <c r="E383" t="s">
         <v>12</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="H383" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="B384" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C384" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="D384" t="s">
         <v>11</v>
       </c>
       <c r="E384" t="s">
         <v>12</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="H384" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="B385" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C385" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D385" t="s">
         <v>11</v>
       </c>
       <c r="E385" t="s">
         <v>12</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="H385" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="B386" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C386" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D386" t="s">
         <v>11</v>
       </c>
       <c r="E386" t="s">
         <v>12</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="H386" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="B387" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C387" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D387" t="s">
         <v>11</v>
       </c>
       <c r="E387" t="s">
         <v>12</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="H387" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="B388" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C388" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="D388" t="s">
         <v>11</v>
       </c>
       <c r="E388" t="s">
         <v>12</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="H388" t="s">
-        <v>929</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="B389" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C389" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="D389" t="s">
         <v>11</v>
       </c>
       <c r="E389" t="s">
         <v>12</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="H389" t="s">
-        <v>346</v>
+        <v>933</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="B390" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C390" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D390" t="s">
         <v>11</v>
       </c>
       <c r="E390" t="s">
         <v>12</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="H390" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="B391" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C391" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="D391" t="s">
         <v>11</v>
       </c>
       <c r="E391" t="s">
         <v>12</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="H391" t="s">
-        <v>1237</v>
+        <v>346</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="B392" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C392" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="D392" t="s">
         <v>11</v>
       </c>
       <c r="E392" t="s">
         <v>12</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="H392" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="B393" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C393" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="D393" t="s">
         <v>11</v>
       </c>
       <c r="E393" t="s">
         <v>12</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="H393" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="B394" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C394" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="D394" t="s">
         <v>11</v>
       </c>
       <c r="E394" t="s">
         <v>12</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="H394" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="B395" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C395" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="D395" t="s">
         <v>11</v>
       </c>
       <c r="E395" t="s">
         <v>12</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="H395" t="s">
-        <v>1219</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="B396" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C396" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D396" t="s">
         <v>11</v>
       </c>
       <c r="E396" t="s">
         <v>12</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="H396" t="s">
-        <v>1251</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="B397" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C397" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="D397" t="s">
         <v>11</v>
       </c>
       <c r="E397" t="s">
         <v>12</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="H397" t="s">
-        <v>1219</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="B398" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C398" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="D398" t="s">
         <v>11</v>
       </c>
       <c r="E398" t="s">
         <v>12</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>850</v>
+        <v>1257</v>
       </c>
       <c r="H398" t="s">
-        <v>1255</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="B399" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C399" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="D399" t="s">
         <v>11</v>
       </c>
       <c r="E399" t="s">
         <v>12</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1257</v>
+        <v>854</v>
       </c>
       <c r="H399" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="B400" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C400" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D400" t="s">
         <v>11</v>
       </c>
       <c r="E400" t="s">
         <v>12</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="H400" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="B401" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C401" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="D401" t="s">
         <v>11</v>
       </c>
       <c r="E401" t="s">
         <v>12</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="H401" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="B402" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C402" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="D402" t="s">
         <v>11</v>
       </c>
       <c r="E402" t="s">
         <v>12</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>850</v>
+        <v>1267</v>
       </c>
       <c r="H402" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="B403" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C403" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D403" t="s">
         <v>11</v>
       </c>
       <c r="E403" t="s">
         <v>12</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1268</v>
+        <v>854</v>
       </c>
       <c r="H403" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="B404" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C404" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="D404" t="s">
         <v>11</v>
       </c>
       <c r="E404" t="s">
         <v>12</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="H404" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="B405" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C405" t="s">
-        <v>286</v>
+        <v>278</v>
       </c>
       <c r="D405" t="s">
         <v>11</v>
       </c>
       <c r="E405" t="s">
         <v>12</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="H405" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="B406" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C406" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="D406" t="s">
         <v>11</v>
       </c>
       <c r="E406" t="s">
         <v>12</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="H406" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="B407" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C407" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="D407" t="s">
         <v>11</v>
       </c>
       <c r="E407" t="s">
         <v>12</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="H407" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="B408" t="s">
-        <v>1283</v>
+        <v>1101</v>
       </c>
       <c r="C408" t="s">
-        <v>10</v>
+        <v>294</v>
       </c>
       <c r="D408" t="s">
         <v>11</v>
       </c>
       <c r="E408" t="s">
         <v>12</v>
       </c>
       <c r="G408" s="1" t="s">
         <v>1284</v>
       </c>
       <c r="H408" t="s">
         <v>1285</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
         <v>1286</v>
       </c>
       <c r="B409" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C409" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D409" t="s">
         <v>11</v>
       </c>
       <c r="E409" t="s">
         <v>12</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="H409" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="B410" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C410" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D410" t="s">
         <v>11</v>
       </c>
       <c r="E410" t="s">
         <v>12</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="H410" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="B411" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C411" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D411" t="s">
         <v>11</v>
       </c>
       <c r="E411" t="s">
         <v>12</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="H411" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="B412" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C412" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D412" t="s">
         <v>11</v>
       </c>
       <c r="E412" t="s">
         <v>12</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="H412" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="B413" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C413" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D413" t="s">
         <v>11</v>
       </c>
       <c r="E413" t="s">
         <v>12</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="H413" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="B414" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C414" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D414" t="s">
         <v>11</v>
       </c>
       <c r="E414" t="s">
         <v>12</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="H414" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="B415" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C415" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D415" t="s">
         <v>11</v>
       </c>
       <c r="E415" t="s">
         <v>12</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="H415" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="B416" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C416" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D416" t="s">
         <v>11</v>
       </c>
       <c r="E416" t="s">
         <v>12</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="H416" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="B417" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C417" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D417" t="s">
         <v>11</v>
       </c>
       <c r="E417" t="s">
         <v>12</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="H417" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="B418" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C418" t="s">
-        <v>511</v>
+        <v>47</v>
       </c>
       <c r="D418" t="s">
         <v>11</v>
       </c>
       <c r="E418" t="s">
         <v>12</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="H418" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="B419" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C419" t="s">
         <v>515</v>
       </c>
       <c r="D419" t="s">
         <v>11</v>
       </c>
       <c r="E419" t="s">
         <v>12</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="H419" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="B420" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C420" t="s">
         <v>519</v>
       </c>
       <c r="D420" t="s">
         <v>11</v>
       </c>
       <c r="E420" t="s">
         <v>12</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="H420" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="B421" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C421" t="s">
-        <v>51</v>
+        <v>523</v>
       </c>
       <c r="D421" t="s">
         <v>11</v>
       </c>
       <c r="E421" t="s">
         <v>12</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="H421" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="B422" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C422" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D422" t="s">
         <v>11</v>
       </c>
       <c r="E422" t="s">
         <v>12</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="H422" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="B423" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C423" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D423" t="s">
         <v>11</v>
       </c>
       <c r="E423" t="s">
         <v>12</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="H423" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="B424" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C424" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D424" t="s">
         <v>11</v>
       </c>
       <c r="E424" t="s">
         <v>12</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="H424" t="s">
-        <v>1327</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="B425" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C425" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="D425" t="s">
         <v>11</v>
       </c>
       <c r="E425" t="s">
         <v>12</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="H425" t="s">
-        <v>1335</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="B426" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C426" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="D426" t="s">
         <v>11</v>
       </c>
       <c r="E426" t="s">
         <v>12</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="H426" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="B427" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C427" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D427" t="s">
         <v>11</v>
       </c>
       <c r="E427" t="s">
         <v>12</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="H427" t="s">
-        <v>264</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="B428" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C428" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D428" t="s">
         <v>11</v>
       </c>
       <c r="E428" t="s">
         <v>12</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="H428" t="s">
-        <v>1343</v>
+        <v>264</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="B429" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C429" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="D429" t="s">
         <v>11</v>
       </c>
       <c r="E429" t="s">
         <v>12</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="H429" t="s">
-        <v>1327</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="B430" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C430" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="D430" t="s">
         <v>11</v>
       </c>
       <c r="E430" t="s">
         <v>12</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="H430" t="s">
-        <v>1327</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="B431" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C431" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="D431" t="s">
         <v>11</v>
       </c>
       <c r="E431" t="s">
         <v>12</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="H431" t="s">
-        <v>1327</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="B432" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C432" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D432" t="s">
         <v>11</v>
       </c>
       <c r="E432" t="s">
         <v>12</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="H432" t="s">
-        <v>116</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="B433" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C433" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="D433" t="s">
         <v>11</v>
       </c>
       <c r="E433" t="s">
         <v>12</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="H433" t="s">
-        <v>1354</v>
+        <v>116</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="B434" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C434" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D434" t="s">
         <v>11</v>
       </c>
       <c r="E434" t="s">
         <v>12</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="H434" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="B435" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C435" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="D435" t="s">
         <v>11</v>
       </c>
       <c r="E435" t="s">
         <v>12</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="H435" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="B436" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C436" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="D436" t="s">
         <v>11</v>
       </c>
       <c r="E436" t="s">
         <v>12</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="H436" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="B437" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C437" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D437" t="s">
         <v>11</v>
       </c>
       <c r="E437" t="s">
         <v>12</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="H437" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="B438" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C438" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D438" t="s">
         <v>11</v>
       </c>
       <c r="E438" t="s">
         <v>12</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H438" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="B439" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C439" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D439" t="s">
         <v>11</v>
       </c>
       <c r="E439" t="s">
         <v>12</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="H439" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="B440" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C440" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="D440" t="s">
         <v>11</v>
       </c>
       <c r="E440" t="s">
         <v>12</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="H440" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="B441" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C441" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D441" t="s">
         <v>11</v>
       </c>
       <c r="E441" t="s">
         <v>12</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="H441" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="B442" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C442" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D442" t="s">
         <v>11</v>
       </c>
       <c r="E442" t="s">
         <v>12</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="H442" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="B443" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C443" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D443" t="s">
         <v>11</v>
       </c>
       <c r="E443" t="s">
         <v>12</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="H443" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="B444" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C444" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D444" t="s">
         <v>11</v>
       </c>
       <c r="E444" t="s">
         <v>12</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="H444" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="B445" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C445" t="s">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="D445" t="s">
         <v>11</v>
       </c>
       <c r="E445" t="s">
         <v>12</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="H445" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="B446" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C446" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D446" t="s">
         <v>11</v>
       </c>
       <c r="E446" t="s">
         <v>12</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="H446" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="B447" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C447" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="D447" t="s">
         <v>11</v>
       </c>
       <c r="E447" t="s">
         <v>12</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="H447" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="B448" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C448" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="D448" t="s">
         <v>11</v>
       </c>
       <c r="E448" t="s">
         <v>12</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="H448" t="s">
-        <v>792</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="B449" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C449" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="D449" t="s">
         <v>11</v>
       </c>
       <c r="E449" t="s">
         <v>12</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="H449" t="s">
-        <v>1401</v>
+        <v>796</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="B450" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C450" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="D450" t="s">
         <v>11</v>
       </c>
       <c r="E450" t="s">
         <v>12</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="H450" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="B451" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C451" t="s">
-        <v>605</v>
+        <v>174</v>
       </c>
       <c r="D451" t="s">
         <v>11</v>
       </c>
       <c r="E451" t="s">
         <v>12</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="H451" t="s">
-        <v>1401</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="B452" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C452" t="s">
-        <v>178</v>
+        <v>609</v>
       </c>
       <c r="D452" t="s">
         <v>11</v>
       </c>
       <c r="E452" t="s">
         <v>12</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="H452" t="s">
-        <v>1401</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>1409</v>
+        <v>1411</v>
       </c>
       <c r="B453" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C453" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D453" t="s">
         <v>11</v>
       </c>
       <c r="E453" t="s">
         <v>12</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="H453" t="s">
-        <v>1401</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="B454" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C454" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="D454" t="s">
         <v>11</v>
       </c>
       <c r="E454" t="s">
         <v>12</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="H454" t="s">
-        <v>1401</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="B455" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C455" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="D455" t="s">
         <v>11</v>
       </c>
       <c r="E455" t="s">
         <v>12</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
       <c r="H455" t="s">
-        <v>1415</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="B456" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C456" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="D456" t="s">
         <v>11</v>
       </c>
       <c r="E456" t="s">
         <v>12</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="H456" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="B457" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C457" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="D457" t="s">
         <v>11</v>
       </c>
       <c r="E457" t="s">
         <v>12</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="H457" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="B458" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C458" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="D458" t="s">
         <v>11</v>
       </c>
       <c r="E458" t="s">
         <v>12</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="H458" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="B459" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C459" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D459" t="s">
         <v>11</v>
       </c>
       <c r="E459" t="s">
         <v>12</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="H459" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="B460" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C460" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D460" t="s">
         <v>11</v>
       </c>
       <c r="E460" t="s">
         <v>12</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="H460" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="B461" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C461" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D461" t="s">
         <v>11</v>
       </c>
       <c r="E461" t="s">
         <v>12</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="H461" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="B462" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C462" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="D462" t="s">
         <v>11</v>
       </c>
       <c r="E462" t="s">
         <v>12</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="H462" t="s">
-        <v>1219</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
       <c r="B463" t="s">
-        <v>1437</v>
+        <v>1287</v>
       </c>
       <c r="C463" t="s">
-        <v>10</v>
+        <v>217</v>
       </c>
       <c r="D463" t="s">
         <v>11</v>
       </c>
       <c r="E463" t="s">
         <v>12</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="H463" t="s">
-        <v>1439</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
         <v>1440</v>
       </c>
       <c r="B464" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C464" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="D464" t="s">
         <v>11</v>
       </c>
       <c r="E464" t="s">
         <v>12</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="H464" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="B465" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C465" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D465" t="s">
         <v>11</v>
       </c>
       <c r="E465" t="s">
         <v>12</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="H465" t="s">
-        <v>1442</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>1445</v>
+        <v>1447</v>
       </c>
       <c r="B466" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C466" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D466" t="s">
         <v>11</v>
       </c>
       <c r="E466" t="s">
         <v>12</v>
       </c>
       <c r="G466" s="1" t="s">
+        <v>1448</v>
+      </c>
+      <c r="H466" t="s">
         <v>1446</v>
-      </c>
-[...1 lines deleted...]
-        <v>1447</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="B467" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C467" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="D467" t="s">
         <v>11</v>
       </c>
       <c r="E467" t="s">
         <v>12</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="H467" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="B468" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C468" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D468" t="s">
         <v>11</v>
       </c>
       <c r="E468" t="s">
         <v>12</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="H468" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="B469" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C469" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D469" t="s">
         <v>11</v>
       </c>
       <c r="E469" t="s">
         <v>12</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="H469" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="B470" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C470" t="s">
-        <v>511</v>
+        <v>47</v>
       </c>
       <c r="D470" t="s">
         <v>11</v>
       </c>
       <c r="E470" t="s">
         <v>12</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>850</v>
+        <v>1459</v>
       </c>
       <c r="H470" t="s">
-        <v>1458</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>1459</v>
+        <v>1461</v>
       </c>
       <c r="B471" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C471" t="s">
         <v>515</v>
       </c>
       <c r="D471" t="s">
         <v>11</v>
       </c>
       <c r="E471" t="s">
         <v>12</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1460</v>
+        <v>854</v>
       </c>
       <c r="H471" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="B472" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C472" t="s">
         <v>519</v>
       </c>
       <c r="D472" t="s">
         <v>11</v>
       </c>
       <c r="E472" t="s">
         <v>12</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="H472" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="B473" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C473" t="s">
-        <v>51</v>
+        <v>523</v>
       </c>
       <c r="D473" t="s">
         <v>11</v>
       </c>
       <c r="E473" t="s">
         <v>12</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="H473" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="B474" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C474" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D474" t="s">
         <v>11</v>
       </c>
       <c r="E474" t="s">
         <v>12</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="H474" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="B475" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C475" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D475" t="s">
         <v>11</v>
       </c>
       <c r="E475" t="s">
         <v>12</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="H475" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="B476" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C476" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D476" t="s">
         <v>11</v>
       </c>
       <c r="E476" t="s">
         <v>12</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="H476" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="B477" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C477" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="D477" t="s">
         <v>11</v>
       </c>
       <c r="E477" t="s">
         <v>12</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="H477" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="B478" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C478" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="D478" t="s">
         <v>11</v>
       </c>
       <c r="E478" t="s">
         <v>12</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="H478" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="B479" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C479" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D479" t="s">
         <v>11</v>
       </c>
       <c r="E479" t="s">
         <v>12</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="H479" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="B480" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C480" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D480" t="s">
         <v>11</v>
       </c>
       <c r="E480" t="s">
         <v>12</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="H480" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="B481" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C481" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="D481" t="s">
         <v>11</v>
       </c>
       <c r="E481" t="s">
         <v>12</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="H481" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="B482" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C482" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="D482" t="s">
         <v>11</v>
       </c>
       <c r="E482" t="s">
         <v>12</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="H482" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="B483" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C483" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="D483" t="s">
         <v>11</v>
       </c>
       <c r="E483" t="s">
         <v>12</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="H483" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="B484" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C484" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D484" t="s">
         <v>11</v>
       </c>
       <c r="E484" t="s">
         <v>12</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="H484" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="B485" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C485" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="D485" t="s">
         <v>11</v>
       </c>
       <c r="E485" t="s">
         <v>12</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="H485" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="B486" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C486" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D486" t="s">
         <v>11</v>
       </c>
       <c r="E486" t="s">
         <v>12</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="H486" t="s">
-        <v>1128</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
       <c r="B487" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C487" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D487" t="s">
         <v>11</v>
       </c>
       <c r="E487" t="s">
         <v>12</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="H487" t="s">
-        <v>1508</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="B488" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C488" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D488" t="s">
         <v>11</v>
       </c>
       <c r="E488" t="s">
         <v>12</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="H488" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="B489" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C489" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="D489" t="s">
         <v>11</v>
       </c>
       <c r="E489" t="s">
         <v>12</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="H489" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="B490" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C490" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D490" t="s">
         <v>11</v>
       </c>
       <c r="E490" t="s">
         <v>12</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="H490" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="B491" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C491" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D491" t="s">
         <v>11</v>
       </c>
       <c r="E491" t="s">
         <v>12</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="H491" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="B492" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C492" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D492" t="s">
         <v>11</v>
       </c>
       <c r="E492" t="s">
         <v>12</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="H492" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="B493" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C493" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="D493" t="s">
         <v>11</v>
       </c>
       <c r="E493" t="s">
         <v>12</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="H493" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="B494" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C494" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D494" t="s">
         <v>11</v>
       </c>
       <c r="E494" t="s">
         <v>12</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="H494" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="B495" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C495" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D495" t="s">
         <v>11</v>
       </c>
       <c r="E495" t="s">
         <v>12</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="H495" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="B496" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C496" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D496" t="s">
         <v>11</v>
       </c>
       <c r="E496" t="s">
         <v>12</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="H496" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="B497" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C497" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="D497" t="s">
         <v>11</v>
       </c>
       <c r="E497" t="s">
         <v>12</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="H497" t="s">
-        <v>729</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
       <c r="B498" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C498" t="s">
-        <v>158</v>
+        <v>150</v>
       </c>
       <c r="D498" t="s">
         <v>11</v>
       </c>
       <c r="E498" t="s">
         <v>12</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
       <c r="H498" t="s">
-        <v>1540</v>
+        <v>733</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="B499" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C499" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="D499" t="s">
         <v>11</v>
       </c>
       <c r="E499" t="s">
         <v>12</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="H499" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="B500" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C500" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="D500" t="s">
         <v>11</v>
       </c>
       <c r="E500" t="s">
         <v>12</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="H500" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="B501" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C501" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="D501" t="s">
         <v>11</v>
       </c>
       <c r="E501" t="s">
         <v>12</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="H501" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="B502" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C502" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="D502" t="s">
         <v>11</v>
       </c>
       <c r="E502" t="s">
         <v>12</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="H502" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="B503" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C503" t="s">
-        <v>605</v>
+        <v>174</v>
       </c>
       <c r="D503" t="s">
         <v>11</v>
       </c>
       <c r="E503" t="s">
         <v>12</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="H503" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="B504" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C504" t="s">
-        <v>178</v>
+        <v>609</v>
       </c>
       <c r="D504" t="s">
         <v>11</v>
       </c>
       <c r="E504" t="s">
         <v>12</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="H504" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="B505" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C505" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D505" t="s">
         <v>11</v>
       </c>
       <c r="E505" t="s">
         <v>12</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="H505" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="B506" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C506" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="D506" t="s">
         <v>11</v>
       </c>
       <c r="E506" t="s">
         <v>12</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="H506" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="B507" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C507" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="D507" t="s">
         <v>11</v>
       </c>
       <c r="E507" t="s">
         <v>12</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="H507" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="B508" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C508" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="D508" t="s">
         <v>11</v>
       </c>
       <c r="E508" t="s">
         <v>12</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="H508" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="B509" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C509" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="D509" t="s">
         <v>11</v>
       </c>
       <c r="E509" t="s">
         <v>12</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="H509" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="B510" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C510" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="D510" t="s">
         <v>11</v>
       </c>
       <c r="E510" t="s">
         <v>12</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="H510" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="B511" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C511" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D511" t="s">
         <v>11</v>
       </c>
       <c r="E511" t="s">
         <v>12</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="H511" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="B512" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C512" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D512" t="s">
         <v>11</v>
       </c>
       <c r="E512" t="s">
         <v>12</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="H512" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="B513" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C513" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D513" t="s">
         <v>11</v>
       </c>
       <c r="E513" t="s">
         <v>12</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="H513" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="B514" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C514" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="D514" t="s">
         <v>11</v>
       </c>
       <c r="E514" t="s">
         <v>12</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="H514" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="B515" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C515" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="D515" t="s">
         <v>11</v>
       </c>
       <c r="E515" t="s">
         <v>12</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="H515" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="B516" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C516" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D516" t="s">
         <v>11</v>
       </c>
       <c r="E516" t="s">
         <v>12</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="H516" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="B517" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C517" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="D517" t="s">
         <v>11</v>
       </c>
       <c r="E517" t="s">
         <v>12</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="H517" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="B518" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C518" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="D518" t="s">
         <v>11</v>
       </c>
       <c r="E518" t="s">
         <v>12</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="H518" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="B519" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C519" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="D519" t="s">
         <v>11</v>
       </c>
       <c r="E519" t="s">
         <v>12</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="H519" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="B520" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C520" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="D520" t="s">
         <v>11</v>
       </c>
       <c r="E520" t="s">
         <v>12</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="H520" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="B521" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C521" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="D521" t="s">
         <v>11</v>
       </c>
       <c r="E521" t="s">
         <v>12</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="H521" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="B522" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C522" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="D522" t="s">
         <v>11</v>
       </c>
       <c r="E522" t="s">
         <v>12</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="H522" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="B523" t="s">
-        <v>1614</v>
+        <v>1441</v>
       </c>
       <c r="C523" t="s">
-        <v>10</v>
+        <v>251</v>
       </c>
       <c r="D523" t="s">
         <v>11</v>
       </c>
       <c r="E523" t="s">
         <v>12</v>
       </c>
       <c r="G523" s="1" t="s">
         <v>1615</v>
       </c>
       <c r="H523" t="s">
         <v>1616</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
         <v>1617</v>
       </c>
       <c r="B524" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C524" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D524" t="s">
         <v>11</v>
       </c>
       <c r="E524" t="s">
         <v>12</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="H524" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="B525" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C525" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D525" t="s">
         <v>11</v>
       </c>
       <c r="E525" t="s">
         <v>12</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="H525" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="B526" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C526" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D526" t="s">
         <v>11</v>
       </c>
       <c r="E526" t="s">
         <v>12</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
       <c r="H526" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
       <c r="B527" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C527" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D527" t="s">
         <v>11</v>
       </c>
       <c r="E527" t="s">
         <v>12</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="H527" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="B528" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C528" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D528" t="s">
         <v>11</v>
       </c>
       <c r="E528" t="s">
         <v>12</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="H528" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="B529" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C529" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D529" t="s">
         <v>11</v>
       </c>
       <c r="E529" t="s">
         <v>12</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="H529" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
       <c r="B530" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C530" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D530" t="s">
         <v>11</v>
       </c>
       <c r="E530" t="s">
         <v>12</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="H530" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
       <c r="B531" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C531" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D531" t="s">
         <v>11</v>
       </c>
       <c r="E531" t="s">
         <v>12</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="H531" t="s">
-        <v>1637</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="B532" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C532" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D532" t="s">
         <v>11</v>
       </c>
       <c r="E532" t="s">
         <v>12</v>
       </c>
       <c r="G532" s="1" t="s">
+        <v>1643</v>
+      </c>
+      <c r="H532" t="s">
         <v>1641</v>
-      </c>
-[...1 lines deleted...]
-        <v>1642</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="B533" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C533" t="s">
-        <v>511</v>
+        <v>47</v>
       </c>
       <c r="D533" t="s">
         <v>11</v>
       </c>
       <c r="E533" t="s">
         <v>12</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="H533" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="B534" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C534" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="D534" t="s">
         <v>11</v>
       </c>
       <c r="E534" t="s">
         <v>12</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="H534" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="B535" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C535" t="s">
-        <v>51</v>
+        <v>523</v>
       </c>
       <c r="D535" t="s">
         <v>11</v>
       </c>
       <c r="E535" t="s">
         <v>12</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
       <c r="H535" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="B536" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C536" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D536" t="s">
         <v>11</v>
       </c>
       <c r="E536" t="s">
         <v>12</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="H536" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="B537" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C537" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D537" t="s">
         <v>11</v>
       </c>
       <c r="E537" t="s">
         <v>12</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
       <c r="H537" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="B538" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C538" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D538" t="s">
         <v>11</v>
       </c>
       <c r="E538" t="s">
         <v>12</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
       <c r="H538" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
       <c r="B539" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C539" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="D539" t="s">
         <v>11</v>
       </c>
       <c r="E539" t="s">
         <v>12</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
       <c r="H539" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="B540" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C540" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="D540" t="s">
         <v>11</v>
       </c>
       <c r="E540" t="s">
         <v>12</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="H540" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="B541" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C541" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D541" t="s">
         <v>11</v>
       </c>
       <c r="E541" t="s">
         <v>12</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="H541" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="B542" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C542" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="D542" t="s">
         <v>11</v>
       </c>
       <c r="E542" t="s">
         <v>12</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="H542" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="B543" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C543" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="D543" t="s">
         <v>11</v>
       </c>
       <c r="E543" t="s">
         <v>12</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
       <c r="H543" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="B544" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C544" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="D544" t="s">
         <v>11</v>
       </c>
       <c r="E544" t="s">
         <v>12</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="H544" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="B545" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C545" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="D545" t="s">
         <v>11</v>
       </c>
       <c r="E545" t="s">
         <v>12</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="H545" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="B546" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C546" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D546" t="s">
         <v>11</v>
       </c>
       <c r="E546" t="s">
         <v>12</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>850</v>
+        <v>1684</v>
       </c>
       <c r="H546" t="s">
-        <v>1683</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>1684</v>
+        <v>1686</v>
       </c>
       <c r="B547" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C547" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D547" t="s">
         <v>11</v>
       </c>
       <c r="E547" t="s">
         <v>12</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>1685</v>
+        <v>854</v>
       </c>
       <c r="H547" t="s">
-        <v>1675</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>1686</v>
+        <v>1688</v>
       </c>
       <c r="B548" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C548" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="D548" t="s">
         <v>11</v>
       </c>
       <c r="E548" t="s">
         <v>12</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>1687</v>
+        <v>1689</v>
       </c>
       <c r="H548" t="s">
-        <v>1675</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
       <c r="B549" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C549" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D549" t="s">
         <v>11</v>
       </c>
       <c r="E549" t="s">
         <v>12</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>1689</v>
+        <v>1691</v>
       </c>
       <c r="H549" t="s">
-        <v>1675</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="B550" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C550" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D550" t="s">
         <v>11</v>
       </c>
       <c r="E550" t="s">
         <v>12</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>1691</v>
+        <v>1693</v>
       </c>
       <c r="H550" t="s">
-        <v>1692</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="B551" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C551" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D551" t="s">
         <v>11</v>
       </c>
       <c r="E551" t="s">
         <v>12</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="H551" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="B552" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C552" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="D552" t="s">
         <v>11</v>
       </c>
       <c r="E552" t="s">
         <v>12</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="H552" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="B553" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C553" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D553" t="s">
         <v>11</v>
       </c>
       <c r="E553" t="s">
         <v>12</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="H553" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="B554" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C554" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D554" t="s">
         <v>11</v>
       </c>
       <c r="E554" t="s">
         <v>12</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="H554" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
       <c r="B555" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C555" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D555" t="s">
         <v>11</v>
       </c>
       <c r="E555" t="s">
         <v>12</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
       <c r="H555" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
       <c r="B556" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C556" t="s">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="D556" t="s">
         <v>11</v>
       </c>
       <c r="E556" t="s">
         <v>12</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="H556" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
       <c r="B557" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C557" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="D557" t="s">
         <v>11</v>
       </c>
       <c r="E557" t="s">
         <v>12</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
       <c r="H557" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="B558" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C558" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D558" t="s">
         <v>11</v>
       </c>
       <c r="E558" t="s">
         <v>12</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="H558" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="B559" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C559" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D559" t="s">
         <v>11</v>
       </c>
       <c r="E559" t="s">
         <v>12</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="H559" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="B560" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C560" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="D560" t="s">
         <v>11</v>
       </c>
       <c r="E560" t="s">
         <v>12</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
       <c r="H560" t="s">
-        <v>1675</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>1722</v>
+        <v>1724</v>
       </c>
       <c r="B561" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C561" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="D561" t="s">
         <v>11</v>
       </c>
       <c r="E561" t="s">
         <v>12</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>1723</v>
+        <v>1725</v>
       </c>
       <c r="H561" t="s">
-        <v>1724</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
       <c r="B562" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C562" t="s">
-        <v>605</v>
+        <v>174</v>
       </c>
       <c r="D562" t="s">
         <v>11</v>
       </c>
       <c r="E562" t="s">
         <v>12</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>1726</v>
+        <v>1727</v>
       </c>
       <c r="H562" t="s">
-        <v>1727</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>1728</v>
+        <v>1729</v>
       </c>
       <c r="B563" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C563" t="s">
-        <v>190</v>
+        <v>609</v>
       </c>
       <c r="D563" t="s">
         <v>11</v>
       </c>
       <c r="E563" t="s">
         <v>12</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="H563" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
       <c r="B564" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C564" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="D564" t="s">
         <v>11</v>
       </c>
       <c r="E564" t="s">
         <v>12</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
       <c r="H564" t="s">
-        <v>1733</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>1734</v>
+        <v>1735</v>
       </c>
       <c r="B565" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C565" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="D565" t="s">
         <v>11</v>
       </c>
       <c r="E565" t="s">
         <v>12</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
       <c r="H565" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
       <c r="B566" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C566" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="D566" t="s">
         <v>11</v>
       </c>
       <c r="E566" t="s">
         <v>12</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
       <c r="H566" t="s">
-        <v>1645</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="B567" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C567" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D567" t="s">
         <v>11</v>
       </c>
       <c r="E567" t="s">
         <v>12</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>1740</v>
+        <v>1742</v>
       </c>
       <c r="H567" t="s">
-        <v>1741</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
       <c r="B568" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C568" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="D568" t="s">
         <v>11</v>
       </c>
       <c r="E568" t="s">
         <v>12</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="H568" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="B569" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C569" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="D569" t="s">
         <v>11</v>
       </c>
       <c r="E569" t="s">
         <v>12</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
       <c r="H569" t="s">
-        <v>1730</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="B570" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C570" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="D570" t="s">
         <v>11</v>
       </c>
       <c r="E570" t="s">
         <v>12</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="H570" t="s">
-        <v>1749</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
       <c r="B571" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C571" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D571" t="s">
         <v>11</v>
       </c>
       <c r="E571" t="s">
         <v>12</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
       <c r="H571" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
       <c r="B572" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C572" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="D572" t="s">
         <v>11</v>
       </c>
       <c r="E572" t="s">
         <v>12</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="H572" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
       <c r="B573" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C573" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="D573" t="s">
         <v>11</v>
       </c>
       <c r="E573" t="s">
         <v>12</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="H573" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="B574" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C574" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="D574" t="s">
         <v>11</v>
       </c>
       <c r="E574" t="s">
         <v>12</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="H574" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="B575" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C575" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="D575" t="s">
         <v>11</v>
       </c>
       <c r="E575" t="s">
         <v>12</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="H575" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="B576" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C576" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="D576" t="s">
         <v>11</v>
       </c>
       <c r="E576" t="s">
         <v>12</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="H576" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="B577" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C577" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D577" t="s">
         <v>11</v>
       </c>
       <c r="E577" t="s">
         <v>12</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="H577" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
       <c r="B578" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C578" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="D578" t="s">
         <v>11</v>
       </c>
       <c r="E578" t="s">
         <v>12</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="H578" t="s">
-        <v>1773</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
       <c r="B579" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C579" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="D579" t="s">
         <v>11</v>
       </c>
       <c r="E579" t="s">
         <v>12</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
       <c r="H579" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
       <c r="B580" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C580" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D580" t="s">
         <v>11</v>
       </c>
       <c r="E580" t="s">
         <v>12</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
       <c r="H580" t="s">
-        <v>729</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="B581" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C581" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="D581" t="s">
         <v>11</v>
       </c>
       <c r="E581" t="s">
         <v>12</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
       <c r="H581" t="s">
-        <v>1761</v>
+        <v>733</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
-        <v>1781</v>
+        <v>1783</v>
       </c>
       <c r="B582" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C582" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="D582" t="s">
         <v>11</v>
       </c>
       <c r="E582" t="s">
         <v>12</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>1782</v>
+        <v>1784</v>
       </c>
       <c r="H582" t="s">
-        <v>1645</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
-        <v>1783</v>
+        <v>1785</v>
       </c>
       <c r="B583" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C583" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D583" t="s">
         <v>11</v>
       </c>
       <c r="E583" t="s">
         <v>12</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>1784</v>
+        <v>1786</v>
       </c>
       <c r="H583" t="s">
-        <v>1785</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
-        <v>1786</v>
+        <v>1787</v>
       </c>
       <c r="B584" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C584" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="D584" t="s">
         <v>11</v>
       </c>
       <c r="E584" t="s">
         <v>12</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>1787</v>
+        <v>1788</v>
       </c>
       <c r="H584" t="s">
-        <v>1788</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
-        <v>1789</v>
+        <v>1790</v>
       </c>
       <c r="B585" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C585" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="D585" t="s">
         <v>11</v>
       </c>
       <c r="E585" t="s">
         <v>12</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="H585" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="B586" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C586" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="D586" t="s">
         <v>11</v>
       </c>
       <c r="E586" t="s">
         <v>12</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>1793</v>
+        <v>1794</v>
       </c>
       <c r="H586" t="s">
-        <v>1794</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
-        <v>1795</v>
+        <v>1796</v>
       </c>
       <c r="B587" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C587" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="D587" t="s">
         <v>11</v>
       </c>
       <c r="E587" t="s">
         <v>12</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>1796</v>
+        <v>1797</v>
       </c>
       <c r="H587" t="s">
-        <v>1797</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
-        <v>1798</v>
+        <v>1799</v>
       </c>
       <c r="B588" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C588" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="D588" t="s">
         <v>11</v>
       </c>
       <c r="E588" t="s">
         <v>12</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
       <c r="H588" t="s">
-        <v>1800</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
-        <v>1801</v>
+        <v>1802</v>
       </c>
       <c r="B589" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C589" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="D589" t="s">
         <v>11</v>
       </c>
       <c r="E589" t="s">
         <v>12</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
       <c r="H589" t="s">
-        <v>1803</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="B590" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C590" t="s">
-        <v>1048</v>
+        <v>298</v>
       </c>
       <c r="D590" t="s">
         <v>11</v>
       </c>
       <c r="E590" t="s">
         <v>12</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>1805</v>
+        <v>1806</v>
       </c>
       <c r="H590" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="B591" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C591" t="s">
-        <v>302</v>
+        <v>1052</v>
       </c>
       <c r="D591" t="s">
         <v>11</v>
       </c>
       <c r="E591" t="s">
         <v>12</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="H591" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
       <c r="B592" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C592" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="D592" t="s">
         <v>11</v>
       </c>
       <c r="E592" t="s">
         <v>12</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>1811</v>
+        <v>1812</v>
       </c>
       <c r="H592" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="B593" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C593" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="D593" t="s">
         <v>11</v>
       </c>
       <c r="E593" t="s">
         <v>12</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
       <c r="H593" t="s">
-        <v>1730</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
-        <v>1815</v>
+        <v>1817</v>
       </c>
       <c r="B594" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C594" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="D594" t="s">
         <v>11</v>
       </c>
       <c r="E594" t="s">
         <v>12</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>1816</v>
+        <v>1818</v>
       </c>
       <c r="H594" t="s">
-        <v>1817</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
       <c r="B595" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C595" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="D595" t="s">
         <v>11</v>
       </c>
       <c r="E595" t="s">
         <v>12</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="H595" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="B596" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C596" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="D596" t="s">
         <v>11</v>
       </c>
       <c r="E596" t="s">
         <v>12</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
       <c r="H596" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
-        <v>515</v>
+        <v>1825</v>
       </c>
       <c r="B597" t="s">
-        <v>1824</v>
+        <v>1618</v>
       </c>
       <c r="C597" t="s">
-        <v>10</v>
+        <v>321</v>
       </c>
       <c r="D597" t="s">
         <v>11</v>
       </c>
       <c r="E597" t="s">
         <v>12</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
       <c r="H597" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
         <v>519</v>
       </c>
       <c r="B598" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C598" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D598" t="s">
         <v>11</v>
       </c>
       <c r="E598" t="s">
         <v>12</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>1827</v>
+        <v>1829</v>
       </c>
       <c r="H598" t="s">
-        <v>1828</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
-        <v>51</v>
+        <v>523</v>
       </c>
       <c r="B599" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C599" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D599" t="s">
         <v>11</v>
       </c>
       <c r="E599" t="s">
         <v>12</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="H599" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="B600" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C600" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D600" t="s">
         <v>11</v>
       </c>
       <c r="E600" t="s">
         <v>12</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>1831</v>
+        <v>1833</v>
       </c>
       <c r="H600" t="s">
-        <v>1832</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="B601" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C601" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D601" t="s">
         <v>11</v>
       </c>
       <c r="E601" t="s">
         <v>12</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>1833</v>
+        <v>1835</v>
       </c>
       <c r="H601" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="B602" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C602" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D602" t="s">
         <v>11</v>
       </c>
       <c r="E602" t="s">
         <v>12</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
       <c r="H602" t="s">
-        <v>1836</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="B603" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C603" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D603" t="s">
         <v>11</v>
       </c>
       <c r="E603" t="s">
         <v>12</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
       <c r="H603" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="B604" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C604" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D604" t="s">
         <v>11</v>
       </c>
       <c r="E604" t="s">
         <v>12</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>1839</v>
+        <v>1841</v>
       </c>
       <c r="H604" t="s">
-        <v>1840</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="B605" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C605" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D605" t="s">
         <v>11</v>
       </c>
       <c r="E605" t="s">
         <v>12</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>1841</v>
+        <v>1843</v>
       </c>
       <c r="H605" t="s">
-        <v>1842</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="B606" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C606" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D606" t="s">
         <v>11</v>
       </c>
       <c r="E606" t="s">
         <v>12</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>1843</v>
+        <v>1845</v>
       </c>
       <c r="H606" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="B607" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C607" t="s">
-        <v>511</v>
+        <v>47</v>
       </c>
       <c r="D607" t="s">
         <v>11</v>
       </c>
       <c r="E607" t="s">
         <v>12</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
       <c r="H607" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="B608" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C608" t="s">
         <v>515</v>
       </c>
       <c r="D608" t="s">
         <v>11</v>
       </c>
       <c r="E608" t="s">
         <v>12</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="H608" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="B609" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C609" t="s">
         <v>519</v>
       </c>
       <c r="D609" t="s">
         <v>11</v>
       </c>
       <c r="E609" t="s">
         <v>12</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="H609" t="s">
-        <v>1850</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="B610" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C610" t="s">
-        <v>51</v>
+        <v>523</v>
       </c>
       <c r="D610" t="s">
         <v>11</v>
       </c>
       <c r="E610" t="s">
         <v>12</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="H610" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B611" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C611" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D611" t="s">
         <v>11</v>
       </c>
       <c r="E611" t="s">
         <v>12</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="H611" t="s">
-        <v>1854</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="B612" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C612" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D612" t="s">
         <v>11</v>
       </c>
       <c r="E612" t="s">
         <v>12</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>1855</v>
+        <v>1857</v>
       </c>
       <c r="H612" t="s">
-        <v>1856</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="B613" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C613" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D613" t="s">
         <v>11</v>
       </c>
       <c r="E613" t="s">
         <v>12</v>
       </c>
       <c r="G613" s="1" t="s">
-        <v>1857</v>
+        <v>1859</v>
       </c>
       <c r="H613" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="B614" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C614" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="D614" t="s">
         <v>11</v>
       </c>
       <c r="E614" t="s">
         <v>12</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>1859</v>
+        <v>1861</v>
       </c>
       <c r="H614" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="B615" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C615" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="D615" t="s">
         <v>11</v>
       </c>
       <c r="E615" t="s">
         <v>12</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
       <c r="H615" t="s">
-        <v>1862</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="B616" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C616" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D616" t="s">
         <v>11</v>
       </c>
       <c r="E616" t="s">
         <v>12</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>1863</v>
+        <v>1865</v>
       </c>
       <c r="H616" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="B617" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C617" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D617" t="s">
         <v>11</v>
       </c>
       <c r="E617" t="s">
         <v>12</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
       <c r="H617" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="B618" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C618" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="D618" t="s">
         <v>11</v>
       </c>
       <c r="E618" t="s">
         <v>12</v>
       </c>
       <c r="G618" s="1" t="s">
-        <v>1867</v>
+        <v>1869</v>
       </c>
       <c r="H618" t="s">
-        <v>1868</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="B619" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C619" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="D619" t="s">
         <v>11</v>
       </c>
       <c r="E619" t="s">
         <v>12</v>
       </c>
       <c r="G619" s="1" t="s">
-        <v>1869</v>
+        <v>1871</v>
       </c>
       <c r="H619" t="s">
-        <v>1870</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="B620" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C620" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="D620" t="s">
         <v>11</v>
       </c>
       <c r="E620" t="s">
         <v>12</v>
       </c>
       <c r="G620" s="1" t="s">
-        <v>1871</v>
+        <v>1873</v>
       </c>
       <c r="H620" t="s">
-        <v>1872</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="B621" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C621" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D621" t="s">
         <v>11</v>
       </c>
       <c r="E621" t="s">
         <v>12</v>
       </c>
       <c r="G621" s="1" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="H621" t="s">
-        <v>1874</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="B622" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C622" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="D622" t="s">
         <v>11</v>
       </c>
       <c r="E622" t="s">
         <v>12</v>
       </c>
       <c r="G622" s="1" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="H622" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="B623" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C623" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D623" t="s">
         <v>11</v>
       </c>
       <c r="E623" t="s">
         <v>12</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>1877</v>
+        <v>1879</v>
       </c>
       <c r="H623" t="s">
-        <v>1878</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B624" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C624" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="D624" t="s">
         <v>11</v>
       </c>
       <c r="E624" t="s">
         <v>12</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>1879</v>
+        <v>1881</v>
       </c>
       <c r="H624" t="s">
-        <v>1880</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="B625" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C625" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="D625" t="s">
         <v>11</v>
       </c>
       <c r="E625" t="s">
         <v>12</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>1881</v>
+        <v>1883</v>
       </c>
       <c r="H625" t="s">
-        <v>1882</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
-        <v>248</v>
+        <v>154</v>
       </c>
       <c r="B626" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C626" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D626" t="s">
         <v>11</v>
       </c>
       <c r="E626" t="s">
         <v>12</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>1883</v>
+        <v>1885</v>
       </c>
       <c r="H626" t="s">
-        <v>1884</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
-        <v>158</v>
+        <v>248</v>
       </c>
       <c r="B627" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C627" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D627" t="s">
         <v>11</v>
       </c>
       <c r="E627" t="s">
         <v>12</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>1885</v>
+        <v>1887</v>
       </c>
       <c r="H627" t="s">
-        <v>1886</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
-        <v>251</v>
+        <v>158</v>
       </c>
       <c r="B628" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C628" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D628" t="s">
         <v>11</v>
       </c>
       <c r="E628" t="s">
         <v>12</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>1887</v>
+        <v>1889</v>
       </c>
       <c r="H628" t="s">
-        <v>1888</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
-        <v>448</v>
+        <v>251</v>
       </c>
       <c r="B629" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C629" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="D629" t="s">
         <v>11</v>
       </c>
       <c r="E629" t="s">
         <v>12</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>1889</v>
+        <v>1891</v>
       </c>
       <c r="H629" t="s">
-        <v>1890</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
-        <v>310</v>
+        <v>448</v>
       </c>
       <c r="B630" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C630" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
       <c r="D630" t="s">
         <v>11</v>
       </c>
       <c r="E630" t="s">
         <v>12</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>850</v>
+        <v>1893</v>
       </c>
       <c r="H630" t="s">
-        <v>1891</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
-        <v>344</v>
+        <v>310</v>
       </c>
       <c r="B631" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C631" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D631" t="s">
         <v>11</v>
       </c>
       <c r="E631" t="s">
         <v>12</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>1892</v>
+        <v>854</v>
       </c>
       <c r="H631" t="s">
-        <v>1893</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="B632" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C632" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="D632" t="s">
         <v>11</v>
       </c>
       <c r="E632" t="s">
         <v>12</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>1894</v>
+        <v>1896</v>
       </c>
       <c r="H632" t="s">
-        <v>1895</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
-        <v>367</v>
+        <v>348</v>
       </c>
       <c r="B633" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C633" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="D633" t="s">
         <v>11</v>
       </c>
       <c r="E633" t="s">
         <v>12</v>
       </c>
       <c r="G633" s="1" t="s">
-        <v>1896</v>
+        <v>1898</v>
       </c>
       <c r="H633" t="s">
-        <v>1897</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
-        <v>352</v>
+        <v>367</v>
       </c>
       <c r="B634" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C634" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D634" t="s">
         <v>11</v>
       </c>
       <c r="E634" t="s">
         <v>12</v>
       </c>
       <c r="G634" s="1" t="s">
-        <v>1898</v>
+        <v>1900</v>
       </c>
       <c r="H634" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="B635" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C635" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D635" t="s">
         <v>11</v>
       </c>
       <c r="E635" t="s">
         <v>12</v>
       </c>
       <c r="G635" s="1" t="s">
-        <v>1900</v>
+        <v>1902</v>
       </c>
       <c r="H635" t="s">
-        <v>1901</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
-        <v>464</v>
+        <v>359</v>
       </c>
       <c r="B636" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C636" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="D636" t="s">
         <v>11</v>
       </c>
       <c r="E636" t="s">
         <v>12</v>
       </c>
       <c r="G636" s="1" t="s">
-        <v>1902</v>
+        <v>1904</v>
       </c>
       <c r="H636" t="s">
-        <v>1903</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
-        <v>371</v>
+        <v>464</v>
       </c>
       <c r="B637" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C637" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="D637" t="s">
         <v>11</v>
       </c>
       <c r="E637" t="s">
         <v>12</v>
       </c>
       <c r="G637" s="1" t="s">
-        <v>1904</v>
+        <v>1906</v>
       </c>
       <c r="H637" t="s">
-        <v>1905</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="B638" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C638" t="s">
-        <v>605</v>
+        <v>174</v>
       </c>
       <c r="D638" t="s">
         <v>11</v>
       </c>
       <c r="E638" t="s">
         <v>12</v>
       </c>
       <c r="G638" s="1" t="s">
-        <v>1906</v>
+        <v>1908</v>
       </c>
       <c r="H638" t="s">
-        <v>1907</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="B639" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C639" t="s">
-        <v>182</v>
+        <v>609</v>
       </c>
       <c r="D639" t="s">
         <v>11</v>
       </c>
       <c r="E639" t="s">
         <v>12</v>
       </c>
       <c r="G639" s="1" t="s">
-        <v>1908</v>
+        <v>1910</v>
       </c>
       <c r="H639" t="s">
-        <v>1909</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
-        <v>375</v>
+        <v>387</v>
       </c>
       <c r="B640" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C640" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="D640" t="s">
         <v>11</v>
       </c>
       <c r="E640" t="s">
         <v>12</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>1910</v>
+        <v>1912</v>
       </c>
       <c r="H640" t="s">
-        <v>1911</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
-        <v>1912</v>
+        <v>375</v>
       </c>
       <c r="B641" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C641" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="D641" t="s">
         <v>11</v>
       </c>
       <c r="E641" t="s">
         <v>12</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>1913</v>
+        <v>1914</v>
       </c>
       <c r="H641" t="s">
-        <v>1914</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
-        <v>1915</v>
+        <v>1916</v>
       </c>
       <c r="B642" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C642" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="D642" t="s">
         <v>11</v>
       </c>
       <c r="E642" t="s">
         <v>12</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>1916</v>
+        <v>1917</v>
       </c>
       <c r="H642" t="s">
-        <v>1917</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
-        <v>1918</v>
+        <v>1919</v>
       </c>
       <c r="B643" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C643" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="D643" t="s">
         <v>11</v>
       </c>
       <c r="E643" t="s">
         <v>12</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>1919</v>
+        <v>1920</v>
       </c>
       <c r="H643" t="s">
-        <v>1920</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
-        <v>1921</v>
+        <v>1922</v>
       </c>
       <c r="B644" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C644" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="D644" t="s">
         <v>11</v>
       </c>
       <c r="E644" t="s">
         <v>12</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
       <c r="H644" t="s">
-        <v>1923</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
-        <v>1924</v>
+        <v>1925</v>
       </c>
       <c r="B645" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C645" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D645" t="s">
         <v>11</v>
       </c>
       <c r="E645" t="s">
         <v>12</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>1925</v>
+        <v>1926</v>
       </c>
       <c r="H645" t="s">
-        <v>1926</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
-        <v>1927</v>
+        <v>1928</v>
       </c>
       <c r="B646" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C646" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D646" t="s">
         <v>11</v>
       </c>
       <c r="E646" t="s">
         <v>12</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>1928</v>
+        <v>1929</v>
       </c>
       <c r="H646" t="s">
-        <v>1929</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
-        <v>1930</v>
+        <v>1931</v>
       </c>
       <c r="B647" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C647" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
       <c r="D647" t="s">
         <v>11</v>
       </c>
       <c r="E647" t="s">
         <v>12</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>1931</v>
+        <v>1932</v>
       </c>
       <c r="H647" t="s">
-        <v>1932</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
-        <v>1933</v>
+        <v>1934</v>
       </c>
       <c r="B648" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C648" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="D648" t="s">
         <v>11</v>
       </c>
       <c r="E648" t="s">
         <v>12</v>
       </c>
       <c r="G648" s="1" t="s">
-        <v>1934</v>
+        <v>1935</v>
       </c>
       <c r="H648" t="s">
-        <v>1935</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
-        <v>1936</v>
+        <v>1937</v>
       </c>
       <c r="B649" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C649" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D649" t="s">
         <v>11</v>
       </c>
       <c r="E649" t="s">
         <v>12</v>
       </c>
       <c r="G649" s="1" t="s">
-        <v>1937</v>
+        <v>1938</v>
       </c>
       <c r="H649" t="s">
-        <v>1938</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
-        <v>1939</v>
+        <v>1940</v>
       </c>
       <c r="B650" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C650" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="D650" t="s">
         <v>11</v>
       </c>
       <c r="E650" t="s">
         <v>12</v>
       </c>
       <c r="G650" s="1" t="s">
-        <v>1940</v>
+        <v>1941</v>
       </c>
       <c r="H650" t="s">
-        <v>1941</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
-        <v>1942</v>
+        <v>1943</v>
       </c>
       <c r="B651" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C651" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="D651" t="s">
         <v>11</v>
       </c>
       <c r="E651" t="s">
         <v>12</v>
       </c>
       <c r="G651" s="1" t="s">
-        <v>1943</v>
+        <v>1944</v>
       </c>
       <c r="H651" t="s">
-        <v>1944</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
       <c r="B652" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C652" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="D652" t="s">
         <v>11</v>
       </c>
       <c r="E652" t="s">
         <v>12</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>1946</v>
+        <v>1947</v>
       </c>
       <c r="H652" t="s">
-        <v>1947</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
-        <v>1948</v>
+        <v>1949</v>
       </c>
       <c r="B653" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C653" t="s">
+        <v>237</v>
+      </c>
+      <c r="D653" t="s">
+        <v>11</v>
+      </c>
+      <c r="E653" t="s">
+        <v>12</v>
+      </c>
+      <c r="G653" s="1" t="s">
+        <v>1950</v>
+      </c>
+      <c r="H653" t="s">
+        <v>1951</v>
+      </c>
+    </row>
+    <row r="654" spans="1:8">
+      <c r="A654" t="s">
+        <v>1952</v>
+      </c>
+      <c r="B654" t="s">
+        <v>1828</v>
+      </c>
+      <c r="C654" t="s">
         <v>245</v>
       </c>
-      <c r="D653" t="s">
-[...9 lines deleted...]
-        <v>1950</v>
+      <c r="D654" t="s">
+        <v>11</v>
+      </c>
+      <c r="E654" t="s">
+        <v>12</v>
+      </c>
+      <c r="G654" s="1" t="s">
+        <v>1953</v>
+      </c>
+      <c r="H654" t="s">
+        <v>1954</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -21907,50 +21942,51 @@
     <hyperlink ref="G629" r:id="rId628"/>
     <hyperlink ref="G630" r:id="rId629"/>
     <hyperlink ref="G631" r:id="rId630"/>
     <hyperlink ref="G632" r:id="rId631"/>
     <hyperlink ref="G633" r:id="rId632"/>
     <hyperlink ref="G634" r:id="rId633"/>
     <hyperlink ref="G635" r:id="rId634"/>
     <hyperlink ref="G636" r:id="rId635"/>
     <hyperlink ref="G637" r:id="rId636"/>
     <hyperlink ref="G638" r:id="rId637"/>
     <hyperlink ref="G639" r:id="rId638"/>
     <hyperlink ref="G640" r:id="rId639"/>
     <hyperlink ref="G641" r:id="rId640"/>
     <hyperlink ref="G642" r:id="rId641"/>
     <hyperlink ref="G643" r:id="rId642"/>
     <hyperlink ref="G644" r:id="rId643"/>
     <hyperlink ref="G645" r:id="rId644"/>
     <hyperlink ref="G646" r:id="rId645"/>
     <hyperlink ref="G647" r:id="rId646"/>
     <hyperlink ref="G648" r:id="rId647"/>
     <hyperlink ref="G649" r:id="rId648"/>
     <hyperlink ref="G650" r:id="rId649"/>
     <hyperlink ref="G651" r:id="rId650"/>
     <hyperlink ref="G652" r:id="rId651"/>
     <hyperlink ref="G653" r:id="rId652"/>
+    <hyperlink ref="G654" r:id="rId653"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>