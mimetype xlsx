--- v1 (2026-02-02)
+++ v2 (2026-03-21)
@@ -51,5872 +51,5872 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3715</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3715/projeto_de_lei_n_001.2025_do_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3715/projeto_de_lei_n_001.2025_do_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal contratar profissional por prazo determinado, nos termos do inciso IX, do artigo 37 da Constituição Federal.</t>
   </si>
   <si>
     <t>3716</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3716/projeto_de_lei_no_02-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3716/projeto_de_lei_no_02-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do serviço de plantão e do regime de sobreaviso para o transporte sanitário de pacientes em ambulância no âmbito do município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>3717</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3717/projeto_de_lei_n_003.2025_do_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3717/projeto_de_lei_n_003.2025_do_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Altera a delimitação da planta que integra a Lei Municipal n° 244, de 29 de dezembro de 2006, que instituiu o plano diretor de desenvolvimento urbano - PDDU de São Francisco de Assis, no que diz respeito à zona comercial 2.</t>
   </si>
   <si>
     <t>3719</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3719/projeto_de_lei_no04-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3719/projeto_de_lei_no04-2025.pdf</t>
   </si>
   <si>
     <t>3723</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3723/projeto_de_lei_no05-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3723/projeto_de_lei_no05-2025.pdf</t>
   </si>
   <si>
     <t>Cria gratificação pelo exercício de função de Gestor de Segurança da Informação.</t>
   </si>
   <si>
     <t>3721</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3721/projeto_de_lei_n_16.2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3721/projeto_de_lei_n_16.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operações de crédito com o Badesul Desenvolvimento S.A - Agência de Fomento/RS para aquisição de máquinas e equipamentos rodoviários: um caminhão pipa - IVECO - 24.280</t>
   </si>
   <si>
     <t>3722</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3722/projeto_de_lei_no07-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3722/projeto_de_lei_no07-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as tabelas de vencimentos e salários do pessoal efetivo, dos cargos em comissão e funções gratificadas, do pessoal de obras e magistério do município de São Francisco de Assis, com uma revisão geral anual.</t>
   </si>
   <si>
     <t>3724</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3724/projeto_de_lei_no_08.2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3724/projeto_de_lei_no_08.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal  contratar profissional para atender na área da educação.</t>
   </si>
   <si>
     <t>3725</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3725/projeto_de_lei_no_09.2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3725/projeto_de_lei_no_09.2025.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº 1381/2021-Plano Plurianual 2022 - 2025, Lei nº 1687/2024 - Lei de Diretrizes Orçamentária de 2025 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>3735</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3735/projeto_de_lei_no10-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3735/projeto_de_lei_no10-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomenclatura de Secretaria Municipal, alterando dispositivo das Leis nº495/2009, 1439/2022 e 1440/2022 e dá outras providências.</t>
   </si>
   <si>
     <t>3736</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3736/projeto_de_lei_no14-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3736/projeto_de_lei_no14-2025.pdf</t>
   </si>
   <si>
     <t>Regulamenta no Município de São Francisco de Assis, o Projeto Jovem para o futuro e dá outras providências.</t>
   </si>
   <si>
     <t>3740</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3740/projeto_de_lei_no_15-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3740/projeto_de_lei_no_15-2025.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº 1381/2021 - Plano Plurianual 2022 - 2025, Lei nº 1687/2024 Lei de Diretrizes Orçamentária de 2025 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>3741</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3741/projeto_de_lei_no16-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3741/projeto_de_lei_no16-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal contratar profissionais para atender na área da educação.</t>
   </si>
   <si>
     <t>3758</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3758/projeto_de_lei_n_17-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3758/projeto_de_lei_n_17-2025.pdf</t>
   </si>
   <si>
     <t>Institui dia de luto municipal em homenagem póstuma às vítimas do confronto de São Francisco de Assis, ocorrido em 02 de outubro de 1923 e estimula a Secretaria Municipal da Educação e Cultura ao estudo e a produção de conteúdo sobre o referido tema.</t>
   </si>
   <si>
     <t>4011</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4011/projeto_de_lei_no18-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4011/projeto_de_lei_no18-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reformulação do quadro de cargos em comissão e funções gratificadas, cria cargo em comissão/função gratificada, altera a remuneração e dá outras providências.</t>
   </si>
   <si>
     <t>3760</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3760/projeto_de_lei_substitutivo_n19-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3760/projeto_de_lei_substitutivo_n19-2025.pdf</t>
   </si>
   <si>
     <t>Cria gratificação pelo exercício de função de chefe de turma do interior.</t>
   </si>
   <si>
     <t>3761</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3761/projeto_de_lei_n20-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3761/projeto_de_lei_n20-2025.pdf</t>
   </si>
   <si>
     <t>Cria gratificação pelo exercício de função de chefe da oficina e da borracharia municipal.</t>
   </si>
   <si>
     <t>3762</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3762/projeto_de_lei_substitutivo_n21-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3762/projeto_de_lei_substitutivo_n21-2025.pdf</t>
   </si>
   <si>
     <t>Cria gratificação pelo exercício de função de chefe de pedreiros.</t>
   </si>
   <si>
     <t>3763</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3763/projeto_de_lei_substitutivo_n22-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3763/projeto_de_lei_substitutivo_n22-2024.pdf</t>
   </si>
   <si>
     <t>Cria gratificação ao servidor responsável pelo setor de recursos humanos da Secretaria Municipal da Saúde e pelo gerenciamento  dos contratos e convênios da referida secretaria.</t>
   </si>
   <si>
     <t>3759</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3759/projeto_de_lei_n_23-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3759/projeto_de_lei_n_23-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento aos servidores de ajuda de custo e dá outras providências.</t>
   </si>
   <si>
     <t>3745</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3745/projeto_de_lei_no24-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3745/projeto_de_lei_no24-2025.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial no valor de R$ 200.000,00 (duzentos mil reais), para custear despesas não previstas no orçamento.</t>
   </si>
   <si>
     <t>3746</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3746/projeto_de_lei_no25-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3746/projeto_de_lei_no25-2025.pdf</t>
   </si>
   <si>
     <t>Abre um Credito Especial no valor de R$130.000,00(cento e trinta mil reais), para custear despesas não previstas no orçamento.</t>
   </si>
   <si>
     <t>3750</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3750/projeto_de_lei_no26-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3750/projeto_de_lei_no26-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº1687/2024 Lei de Diretrizes Orçamentária de 2025 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>3778</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3778/projeto_de_lei_n_27-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3778/projeto_de_lei_n_27-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênio com o hospital Santo Antonio para implantação e gerenciamento do serviço de plantão de sobreaviso médico.</t>
   </si>
   <si>
     <t>3801</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3801/projeto_de_lei_no28-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3801/projeto_de_lei_no28-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de São Francisco de Assis instituir o Programa "São Chico nota 10" e dá outras providências.</t>
   </si>
   <si>
     <t>3802</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3802/projeto_de_lei_no29-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3802/projeto_de_lei_no29-2025.pdf</t>
   </si>
   <si>
     <t>3803</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3803/projeto_de_lei_no30-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3803/projeto_de_lei_no30-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal contratar profissionais para atender na área da saúde.</t>
   </si>
   <si>
     <t>3804</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3804/projeto_de_lei_n31-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3804/projeto_de_lei_n31-2025.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº1381/2021 - Plano Plurianual 2022 - 2025, Lei nº1687/2024 Lei de Diretrizes Orçamentária de 2025 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>3824</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3824/projeto_de_lei_no32-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3824/projeto_de_lei_no32-2025.pdf</t>
   </si>
   <si>
     <t>Altera as Leis N°1381/2021 - PLANO PLURIANUAL 2022 - 2025, Lei N°1687/2024 Lei de Diretrizes Orçamentarias de 2025 do Município de São Francisco de Assis e abre Credito Especial.</t>
   </si>
   <si>
     <t>3836</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3836/projeto_de_lei_no_33-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3836/projeto_de_lei_no_33-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso de imóvel rural da sede da Associação de Moradores do Potreiro do Toroquá - AMPT, e dá outras providências.</t>
   </si>
   <si>
     <t>3859</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3859/projeto_de_lei_no34-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3859/projeto_de_lei_no34-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder ajuda de custo ao Atleta Adriano Alexandre Velozo, nos termos do Programa de Apoio e Incentivo ao Esporte instituído pela Lei Municipal nº1540/20023.</t>
   </si>
   <si>
     <t>3860</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3860/projeto_de_lei_no35-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3860/projeto_de_lei_no35-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder ajuda de custo ao Atleta Rodrigo Paz Severo, nos termos do Programa de Apoio e Incentivo ao Esporte instituído pela Lei Municipal nº1540/2023</t>
   </si>
   <si>
     <t>3861</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3861/projeto_de_lei_no36-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3861/projeto_de_lei_no36-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder ajuda de custo ao Atleta Milton Rui dos Santos Biscaíno, nos termos do Programa de Apoio e Incentivo ao Esporte instituído pela Lei Municipal nº1540/2023.</t>
   </si>
   <si>
     <t>3862</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3862/projeto_de_lei_no37-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3862/projeto_de_lei_no37-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder ajuda de custo ao Atleta Luana Merck Cortese, nos termos do Programa de Apoio e Incentivo ao Esporte instituído pela Lei Municipal nº1540/20023.</t>
   </si>
   <si>
     <t>3858</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3858/projeto_de_lei_n38-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3858/projeto_de_lei_n38-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder ajuda de custo ao Atleta Carlos Daniel dal Rosso Aires, nos termos do Programa de Apoio e Incentivo ao Esporte instituído pela Lei Municipal n°1.540/2023.</t>
   </si>
   <si>
     <t>3857</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3857/projeto_de_lei_n39-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3857/projeto_de_lei_n39-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder ajuda de custo ao Atleta Jaques Fernando de Medeiros Mayer Ballester nos termos do Programa de Apoio e Incentivo ao Esporte instituído pela Lei Municipal n°1.540/2023.</t>
   </si>
   <si>
     <t>3855</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3855/projeto_de_lei_n40-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3855/projeto_de_lei_n40-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder ajuda de custo ao Atleta Antônio Carlos Fao Marchezan, nos termos do Programa de Apoio e Incentivo ao Esporte instituído pela Lei Municipal n°1.540/2023.</t>
   </si>
   <si>
     <t>3856</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3856/projeto_de_lei_n41-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3856/projeto_de_lei_n41-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder ajuda de custo ao Atleta Eliziane da Silva Pivoto, nos termos do Programa de Apoio e Incentivo ao Esporte instituído pela Lei Municipal n°1540/2023.</t>
   </si>
   <si>
     <t>3916</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3916/projeto_de_lei_no42-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3916/projeto_de_lei_no42-2025.pdf</t>
   </si>
   <si>
     <t>Aprova o Termo de Compromisso TransfereGov.BR nº965543/2024/FNDE/Caixa. Altera as Leis nº1381/2021 - Plano Plurianual 2022 - 2025, Lei nº1687/2024 Lei de Diretrizes Orçamentária de 2025 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>3955</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3955/projeto_de_lei_n43-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3955/projeto_de_lei_n43-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal contratar profissionais para atender na área da ambiental.</t>
   </si>
   <si>
     <t>3966</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3966/projeto_de_lei_n44-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3966/projeto_de_lei_n44-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso de imóvel público rural para fins de moradia.</t>
   </si>
   <si>
     <t>4013</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4013/projeto_de_lei_no45-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4013/projeto_de_lei_no45-2025.pdf</t>
   </si>
   <si>
     <t>Altera as leis nº1381/2021 - Plano Plurianual 2022 - 2025, Lei nº1687/2024 Lei de Diretrizes Orçamentária de 2025 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>3968</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3968/projeto_de_lei_n47-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3968/projeto_de_lei_n47-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênio com a casa lar São José para repasse de valores referente as emendas impositivas 2025.</t>
   </si>
   <si>
     <t>3969</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3969/projeto_de_lei_n48-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3969/projeto_de_lei_n48-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênio com o Hospital Santo Antônio para repasse de valores referente às emendas impositivas 2025.</t>
   </si>
   <si>
     <t>3972</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3972/projeto_de_lei_n49-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3972/projeto_de_lei_n49-2025.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n°1381/2021 - Plano Plurianual 2022, Lei n ° 1687/2024 Lei de diretrizes orçamentária de 2025 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>3973</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3973/projeto_de_lei_no50-2025_do_executivo.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3973/projeto_de_lei_no50-2025_do_executivo.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial no valor de R$ 2.551.971,82 (dois milhões quinhentos e cinquenta e um mil novecentos e setenta e um reais e oitenta e dois centavos), destinado ao custeio de despesas na área da saúde.</t>
   </si>
   <si>
     <t>4083</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4083/projeto_de_lei_no51-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4083/projeto_de_lei_no51-2025.pdf</t>
   </si>
   <si>
     <t>Institui gratificação especial de disponibilidade (GED) para motorista lotado na Secretaria Municipal de Saúde do Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>4085</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4085/projeto_de_lei_no52-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4085/projeto_de_lei_no52-2025.pdf</t>
   </si>
   <si>
     <t>Institui  a gratificação especial de disponibilidade (GED) para motorista lotado na Secretaria Municipal do Desenvolvimento Social e Habitação do Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>4016</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4016/projeto_de_lei_no53-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4016/projeto_de_lei_no53-2025.pdf</t>
   </si>
   <si>
     <t>4084</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4084/projeto_de_lei_no54-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4084/projeto_de_lei_no54-2025.pdf</t>
   </si>
   <si>
     <t>Institui gratificação especial de disponibilidade (GED) para técnico em Enfermagem lotado na Secretaria Municipal da Saúde do Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>4133</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4133/projeto_de_lei_n55-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4133/projeto_de_lei_n55-2025.pdf</t>
   </si>
   <si>
     <t>Ratifica a alteração do Contrato de Consórcio Intermunicipal da Região Centro do Estado do RS – CI/Centro (CIRC); Autoriza o chefe do Poder Executivo a delegar a prestação dos serviços públicos de manejo de resíduos sólidos urbanos – SMRSU; Autoriza a vinculação e retenção de recursos do Fundo de Participação de Municípios – FPM a serem transferidos para o Município para garantir obrigações derivadas de sua  condição de usuário do SMRSU; Autoriza o CIRC, representando o Município, a celebrar convênio ou contrato com entidade reguladora; Altera dispositivos da Lei Municipal nº 86, de 18 de dezembro de 2002; e dá outras providências.</t>
   </si>
   <si>
     <t>4037</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4037/projeto_de_lei_n_56-2025_substitutivo.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4037/projeto_de_lei_n_56-2025_substitutivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal contratar profissional para atender na área da educação.</t>
   </si>
   <si>
     <t>4054</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4054/projeto_de_lei_n57-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4054/projeto_de_lei_n57-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a repassar auxílio financeiro para casa lar São José em São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>4164</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4164/projeto_de_lei_no58-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4164/projeto_de_lei_no58-2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta no Artigo 1º da Lei Municipal Nº1202, de 3 de Abril de 2019, o espaço 03 na Praça Coronel Manoel Viana.</t>
   </si>
   <si>
     <t>4061</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4061/projeto_de_lei_no59-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4061/projeto_de_lei_no59-2025.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial no valor R$ 82.573,00 (oitenta e dois mil quinhentos e setenta e três reais), para custear despesas não previstas no orçamento.</t>
   </si>
   <si>
     <t>4065</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4065/projeto_de_lei_n60-2025_do_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4065/projeto_de_lei_n60-2025_do_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo Municipal a contratar profissionais na secretaria Municipal de obras e saneamento para tender necessidades temporárias de excepcional interesse público.</t>
   </si>
   <si>
     <t>4069</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4069/projeto_de_lei_n61-2025_exec._municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4069/projeto_de_lei_n61-2025_exec._municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a celebrar convênios com a caixa econômica federal visando concessão de empréstimos sob consignação e das outras providencias.</t>
   </si>
   <si>
     <t>4070</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4070/projeto_de_lei_n62-2025_exec._municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4070/projeto_de_lei_n62-2025_exec._municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o regime próprio de previdência dos servidores públicos do município - ASSISPREV a celebrar convênios com a caixa econômica federal visando a concessão de empréstimos sob consignação e da outras providencias.</t>
   </si>
   <si>
     <t>4074</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4074/projeto_de_lei_n63-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4074/projeto_de_lei_n63-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n°495, de 17 de novembro de 2009 que dispõe sobre a estrutura administrativa básica dos serviços municipais e dá outras providências.</t>
   </si>
   <si>
     <t>4073</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4073/projeto_de_lei_n64-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4073/projeto_de_lei_n64-2025.pdf</t>
   </si>
   <si>
     <t>4090</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4090/projeto_de_lei_no65-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4090/projeto_de_lei_no65-2025.pdf</t>
   </si>
   <si>
     <t>4091</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4091/projeto_de_lei_no66-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4091/projeto_de_lei_no66-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomenclatura e atribuições de Secretarias Municipais, alterando dispositivos da Lei nº495/2009 e dá outras providências.</t>
   </si>
   <si>
     <t>4093</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4093/projeto_de_lei_no67-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4093/projeto_de_lei_no67-2025.pdf</t>
   </si>
   <si>
     <t>4092</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4092/projeto_de_lei_no68-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4092/projeto_de_lei_no68-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal contratar profissionais para atender necessidades temporárias na Secretaria de Obras.</t>
   </si>
   <si>
     <t>4103</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4103/projeto_de_lei_n69-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4103/projeto_de_lei_n69-2025.pdf</t>
   </si>
   <si>
     <t>Editar o programa de recuperação fiscal.</t>
   </si>
   <si>
     <t>4119</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4119/projeto_de_lei_no70-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4119/projeto_de_lei_no70-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº86/2002 - Código Tributário Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>4120</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4120/substitutivo_do_projeto_de_lei_no_71.2025_executivo.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4120/substitutivo_do_projeto_de_lei_no_71.2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o funcionamento e a utilização dos ginásios quadras poliesportivas e campos municipais.</t>
   </si>
   <si>
     <t>4112</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4112/projeto_de_lei_no72-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4112/projeto_de_lei_no72-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal contratar profissional para atender necessidades na Secretaria Municipal do Desenvolvimento Social.</t>
   </si>
   <si>
     <t>4126</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4126/projeto_de_lei_no73-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4126/projeto_de_lei_no73-2025.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial no valor de R$ 9.733,59 (nove mil setecentos e trinta e três com cinquenta e nove centavos) para custear despesas não previstas no orçamento.</t>
   </si>
   <si>
     <t>4122</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4122/projeto_de_lei_no74-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4122/projeto_de_lei_no74-2025.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial no valor de R$ 33.253,98 (Trinta e três mil duzentos e cinquenta e três reais com noventa e oito centavos) , para custear despesas não previstas no orçamento.</t>
   </si>
   <si>
     <t>4123</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4123/projeto_de_lei_no75-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4123/projeto_de_lei_no75-2025.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial no valor R$ 42.749,42 (quarenta e dois mil setecentos e quarenta e nove reais e quarenta e dois centavos) para custear despesas não previstas no orçamento.</t>
   </si>
   <si>
     <t>4124</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4124/projeto_de_lei_no76-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4124/projeto_de_lei_no76-2025.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial no valor de R$ 25.522,06 (vinte e cinco mil quinhentos e vinte dois reais com seis centavos) para custear despesas não previstas no orçamento.</t>
   </si>
   <si>
     <t>4125</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4125/projeto_de_lei_no77-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4125/projeto_de_lei_no77-2025.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial no valor de R$ 17.021,19 (dezessete mil e um reais e dezenove centavos) para custear despesas não previstas no orçamento.</t>
   </si>
   <si>
     <t>4121</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4121/projeto_de_lei_no78-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4121/projeto_de_lei_no78-2025.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial no valor de R$ 35.000,00 (Trinta e Cinco mil Reais), para custear despesas não previstas no orçamento.</t>
   </si>
   <si>
     <t>4156</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4156/projeto_de_lei_n80-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4156/projeto_de_lei_n80-2025.pdf</t>
   </si>
   <si>
     <t>Concede adicional de Gratificação de função para o agente de contratação.</t>
   </si>
   <si>
     <t>4134</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4134/projeto_de_lei_n81-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4134/projeto_de_lei_n81-2025.pdf</t>
   </si>
   <si>
     <t>Institui Gratificação Especial de Disponibilidade (GED) para motorista lotado na Secretaria Municipal da Saúde do Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>4135</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4135/projeto_de_lei_n82-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4135/projeto_de_lei_n82-2025.pdf</t>
   </si>
   <si>
     <t>Institui Gratificação Especial de Disponibilidade (GED) para Técnico de Enfermagem lotado na Secretaria Municipal da Saúde do Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>4136</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4136/projeto_de_lei_no83-2025_ppa_2026-2029.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4136/projeto_de_lei_no83-2025_ppa_2026-2029.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 do Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>4143</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4143/projeto_de_lei_no85-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4143/projeto_de_lei_no85-2025.pdf</t>
   </si>
   <si>
     <t>4146</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4146/projeto_de_lei_n86-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4146/projeto_de_lei_n86-2025.pdf</t>
   </si>
   <si>
     <t>4173</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4173/projeto_de_lei_n_87-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4173/projeto_de_lei_n_87-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo firmar termo aditivo de prorrogação excepcional do contrato de prestação de serviços com instituto de assistência à saúde dos servidores públicos no Rio Grande do Sul - IPE Saúde N° 21/24410008314-4 e dá outras providências.</t>
   </si>
   <si>
     <t>4154</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4154/projeto_de_lei_n88-2025_do_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4154/projeto_de_lei_n88-2025_do_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Altera as leis n°1381/2021 - Plano Plurianual 2022 - 2025,  Lei n°1687/2024 Lei de Diretrizes Orçamentarias  de 2025 de município de São Francisco de Assis e abre Crédito Especial.</t>
   </si>
   <si>
     <t>4157</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4157/projeto_de_lei_n_89-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4157/projeto_de_lei_n_89-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Público municipal contratar profissional para atender na área de assistência social.</t>
   </si>
   <si>
     <t>4165</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4165/projeto_de_lei_no90-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4165/projeto_de_lei_no90-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso de parte de imóvel rural público para a Associação de Moradores do Piquiri e dá outras providências.</t>
   </si>
   <si>
     <t>4174</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4174/projeto_de_lei_n91-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4174/projeto_de_lei_n91-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 86/2002- Código Tributário Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>4175</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4175/substitutivo_projeto_de_lei_n_92-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4175/substitutivo_projeto_de_lei_n_92-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal contratar profissional para atender na área da saúde.</t>
   </si>
   <si>
     <t>4183</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4183/projeto_de_lei_n93-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4183/projeto_de_lei_n93-2025.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial no valor de R$100.000,00(Cem mil reais), para custear despesas não previstas no orçamento.</t>
   </si>
   <si>
     <t>4196</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4196/projeto_de_lei_n_94.2025_do_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4196/projeto_de_lei_n_94.2025_do_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Institui no Município de São Francisco de Assis a "semana Municipal de Prevenção, Conscientização e Combate ao Uso de Drogas", a ser realizada anualmente na semana correspondente ao dia 26 de junho, data em que se comemora o Dia Internacional de Combate ao Uso de Drogas.</t>
   </si>
   <si>
     <t>4208</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4208/projeto_de_lei_n_95-2025_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4208/projeto_de_lei_n_95-2025_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>4261</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4261/projeto_de_lei_n96-2025_do_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4261/projeto_de_lei_n96-2025_do_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo doar um veículo para a associação assisense protetora dos animais e dá outras providências.</t>
   </si>
   <si>
     <t>4258</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4258/projeto_de_lei_n97-2025_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4258/projeto_de_lei_n97-2025_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo prorrogar o contrato dos profissionais referente a Lei Municipal n°1579/2025.</t>
   </si>
   <si>
     <t>4259</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4259/projeto_de_lei_n98-2025_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4259/projeto_de_lei_n98-2025_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal contratar profissional para atender na área da Assistência Social.</t>
   </si>
   <si>
     <t>4288</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4288/projeto_de_lei_n099.2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4288/projeto_de_lei_n099.2025.pdf</t>
   </si>
   <si>
     <t>Institui Auxílio-saúde aos servidores públicos municipais ativos e inativos para fins de contribuição ao plano de assistência à saúde - IPE saúde e dá outras providências.</t>
   </si>
   <si>
     <t>4265</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4265/projeto_de_lei_n_100-2025_executivo.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4265/projeto_de_lei_n_100-2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n°54/1993, que estabelece eleição direta de diretor e vice-diretor das escolas municipais e da outras providências.</t>
   </si>
   <si>
     <t>4280</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4280/projeto_de_lei_n101-2025_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4280/projeto_de_lei_n101-2025_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 451, de 19 de maio de 2009, que dispõe sobre a Organização do Sistema Municipal de Defesa do Consumidor - SMDC; institui a Coordenadoria Municipal de Defesa do Consumidor - PROCON, a Comissão Municipal Permanente de Normatização - CMPN, o Conselho Municipal de Defesa do Consumidor - CONDECON e o Fundo Municipal de Defesa dos Direitos Difusos - FMDD.</t>
   </si>
   <si>
     <t>4294</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4294/projeto_de_lei_n_102.2025_do_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4294/projeto_de_lei_n_102.2025_do_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a permitir o uso de uma área rural com o Piquete Fazenda Branca.</t>
   </si>
   <si>
     <t>4292</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4292/projeto_de_lei_n_103.2025_do_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4292/projeto_de_lei_n_103.2025_do_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Altera as leis N° 1381/2021 - plano plurianual 2022 - 2025, lei N° 1687/2024 lei de diretrizes orçamentária de 2025 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>4293</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4293/projeto_de_lei_n_104.2025_do_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4293/projeto_de_lei_n_104.2025_do_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>4310</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4310/projeto_de_lei_n105-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4310/projeto_de_lei_n105-2025.pdf</t>
   </si>
   <si>
     <t>Aprova o termo de cooperação firmado entre o Município com a superintendência dos Serviços Penitenciários - SUSEPE e dá outras providencias.</t>
   </si>
   <si>
     <t>4311</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4311/projeto_de_lei_n106-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4311/projeto_de_lei_n106-2025.pdf</t>
   </si>
   <si>
     <t>4317</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4317/substitutivo_ao_projeto_de_lei_n107-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4317/substitutivo_ao_projeto_de_lei_n107-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso de imóvel rural para instalação da sede da Associação de Produtores e Comunitária do Pinheiro Bonito e Rincão dos Vieiros, e dá outras providências.</t>
   </si>
   <si>
     <t>4327</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4327/projeto_de_lei_n108-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4327/projeto_de_lei_n108-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo firmar contrato de prestação de serviços com instituto de Assistência à Saúde dos servidores públicos do Rio Grande do Sul IPE Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>4380</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4380/projeto_de_lei_n109-2025_do_exe._municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4380/projeto_de_lei_n109-2025_do_exe._municipal.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI Nº 1798/2025 – PLANO PLURIANUAL para o quadriênio 2026-2029 DO MUNICÍPIO DE SÃO FRANCISCO DE ASSIS.”</t>
   </si>
   <si>
     <t>4384</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4384/projeto_de_lei_n110-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4384/projeto_de_lei_n110-2025.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n°1381/2021 - Plano Plurianual 2022 - 2025, Lei n° 1687/2024 Lei de diretrizes orçamentária de 2025 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>4381</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4381/projeto_de_lei_n111-2025_do_exec._municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4381/projeto_de_lei_n111-2025_do_exec._municipal.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre as diretrizes orçamentárias do Município de São Francisco de Assis – RS para o exercício financeiro de 2026.”</t>
   </si>
   <si>
     <t>4494</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4494/projeto_de_lei_n_112-2025_exec._municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4494/projeto_de_lei_n_112-2025_exec._municipal.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A POLÍTICA ‘ANTIBULLYING’ NAS INSTITUIÇÕES PÚBLICAS MUNICIPAIS DE ENSINO DE SÃO FRANCISCO DE ASSIS/RS.”</t>
   </si>
   <si>
     <t>4439</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4439/projeto_de_lei_n113-2025_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4439/projeto_de_lei_n113-2025_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a efetuar a concessão área e dá outras providências.</t>
   </si>
   <si>
     <t>4463</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4463/projeto_de_lei_n114-2025_do_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4463/projeto_de_lei_n114-2025_do_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n°1381/2021 - Plano Plurianual 2022-2025, Lei n°1687/2025 Lei de diretrizes orçamentária de 2025 do munícipio de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>4464</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4464/projeto_de_lei_n115-2025_do_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4464/projeto_de_lei_n115-2025_do_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n°1687/2025 - Lei de diretrizes orçamentária de 2025 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>4581</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4581/projeto_de_lei_n117-2025_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4581/projeto_de_lei_n117-2025_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo outorgar concessão de uso de imóveis públicos para fins de regularização das áreas destinadas à estação de tratamento de esgoto e à elevatória de esgoto bruto final, partes do sistema de esgotamento sanitário do Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>4470</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4470/projeto_de_lei_n118-2025_do_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4470/projeto_de_lei_n118-2025_do_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>4546</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4546/projeto_de_lei_n119-2025_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4546/projeto_de_lei_n119-2025_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso de imóvel rural público para a associação dos descendentes de Santiago Gindri do Beluno e dá outras providências.</t>
   </si>
   <si>
     <t>4572</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4572/projeto_de_lei_n120-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4572/projeto_de_lei_n120-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal contratar profissional por prazo determinado, nos termos do Inciso IX, do artigo 37 da Constituição Federal.</t>
   </si>
   <si>
     <t>4573</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4573/projeto_de_lei_n121-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4573/projeto_de_lei_n121-2025.pdf</t>
   </si>
   <si>
     <t>Altera as Leis 1798/2025 - Plano Plurianual 2026-2029 e n° 1831/2025 - A lei de diretrizes orçamentárias para o ano de 2026.</t>
   </si>
   <si>
     <t>4574</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4574/projeto_de_lei_n122-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4574/projeto_de_lei_n122-2025.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de São Francisco de Assis para o exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>4598</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4598/projeto_de_lei_n123-2025_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4598/projeto_de_lei_n123-2025_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Cria o espaço integrado municipal de educação especial vinculado à rede municipal de educação.</t>
   </si>
   <si>
     <t>4593</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4593/projeto_de_lei_124-2025_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4593/projeto_de_lei_124-2025_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a repassar um veículo ao ganhador do terceiro sorteio do programa de incentivo à arrecadação municipal "São Chico nota 10" e dá outras providências."</t>
   </si>
   <si>
     <t>4600</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4600/projeto_de_lei_n_125-2025_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4600/projeto_de_lei_n_125-2025_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder a contratar operações de crédito com o Badesul Desenvolvimento S.A Agência de Fomento/RS para obras de infra-estrutura.</t>
   </si>
   <si>
     <t>4609</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4609/projeto_de_lei_n126-2025_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4609/projeto_de_lei_n126-2025_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Institui como política pública o programa educacional de resistência às drogas e à violência - PROERD, no município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>4804</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4804/projeto_de_lei_n127-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4804/projeto_de_lei_n127-2025.pdf</t>
   </si>
   <si>
     <t>Regulamenta a concessão de gratificação ao responsável técnico, pela qualidade da água dos poços artesianos e do caminhão pipa no Munícipio de São Francisco de Assis.</t>
   </si>
   <si>
     <t>4818</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4818/projeto_de_lei_n129-2025_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4818/projeto_de_lei_n129-2025_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Altera o II ao §1° do art. 2° da Lei 007/2001 que dispõe sobre o horário de funcionamento nos estabelecimentos comerciais do tipo bares e de estabelecimentos e entidades que promovem bailes e diversão noturnas.</t>
   </si>
   <si>
     <t>3105</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3105/projeto_de_lei_no01_-_2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3105/projeto_de_lei_no01_-_2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº1437, de 25 de Fevereiro de 2022, que trata do vale-refeição dos servidores municipais e demais alterações legais, e concede reajuste no valor do referido benefício.</t>
   </si>
   <si>
     <t>3106</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3106/projeto_de_lei_no02_-_2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3106/projeto_de_lei_no02_-_2024.pdf</t>
   </si>
   <si>
     <t>Altera o percentual de contribuição do município em favor do servidor público referente ao contrato firmado com o ipê-saúde - instituto de assistência à saúde dos servidores públicos do rio grande do sul para a prestação de serviço de assistência médico - hospitalar, laboratorial, diagnóstico e tratamento e dá outras providências.</t>
   </si>
   <si>
     <t>3107</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3107/projeto_de_lei_no03_-_2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3107/projeto_de_lei_no03_-_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as tabelas de vencimento e salários do pessoal efetivo, dos cargos em comissão e funções gratificadas, do pessoal de obras e magistério do município de São Francisco de Assis, com uma revisão geral anual.</t>
   </si>
   <si>
     <t>3108</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3108/projeto_de_lei_no04_-_2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3108/projeto_de_lei_no04_-_2024.pdf</t>
   </si>
   <si>
     <t>Abre um crédito Especial no valor de R$ 400.000.00 (quatrocentos mil reais), para custear despesas não revistas no orçamento.</t>
   </si>
   <si>
     <t>3109</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3109/projeto_de_lei_no05_-_2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3109/projeto_de_lei_no05_-_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder público municipal contratar profissionais para atender na área da educação.</t>
   </si>
   <si>
     <t>3115</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3115/projeto_de_lei_n_06-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3115/projeto_de_lei_n_06-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal contratar profissionais para atender necessidades temporárias de excepcional interesse público.</t>
   </si>
   <si>
     <t>3119</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3119/projeto_de_lei_no_07.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3119/projeto_de_lei_no_07.2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1166/2018 de incentivo financeiro aos servidores públicos municipais integrantes da turma volante do município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>3120</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3120/projeto_de_lei_no_08.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3120/projeto_de_lei_no_08.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operações de crédito com o Badesul Desenvolvimento S.A – Agência de Fomento/RS para aquisição de máquinas equipamentos rodoviários: uma motoniveladora, um micro-ônibus e dois caminhões basculante.</t>
   </si>
   <si>
     <t>3121</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3121/projeto_de_lei_no_09.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3121/projeto_de_lei_no_09.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operações de crédito com o Badesul Desenvolvimento S.A – Agência de Fomento/RS para aquisição de lâmpadas de LED substituição das lâmpadas comuns e obras de infraestrutura urbana: Pavimentação da Rua Martinho Cáceres trecho entre as ruas Travessa 15 de novembro e Rua Agrício Fagundes Ramos.</t>
   </si>
   <si>
     <t>3123</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3123/projeto_de_lei_no10-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3123/projeto_de_lei_no10-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder ajuda de custo ao Atleta Adriano Alexandre Velozo, nos termos do Programa de Apoio e Incentivo ao Esporte instituído pela Lei Municipal nº. 1540/2023.</t>
   </si>
   <si>
     <t>3135</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3135/projeto_de_lei_n_11-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3135/projeto_de_lei_n_11-2024.pdf</t>
   </si>
   <si>
     <t>Altera as leis n°1381/2021 - Plano Plurianual 2022 - 2025, Lei n°1596/2023 lei de diretrizes orçamentárias de 2023, do Munícipio de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>3136</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3136/projeto_de_lei_n_12-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3136/projeto_de_lei_n_12-2024.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n° 1381/2021 - Plano Plurianual 2022 - 2025, lei n° 1596/2023 lei de diretrizes orçamentária de 2023 do Munícipio de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>3146</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3146/projeto_de_lei_no13-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3146/projeto_de_lei_no13-2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº598/2010, cria e aumenta o número de Cargos de Provimento Efetivo e dá outras providencias.</t>
   </si>
   <si>
     <t>3144</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3144/projeto_de_lei_n14-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3144/projeto_de_lei_n14-2024.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n°1381/2021 - Plano Plurianual 2022 - 2025, lei n°1596/2023 Lei de Diretrizes Orçamentária de 2023 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>3145</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3145/projeto_de_lei_no15-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3145/projeto_de_lei_no15-2024.pdf</t>
   </si>
   <si>
     <t>3150</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3150/projeto_de_lei_n_16-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3150/projeto_de_lei_n_16-2024.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n° 1381/2021 - Plano Plurianual 2022 - 2025 , Lei n° 1596/2023 Lei de Diretrizes Orçamentária de 2024 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>3151</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3151/projeto_de_lei_n_17-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3151/projeto_de_lei_n_17-2024.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n° 1381/2021 - Plano Plurianual 2022 - 2025, Lei n° 1596/2023 Lei de Diretrizes Orçamentária de 2024 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>3177</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3177/projeto_de_lei_no18-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3177/projeto_de_lei_no18-2024.pdf</t>
   </si>
   <si>
     <t>3187</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3187/projeto_de_lei_n_19-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3187/projeto_de_lei_n_19-2024.pdf</t>
   </si>
   <si>
     <t>3196</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3196/projeto_de_lei_n20-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3196/projeto_de_lei_n20-2024.pdf</t>
   </si>
   <si>
     <t>3216</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3216/projeto_de_lei_no21-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3216/projeto_de_lei_no21-2024.pdf</t>
   </si>
   <si>
     <t>Inclui o espaço 03 - Praça Independência, no artigo 1º da Lei Municipal nº 1202/2019, de 3 de Abril de 2019, que regulamenta o uso do solo na Praça Coronel Manoel Viana e na Praça Independência.</t>
   </si>
   <si>
     <t>3217</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3217/projeto_de_lei_no22-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3217/projeto_de_lei_no22-2024.pdf</t>
   </si>
   <si>
     <t>3219</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3219/projeto_de_lei_no23-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3219/projeto_de_lei_no23-2024.pdf</t>
   </si>
   <si>
     <t>3220</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3220/projeto_de_lei_no_24-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3220/projeto_de_lei_no_24-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo a conceder ajuda de custo ao atleta Pedro Gabriel da Silva de Souza, nos termos do programa de apoio e incentivo ao Esporte instituído pela lei Municipal nº1540/2023</t>
   </si>
   <si>
     <t>3221</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3221/projeto_de_lei_n25-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3221/projeto_de_lei_n25-2024.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n°1381/2021 - Plano Plurianual 2022 - 2025, Lei n°1596/2023 Lei de Diretrizes Orçamentária de 2024 do Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>3238</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3238/projeto_de_lei_no26-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3238/projeto_de_lei_no26-2024.pdf</t>
   </si>
   <si>
     <t>3269</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3269/projeto_de_lei_n27-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3269/projeto_de_lei_n27-2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei que dispõe sobre a política de atendimento dos direitos da Criança e do Adolescente no município, e dá outras providências.</t>
   </si>
   <si>
     <t>3283</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3283/projeto_de_lei_n28-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3283/projeto_de_lei_n28-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder público municipal contratar profissionais para atender na área da educação e assistência social.</t>
   </si>
   <si>
     <t>3302</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3302/projeto_de_lei_n29-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3302/projeto_de_lei_n29-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênio com a Casa Lar São José para repasse de valores referentes as emendas impositivas 2024.</t>
   </si>
   <si>
     <t>3301</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3301/projeto_de_lei_n30-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3301/projeto_de_lei_n30-2024.pdf</t>
   </si>
   <si>
     <t>3303</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3303/projeto_de_lei_n_31-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3303/projeto_de_lei_n_31-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênio com o Hospital Santo Antônio para repasse de valores referente às emendas impositivas de 2024.</t>
   </si>
   <si>
     <t>3326</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3326/projeto_de_lei_no32-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3326/projeto_de_lei_no32-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de comodato com o CTG – Negrinho do Pastoreio, de uma área rural.</t>
   </si>
   <si>
     <t>3327</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3327/projeto_de_lei_no33-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3327/projeto_de_lei_no33-2024.pdf</t>
   </si>
   <si>
     <t>3328</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3328/projeto_delei_n34-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3328/projeto_delei_n34-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder ajuda de custo ao atleta Daniel Pereira Noronha, nos termos do Programa de Apoio e Incentivo ao Esporte instituído pela Lei Municipal n°1.540/2023</t>
   </si>
   <si>
     <t>3329</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3329/projeto_de_lei_n35-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3329/projeto_de_lei_n35-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder ajuda de custo ao atleta Mathias Carvalho Severo Elesbão, nos termos do Programa de Apoio e Incentivo ao Esporte instituído pela Lei Municipal n°1.540/2023</t>
   </si>
   <si>
     <t>3330</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3330/projeto_de_lei_n36-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3330/projeto_de_lei_n36-2024.pdf</t>
   </si>
   <si>
     <t>Abre um crédito especial no valor de R$1.150.000,00(um milhão cento e cinquenta mil reais), para custear despesas não previstas no orçamento.</t>
   </si>
   <si>
     <t>3354</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3354/projeto_de_lei_no_37.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3354/projeto_de_lei_no_37.2024.pdf</t>
   </si>
   <si>
     <t>3370</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3370/projeto_de_lei_n_39-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3370/projeto_de_lei_n_39-2024.pdf</t>
   </si>
   <si>
     <t>Altera as Leis N° 1381/2021 – Plano Plurianual 2022 – 2025, Lei N° 1596/2023 Lei de diretrizes Orçamentária de 2024 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>3371</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3371/projeto_de_lei_n_40-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3371/projeto_de_lei_n_40-2024.pdf</t>
   </si>
   <si>
     <t>3373</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3373/projeto_de_lei_n41-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3373/projeto_de_lei_n41-2024.pdf</t>
   </si>
   <si>
     <t>Altera as Leis N°1381/2021-Plano Plurianual 2022-2025, Lei N°1596/2023 Lei de diretrizes Orçamentária de 2024 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>3382</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3382/projeto_de_lei_n_42-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3382/projeto_de_lei_n_42-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênio com o Hospital Santo Antônio para execução de complementos de serviços técnicos profissionais de assistência médica e de procedimentos diversos.</t>
   </si>
   <si>
     <t>3427</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3427/projeto_de_lei_n43-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3427/projeto_de_lei_n43-2024.pdf</t>
   </si>
   <si>
     <t>Renova a concessão firmada através da Lei 1180/2018, que concedeu em permissão de uso gratuito área pública para a cooperativa de crédito de livre admissão de associados Vale do Jaguari - Sicredi Vale do Jaguari, para fins que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>3429</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3429/projeto_de_lei_n44-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3429/projeto_de_lei_n44-2024.pdf</t>
   </si>
   <si>
     <t>Abre um crédito suplementar no valor de R$ 350.000,00 (Trezentos e cinquenta mil reais), para reforçar saldo de dotações no orçamento do corrente exercício.</t>
   </si>
   <si>
     <t>3431</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3431/projeto_de_lei_no45-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3431/projeto_de_lei_no45-2024.pdf</t>
   </si>
   <si>
     <t>Altera a composição dos membros do Conselho Municipal do Meio Ambiente - COMDEMA.</t>
   </si>
   <si>
     <t>3443</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3443/projeto_de_lei_n46-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3443/projeto_de_lei_n46-2024.pdf</t>
   </si>
   <si>
     <t>Altera as leis n°1381/2021 - Plano Plurianual 2022 - 2025, lei n°1596/2023 lei de diretrizes orçamentária de 2024 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>3444</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3444/projeto_de_lei_n47-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3444/projeto_de_lei_n47-2024.pdf</t>
   </si>
   <si>
     <t>3445</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3445/projeto_de_lei_n48-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3445/projeto_de_lei_n48-2024.pdf</t>
   </si>
   <si>
     <t>3446</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3446/projeto_de_lei_n49-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3446/projeto_de_lei_n49-2024.pdf</t>
   </si>
   <si>
     <t>3454</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3454/projeto_de_lei_n50-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3454/projeto_de_lei_n50-2024.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n°1381/2021 - Plano Plurianual 2022 - 2025, Lei n°1596/2023 lei de diretrizes orçamentaria de 2024 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>3467</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3467/projeto_de_lei_no51-2024_ldo.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3467/projeto_de_lei_no51-2024_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentarias do Município de São Francisco de Assis-RS para o exercício financeiro de 2025.</t>
   </si>
   <si>
     <t>3469</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3469/pl_no52-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3469/pl_no52-2024.pdf</t>
   </si>
   <si>
     <t>Altera a Leis nº1381/2021 - Plano Plurianual 2022/2025 do Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>3468</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3468/pl_no53-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3468/pl_no53-2024.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº1381/2021 - Plano Plurianual 2022 - 2025, Lei nº1596/2023 Lei de Diretrizes Orçamentarias de 2024 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>3505</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3505/projeto_de_lei_no54-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3505/projeto_de_lei_no54-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal contratar profissionais para atender necessidades temporárias de excepcional interesse Público</t>
   </si>
   <si>
     <t>3543</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3543/projeto_de_lei_n_55.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3543/projeto_de_lei_n_55.2024.pdf</t>
   </si>
   <si>
     <t>Altera a lei n° 1381/2021 - Plano Plurianual 2022/2025 e Lei 1687/2024 Lei de diretrizes Orçamentarias do município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>3544</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3544/projeto_de_lei_n_56.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3544/projeto_de_lei_n_56.2024.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de São Francisco de Assis para o exercício financeiro de 2025.</t>
   </si>
   <si>
     <t>3559</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3559/projeto_de_lei_n57-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3559/projeto_de_lei_n57-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de São Francisco de Assis a firmar convenio com a IES, abaixo qualificada, visando o desenvolvimento de estágio curricular obrigatório para os alunos dos cursos de graduação da instituição de ensino.</t>
   </si>
   <si>
     <t>3562</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3562/projeto_de_lei_n58-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3562/projeto_de_lei_n58-2024.pdf</t>
   </si>
   <si>
     <t>Institui dia de Luto Municipal em homenagem póstuma às vítimas do confronto de São Francisco de Assis, ocorrido em 02 de outubro de 1923 e estimula a secretaria municipal da educação e cultura ao estudo e a produção do conteúdo sobre o referido tema.</t>
   </si>
   <si>
     <t>3564</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3564/projeto_de_lei_n_59.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3564/projeto_de_lei_n_59.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revitalização do Balneário Fernando Witt e dá outras providências.</t>
   </si>
   <si>
     <t>3668</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3668/projeto_de_lei_no61-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3668/projeto_de_lei_no61-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do serviço de plantão e do regime de sobreaviso para o transporte sanitário de pacientes em ambulância no âmbito do Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>3692</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3692/projeto_de_lei_n_62.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3692/projeto_de_lei_n_62.2024.pdf</t>
   </si>
   <si>
     <t>Altera a delimitação da planta que integra a Lei Municipal n° 244, de 29 de dezembro de 2006, que institui o Plano Diretor de Desenvolvimento Urbano - PDDU de São Francisco de Assis, no que diz respeito à zona comercial 2.</t>
   </si>
   <si>
     <t>3669</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3669/projeto_de_lei_no63-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3669/projeto_de_lei_no63-2024.pdf</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2426/projeto_de_lei_n_01-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2426/projeto_de_lei_n_01-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Repassar auxílio Financeiro para o Asilo São Jose em São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2427/projeto_de_lei_n_02-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2427/projeto_de_lei_n_02-2022.pdf</t>
   </si>
   <si>
     <t>Adota o Diário dos Municípios do Estado do Rio Grande do Sul, instituído e administrado pela FAMURS, como veículo oficial de publicação dos atos normativos e administrativos do Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2428/projeto_de_lei_no_03-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2428/projeto_de_lei_no_03-2023.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n°1381/2021- Plano Plurianual 2022- 2025, Lei n° 1512/2022 Lei de Diretrizes Orçamentária de 2023 no Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2429/projeto_de_lei_n_04-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2429/projeto_de_lei_n_04-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo reajustar o recurso pecuniário concedido para assegurar o fornecimento de moradia e alimentação aos médicos participantes do projeto Mais Médicos Para o Brasil e dá outras providências.</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2430/projeto_de_lei_n_05-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2430/projeto_de_lei_n_05-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar para custear despesas não previstas no orçamento para o ano de 2023.</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2431/projeto_de_lei_n_06-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2431/projeto_de_lei_n_06-2023.pdf</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2432/projeto_de_lei_n_07-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2432/projeto_de_lei_n_07-2023.pdf</t>
   </si>
   <si>
     <t>Aprova o convenio firmado entre o município e a Secretaria da Igualdade, Cidadania, Direitos e Assistência Social, alterando as Leis n° 1381/2021 - Plano Plurianual 2022- 2025, Lei n° 1512/2022 Lei de Diretrizes Orçamentária de 2023 do município de São Francisco de Assis e abre Crédito Especial.</t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2433/projeto_de_lei_n_08-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2433/projeto_de_lei_n_08-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 1512/2022 Lei de Diretrizes Orçamentária de 2023 do município de São Francisco de Assis e abre Crédito Especial.</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2434/projeto_de_lei_no_09.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2434/projeto_de_lei_no_09.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as tabelas de vencimento e salários do pessoal efetivo, dos cargos em comissão e funções gratificadas, do pessoal de obras e magistério do município de são Francisco de Assis, com uma revisão geral anual.</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2445/projeto_de_lei_no_10.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2445/projeto_de_lei_no_10.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instituir o Programa de apoio e incentivo ao esporte, com o intuito de conceder ajuda de custo a atletas e entidades esportivas que representam o Município de São Francisco de Assis em competições Estaduais, Nacionais e Internacionais e dá outras providências.</t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2447/projeto_de_lei_n11-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2447/projeto_de_lei_n11-2023.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n°1381/2021- Plano Plurianual 2022-2025, Lei n°1512/2022 Lei de Diretrizes Orçamentária de 2023 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2461/projeto_de_lei_n12-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2461/projeto_de_lei_n12-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n°. 1437, de 25 de fevereiro de 2022, que trata sobre o vale-refeição dos servidores municipais, promovendo alterações e concede reajuste no valor do benefício e revoga a Lei Municipal n°. 1524, de 20 de dezembro de 2022.</t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2490/projeto_de_lei_n13-2023_executivo.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2490/projeto_de_lei_n13-2023_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n°55/2003 - Regime Jurídico dos servidores municipais e dá outras providências.</t>
   </si>
   <si>
     <t>2518</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2518/projeto_de_lei_n14-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2518/projeto_de_lei_n14-2023.pdf</t>
   </si>
   <si>
     <t>Disciplina a concessão do patrocínio pela Administração Direta e Indireta do Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2536/projeto_de_lei_n15-2023_executivo.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2536/projeto_de_lei_n15-2023_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a repassar auxilio financeiro para a Casa Lar São José em São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>2549</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2549/projeto_de_lei_no_17-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2549/projeto_de_lei_no_17-2023.pdf</t>
   </si>
   <si>
     <t>Aprova o Plano Municipal de Cultura do município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>2575</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2575/projeto_de_lei_n18-2023_executivo.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2575/projeto_de_lei_n18-2023_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a tabela de vencimentos e salários do agente de combate endêmico e agente de comunitário de saúde do Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2577/projeto_de_lei_n_19-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2577/projeto_de_lei_n_19-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder ajuda de custo ao Atleta Adriano Alexandre Velozo, nos termos do Programa de Apoio e Incentivo ao Esporte instituído pela Lei Municipal n° 1540/2023.</t>
   </si>
   <si>
     <t>2574</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2574/projeto_de_lei_no_20-2023_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2574/projeto_de_lei_no_20-2023_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº 1381/2021 - Plano Plurianual 2022-2025, e Lei nº 1512/2022 Lei de Diretrizes Orçamentárias de 2023 do Municipio de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>2578</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2578/projeto_de_lei_n_21-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2578/projeto_de_lei_n_21-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênio com o Hospital Santo Antônio para repasse de valores referente às emendas Impositivas 2023.</t>
   </si>
   <si>
     <t>2579</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2579/projeto_de_lei_n_22-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2579/projeto_de_lei_n_22-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênio com a casa Lar São José para repasse de valores referente as Emendas Impositivas 2023.</t>
   </si>
   <si>
     <t>2600</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2600/projeto_de_lei_n23-2023_executivo.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2600/projeto_de_lei_n23-2023_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n°15/1993 que dispõe sobre Conselho Municipal de Saúde de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>2584</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2584/projeto_de_lei_n24-2023_executivo.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2584/projeto_de_lei_n24-2023_executivo.pdf</t>
   </si>
   <si>
     <t>Editar o Programa de Recuperação Fiscal.</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2624/projeto_de_lei_n26-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2624/projeto_de_lei_n26-2023.pdf</t>
   </si>
   <si>
     <t>Institui a campanha Abril Verde, de prevenção aos acidentes do trabalho e às doenças ocupacionais.</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2625/projeto_de_lei_n27-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2625/projeto_de_lei_n27-2023.pdf</t>
   </si>
   <si>
     <t>Denomina o Complexo Esportivo de Vereador Cláudio Luciano Gonçalves Aguiar - "Cria" de nossa cidade de São Francisco de Assis.</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2635/projeto_de_lei_n28-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2635/projeto_de_lei_n28-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso de imóvel público para plantio da cultura de melancia e dá outras providências.</t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2636/projeto_de_lei_n29-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2636/projeto_de_lei_n29-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 1551/2023 que concede ajuda de custo ao Atleta Adriano Alexandre Velozo, nos termos do Programa de Apoio e Incentivo ao esporte instituído pela Lei Municipal n° 1540/2023.</t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2637/projeto_de_lei_n30-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2637/projeto_de_lei_n30-2023.pdf</t>
   </si>
   <si>
     <t>Altera as leis n° 1381/2021 - Plano plurianual 2022 - 2025, lei n°1395/2021 lei de diretrizes orçamentária de 2023 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2661/projeto_de_lei_n_32-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2661/projeto_de_lei_n_32-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder ajuda de custo ao Atleta Carlos Daniel Dal Rosso Aires, nos termos do Programa de Apoio e Incentivo ao Esporte instituído pela Lei Municipal n° 1540/2023.</t>
   </si>
   <si>
     <t>2662</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2662/projeto_de_lei_n_33-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2662/projeto_de_lei_n_33-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso de imóvel rural para instalação da sede da Associação Comunitária dos Moradores do Cinamomo, e dá outras providências.</t>
   </si>
   <si>
     <t>2663</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2663/projeto_de_lei_n34-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2663/projeto_de_lei_n34-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo Municipal efetuar a venda de imóveis rurais de titularidade do município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2671/projeto_de_lei_n35-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2671/projeto_de_lei_n35-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal Nº.1566/2023, que institui a Semana Municipal da Mulher Rural no Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>2672</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2672/projeto_de_lei_no36-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2672/projeto_de_lei_no36-2023.pdf</t>
   </si>
   <si>
     <t>Altera as Leis Nº 1381/2021 - Plano Plurianual 2022 - 2025, Lei Nº 1512/2022 Lei de Diretrizes Orçamentária de 2023 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2673/projeto_de_lei_no37-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2673/projeto_de_lei_no37-2023.pdf</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2674/projeto_de_lei_no38-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2674/projeto_de_lei_no38-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito especial para custear despesas não previstas no orçamento para o ano de 2023.</t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2675/projeto_de_lei_no39-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2675/projeto_de_lei_no39-2023.pdf</t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2683/projeto_de_lei_no40-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2683/projeto_de_lei_no40-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a permitir o uso de imóvel público para a instalação da empresa Dedetizadora Santos LTDA e da outras providências.</t>
   </si>
   <si>
     <t>2684</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2684/projeto_de_lei_no_41-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2684/projeto_de_lei_no_41-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1462, de 26 de abril de 2022, que trata sobre a autorização dos bares, restaurantes, cafeteria, casas de chá, panificadoras e similares a realizarem instalação de decks e coberturas.</t>
   </si>
   <si>
     <t>2707</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2707/projeto_de_lei_no_42-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2707/projeto_de_lei_no_42-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Público Municipal Contratar Profissionais para atender na Área da educação.</t>
   </si>
   <si>
     <t>2708</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2708/projeto_de_lei_no_43-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2708/projeto_de_lei_no_43-2023.pdf</t>
   </si>
   <si>
     <t>2719</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2719/projeto_de_lei_no_44-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2719/projeto_de_lei_no_44-2023.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo II da Lei Municipal nº 1440, de 25 de fevereiro de 2022 que trata sobre a criação, extinção de alguns cargos em comissão, funções gratificadas, remuneração e da outras providências.</t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2720/projeto_de_no_lei_45-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2720/projeto_de_no_lei_45-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo Municipal a abrir crédito especial suplementar para reforço de dotações orçamentárias no corrente exercício.</t>
   </si>
   <si>
     <t>2727</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2727/projeto_de_lei_n_46-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2727/projeto_de_lei_n_46-2023.pdf</t>
   </si>
   <si>
     <t>Altera as leis n°1381/2021 - Plano Plurianual 2022 - 2025, lei n°1512/2022 lei de diretrizes orçamentária de 2023 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2740/projeto_de_lei_n47-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2740/projeto_de_lei_n47-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre serviços de transporte remunerado privado individual de passageiros, gerenciado por meio de aplicativos, no âmbito do Município de São Francisco de Assis/RS, e dá outras providências.</t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2741/projeto_de_lei_no_48-2023_lei_de_diretizes_orcamentarias_-_ldo.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2741/projeto_de_lei_no_48-2023_lei_de_diretizes_orcamentarias_-_ldo.pdf</t>
   </si>
   <si>
     <t>Dispões sobre as Diretrizes Orçamentárias de São Francisco de Assis-RS, para o exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>2742</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2742/projeto_de_lei_n49-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2742/projeto_de_lei_n49-2023.pdf</t>
   </si>
   <si>
     <t>Altera a lei n° 1381/2021 - Plano Plurianual 2022/2025 do munícipio de São Francisco de Assis.</t>
   </si>
   <si>
     <t>2762</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2762/projeto_de_lei_n_51-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2762/projeto_de_lei_n_51-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a desenvolver ações e aporte de Contrapartida Municipal para implementar o Programa Minha Casa Minha Vida para Município com até 80.000 habitantes conforme disposto na Lei n° 14.620 de 13 de Julho de 2023, Lei n° 11.977 de 07 de Julho de 2009 e PORTARIA MCID N° 725, DE 15 DE JUNHO DE 2023; e ainda nas disposições das instruções normativas do Ministério das Cidades, e dá outras providências.</t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2769/projeto_de_lei_no53-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2769/projeto_de_lei_no53-2023.pdf</t>
   </si>
   <si>
     <t>Aprova o convênio celebrado entre o Município de São Francisco de Assis e o Município de Manoel Viana e dá outras providências.</t>
   </si>
   <si>
     <t>2775</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2775/projeto_de_lei_n54-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2775/projeto_de_lei_n54-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de diárias de viagens e dá outras providências.</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2785/projeto_de_lei_no55-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2785/projeto_de_lei_no55-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do poder executivo a repassar os recursos provenientes da união para complementação da remuneração do enfermeiro, do técnico de enfermagem, do auxiliar de enfermagem e da parteira.</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2786/projeto_de_lei_no56-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2786/projeto_de_lei_no56-2023.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº1381/2021 - Plano Plurianual 2022 - 2025, Lei nº1512/2022 Lei de Diretrizes Orçamentária de 2023 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>2791</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2791/projeto_de_lei_no57-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2791/projeto_de_lei_no57-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de São Francisco de Assis firmar convênio com a APAE - Associação de pais e amigos dos excepcionais de Santiago/RS.</t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2792/projeto_de_lei_n_58-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2792/projeto_de_lei_n_58-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal contratar profissionais para atender na saúde.</t>
   </si>
   <si>
     <t>2798</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2798/projeto_de_lei_n_59-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2798/projeto_de_lei_n_59-2023.pdf</t>
   </si>
   <si>
     <t>2799</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2799/projeto_de_lei_n_60-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2799/projeto_de_lei_n_60-2023.pdf</t>
   </si>
   <si>
     <t>Altera as Leis N° 1381/2021 - Plano Plurianual 2022 - 2025, Lei N°1512/2022 Lei de diretrizes orçamentária de 2023 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2800/projeto_de_lei_n_61-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2800/projeto_de_lei_n_61-2023.pdf</t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2803/projeto_de_lei_no_62.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2803/projeto_de_lei_no_62.2023.pdf</t>
   </si>
   <si>
     <t>Ratifica sem ressalvas o aditivo ao protocolo de intenções do Consórcio Intermunicipal da Região Centro do Estado - CI/Centro, e dá outras providências.</t>
   </si>
   <si>
     <t>2824</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2824/projeto_de_lei_no_63.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2824/projeto_de_lei_no_63.2023.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n°1381/2021 – Plano Plurianual 2022 – 2025, Lei n°1395/2021 Lei de Diretrizes Orçamentaria de 2023, do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>2840</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2840/projeto_de_lei_n_64-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2840/projeto_de_lei_n_64-2023.pdf</t>
   </si>
   <si>
     <t>Estabelece o calendário de eventos do município de São Francisco de Assis/RS para o ano de 2024.</t>
   </si>
   <si>
     <t>2839</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2839/projeto_de_lei_n_65.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2839/projeto_de_lei_n_65.2023.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de São Francisco de Assis – RS para o exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2856/projeto_de_lei_n_66-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2856/projeto_de_lei_n_66-2023.pdf</t>
   </si>
   <si>
     <t>Estabelece o calendário de eventos do município de São Francisco de Assis-RS para o ano de 2024.</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2857/projeto_de_lei_67-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2857/projeto_de_lei_67-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso de imóvel público para desenvolvimento do projeto blockbuster – 001/2023 por parte da federação dos veteranos militares (Vetmil).</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2858/projeto_de_lei_n_68-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2858/projeto_de_lei_n_68-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso de imóvel rural para a Associação Comunitária Núcleo de Produtores do Cerro dos Telles e dá outras providências.</t>
   </si>
   <si>
     <t>2872</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2872/projeto_de_lei_n69-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2872/projeto_de_lei_n69-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o regime de adiantamento de numerário para despesas de pronto pagamento no âmbito do Poder Executivo.</t>
   </si>
   <si>
     <t>3090</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3090/projeto_de_lei_n_71.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3090/projeto_de_lei_n_71.2023.pdf</t>
   </si>
   <si>
     <t>Institui normas para inclusão de eventos no calendário oficial de eventos do município de São Francisco de Assis - RS</t>
   </si>
   <si>
     <t>3093</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3093/projeto_de_lei_n_72.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3093/projeto_de_lei_n_72.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal contratar profissionais para atender na área da saúde</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1682/projeto_de_lei_n_01-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1682/projeto_de_lei_n_01-2022.pdf</t>
   </si>
   <si>
     <t>Consolida a legislação do vale-refeição dos servidores municipais, promove alterações e concede reajuste de 50% no valor do benefício.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/</t>
   </si>
   <si>
     <t>Altera as Leis n° 1381/2021 - Plano Plurianual 2022-2025, Lei de Diretrizes Orçamentária de 2022 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1684/projeto_de_lei_n_03-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1684/projeto_de_lei_n_03-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 1292/2020 do Plano de Custeio do Regime de Previdência Social dos Servidores Públicos do Município de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1685/projeto_de_lei_n_05-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1685/projeto_de_lei_n_05-2022.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n/ 1381/2021 - Plano Plurianual 2022-2025, Lei n° 1395/2021 Lei de Diretrizes Orçamentária de 2022 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1686/projeto_de_lei_n_06-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1686/projeto_de_lei_n_06-2022.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n° 1381/2021 - Plano Plurianual 2022-2025, Lei n° 1395/2021 Lei de Diretrizes Orçamentária de 2022 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1687/projeto_de_lei_n_07-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1687/projeto_de_lei_n_07-2022.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n° 1381/2021 - Plano Plurianual 2022-2025, Lei n° 1395/2021 Lei de Diretrizes Orçamentária de 2022 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1688/projeto_de_lei_n_08-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1688/projeto_de_lei_n_08-2022.pdf</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1693/projeto_de_lei_no_09.2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1693/projeto_de_lei_no_09.2022.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº 1381/2021- Plano Plurianual 2022-2025, Lei nº 1395/2021 Lei de Diretrizes Orçamentária de 2022 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1694/projeto_de_lei_no_10.2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1694/projeto_de_lei_no_10.2022.pdf</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1695/projeto_de_lei_no_11.2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1695/projeto_de_lei_no_11.2022.pdf</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1696/projeto_de_lei_no_12.2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1696/projeto_de_lei_no_12.2022.pdf</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1697/projeto_de_lei_no_13.2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1697/projeto_de_lei_no_13.2022.pdf</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1698/projeto_de_lei_n_14-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1698/projeto_de_lei_n_14-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomenclatura e atribuições de secretarias municipais, alterando dispositivos da Lei n° 495/2009 e dá outras providências.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1699/projeto_de_lei_n_15-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1699/projeto_de_lei_n_15-2022.pdf</t>
   </si>
   <si>
     <t>Cria, extingue alguns cargos em comissão, funções gratificadas, remuneração e dá outras providências.</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1700/projeto_de_lei_n_16-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1700/projeto_de_lei_n_16-2022.pdf</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1701/projeto_de_lei_n_17-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1701/projeto_de_lei_n_17-2022.pdf</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1702/projeto_de_lei_n_18-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1702/projeto_de_lei_n_18-2022.pdf</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1721/projeto_de_lei_n_20-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1721/projeto_de_lei_n_20-2022.pdf</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1722/projeto_de_lei_n_21-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1722/projeto_de_lei_n_21-2022.pdf</t>
   </si>
   <si>
     <t>Denomina Rua Vereador Cláudio Aguiar Cria, uma rua localizada no Bairro João XXIII e dá outras providências.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1885/projeto_de_lei_n_22-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1885/projeto_de_lei_n_22-2022.pdf</t>
   </si>
   <si>
     <t>Declara cidades irmãs as cidades de São Francisco de Assis e São Francisco de Paula, e autoriza o Poder Executivo a firmar acordo irmanação entre elas.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar o Protocolo de Intercâmbio de Cidades Irmãs, traduzido de Gemmellagio, com a cidade de Assis, localizada na Província de Perugia, Itália e dá outras providências.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1724/projeto_de_lei_n_24-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1724/projeto_de_lei_n_24-2022.pdf</t>
   </si>
   <si>
     <t>Institui o Programa "Moeda Ecológica Lixico" no município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1725/projeto_de_lei_n_25-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1725/projeto_de_lei_n_25-2022.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei n° 63/1997 que estabelece normas para a exploração do serviço de automóveis de aluguel (táxi), no município de São Francisco de Assis, inserindo padronização na cor dos veículos.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1726/projeto_de_lei_n_26-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1726/projeto_de_lei_n_26-2022.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n° 1381/2021 - Plano Plurianual 2022-2025, Lei n° 1395/2021 Lei de Diretrizes Orçamentária de 2021 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1727/projeto_de_lei_n_27-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1727/projeto_de_lei_n_27-2022.pdf</t>
   </si>
   <si>
     <t>Abre um crédito especial no valor de R$200.000,00 (duzentos mil reais), para custear despesas não previstas no orçamento.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1728/projeto_de_lei_n_28-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1728/projeto_de_lei_n_28-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a desafetar parte da Rua Silva Jardim em sua extensão ao lado do cemitério municipal.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1733/projeto_de_lei_n_29-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1733/projeto_de_lei_n_29-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Regime de Trabalho e horas-atividades ao magistério municipal, altera a Lei n° 116/2005 e dá outras providências.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1729/projeto_de_lei_n_30-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1729/projeto_de_lei_n_30-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 1381/2021 - Plano Plurianual 2022-2025 e Lei n° 1395/2021 Lei de Diretrizes Orçamentária de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1730/projeto_de_lei_n_31-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1730/projeto_de_lei_n_31-2022.pdf</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1731/projeto_de_lei_n_32-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1731/projeto_de_lei_n_32-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 1395/2021 Lei de Diretrizes Orçamentária de 2022 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1732/projeto_de_lei_n_33-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1732/projeto_de_lei_n_33-2022.pdf</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1747/projeto_de_lei_n_34-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1747/projeto_de_lei_n_34-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo doar um terreno urbano e dá outras providências.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1748/projeto_de_lei_n_35-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1748/projeto_de_lei_n_35-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a revogar a cobrança da taxa de serviços  referente ao convênio INCRA e dá outras providências.</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1749/projeto_de_lei_n_36-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1749/projeto_de_lei_n_36-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre serviço de transporte remunerado privado individual de passageiros, gerenciado por meio de aplicativos, no âmbito do município de São Francisco de Assis/RS e dá outras providências.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1807/projeto_de_lei_n_37-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1807/projeto_de_lei_n_37-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza os bares, restaurantes, cafeterias, casas de chá, panificadoras e similares a realizarem instalações de decks e coberturas.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1776/projeto_de_lei_n_38-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1776/projeto_de_lei_n_38-2022.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n° 1381/2021 - Plano Plurianual 2022 - 2025, Lei n° 1395/2021 Lei de Diretrizes Orçamentária de 2022 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1790/projeto_n39-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1790/projeto_n39-2022.pdf</t>
   </si>
   <si>
     <t>Regulamenta a concessão de gratificação ao chefe do setor de engenharia do Município.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1791/projeto_de_lei_n_40-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1791/projeto_de_lei_n_40-2022.pdf</t>
   </si>
   <si>
     <t>Regulamenta a concessão de gratificação ao servidor responsável pelo setor de tributos do Município.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1792/projeto_de_lei_n_41-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1792/projeto_de_lei_n_41-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de São Francisco de Assis a firmar contrato com a Associação Riograndense de Empreendimentos de Assistência Técnica e Extensão Rural-Emater/RS e dá outras providências.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1808/projeto_de_lei_n_42-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1808/projeto_de_lei_n_42-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal contratar, por tempo determinado, profissionais para compor a equipe do serviço de atendimento móvel de urgência - SAMU.</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1811/projeto_de_lei_n_43-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1811/projeto_de_lei_n_43-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de São Francisco de Assis-RS, a firmar convenio com o Instituto Federal de Educação, Ciência e tecnologia Farroupilha-IFFAR Campus São Vicente do Sul-RS</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1826/projeto_de_lei_no_44-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1826/projeto_de_lei_no_44-2022.pdf</t>
   </si>
   <si>
     <t>Altera as leis nº 1381/2021- Plano Plurianual 2022 - 2025, Lei nº 1395/2021 Lei de diretrizes orçamentárias de 2022 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1827/projeto_de_lei_no_45-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1827/projeto_de_lei_no_45-2022.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº 1381/2021-Plano Plurianual 2022-2025, Lei nº 1395/2021 Lei de Diretrizes Orçamentária de 2022 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>Abre um crédito especial no valor de R$ 29.088,00 (vinte e nove mil e oitenta e oito reais), para custear despesas não previstas no orçamento.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
     <t>Abre um crédito especial no valor de R$ 16.670,50 (dezesseis mil e seiscentos e setenta reais com cinquenta centavos), para custear despesas não previstas no orçamento.</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>Abre um crédito especial no valor de R$ 89.723,76 (oitenta e nove mil setecentos e vinte e três reais com setenta e seis centavos), para custear despesas não previstas no orçamento.</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>Abre um crédito especial no valor de R$ 249.321,00 (duzentos e quarenta e nove mil trezentos e vinte e um real), para custear despesas não previstas no orçamento.</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1868/projeto_de_lei_n51-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1868/projeto_de_lei_n51-2022.pdf</t>
   </si>
   <si>
     <t>Institui gratificação variável de incentivo financeiro por desempenho (IFD) aos servidores vinculados ao Programa Previne Brasil 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1881/projeto_de_lei_n_52-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1881/projeto_de_lei_n_52-2022.pdf</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1882/projeto_de_lei_n_53-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1882/projeto_de_lei_n_53-2022.pdf</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1883/projeto_de_lei_n_54-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1883/projeto_de_lei_n_54-2022.pdf</t>
   </si>
   <si>
     <t>Abre um crédito especial no valor de R$20.392,97 (vinte mil trezentos e noventa e dois reais com noventa e sete centavo, para custear despesas não previstas no orçamento.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1884/projeto_de_lei_n_55-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1884/projeto_de_lei_n_55-2022.pdf</t>
   </si>
   <si>
     <t>Prorroga a Lei n° 1350/2021, alterando a redação do ser Art. 2°.</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1914/projeto_de_lei_executivo_56-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1914/projeto_de_lei_executivo_56-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder repasse financeiro à entidade de caráter esportivo amadorista.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1938/projeto_de_lei_n_57-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1938/projeto_de_lei_n_57-2022.pdf</t>
   </si>
   <si>
     <t>Acrescenta os artigos 5°-A e 5° B na Lei Municipal n° 244, de 29 de dezembro de 2006, que institui o Plano Diretor de Desenvolvimento Urbano- PDDU de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1916/projeto_de_lei_n58-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1916/projeto_de_lei_n58-2022.pdf</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1935/projeto_de_lei_n_59-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1935/projeto_de_lei_n_59-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo Municipal a firmar convênio com o hospital Santo Antônio para implantação e gerenciamento de serviços técnicos profissionais de assistência ambulatorial através de plantões noturnos e diurnos.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1936/projeto_de_lei_n_60-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1936/projeto_de_lei_n_60-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar (17) dezessete professores de anos iniciais e/ou educação infantil e (02) dois professores de educação física para atender necessidades temporárias de excepcional interesse público.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1937/projeto_de_lei_n_61-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1937/projeto_de_lei_n_61-2022.pdf</t>
   </si>
   <si>
     <t>Altera as leis n°1381-2021- Plano plurianual 2022 - 2025, lei n°1395-2021 lei de diretrizes orçamentária de 2022 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1968/projeto_de_lei_n_62-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1968/projeto_de_lei_n_62-2022.pdf</t>
   </si>
   <si>
     <t>Regulamenta a Concessão dos Benefícios Eventuais da Política da Assistência Social.</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1952/projeto_de_lei_n63-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1952/projeto_de_lei_n63-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA AS LEIS N°1381/2021 - PLANO PLURIANUAL 2022 - 2025, LEI N° 1395/2021 LEI DE DIRETRIZES ORÇAMENTÁRIA DE 2022 DO MUNICÍPIO DE SÃO FRANCISCO DE ASSIS E ABRE CRÉDITO ESPECIAL.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1953/projeto_de_lei_n64-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1953/projeto_de_lei_n64-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO SUPLEMENTAR PARA REFORÇO DE DOTAÇÕES ORÇAMENTÁRIAS NO CORRENTE EXERCÍCIO.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1970/projeto_de_lei_n65-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1970/projeto_de_lei_n65-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a integrar o Município de São Francisco de Assis à AMPROTABACO e dá outras Providências.</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1992/projeto_de_lei_n_66-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1992/projeto_de_lei_n_66-2022.pdf</t>
   </si>
   <si>
     <t>Altera a tabela de vencimentos e salários do agente de combate endêmico e agente comunitário de saúde do município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2005/projeto_de_lei_n_67-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2005/projeto_de_lei_n_67-2022.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n° 1381/2021 – plano plurianual 2022 – 2025, Lei n°1395/2021 Lei de diretrizes orçamentária de 2022 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2006/projeto_de_lei_n_68-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2006/projeto_de_lei_n_68-2022.pdf</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2007/projeto_de_lei_69-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2007/projeto_de_lei_69-2022.pdf</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2008/projeto_de_lei_n_70-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2008/projeto_de_lei_n_70-2022.pdf</t>
   </si>
   <si>
     <t>Institui no Município de São Francisco de Assis, o projeto jovem pro futuro e dá outras providências.</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2009/projeto_de_lei_n_71-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2009/projeto_de_lei_n_71-2022.pdf</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2010/projeto_de_lei_n_72-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2010/projeto_de_lei_n_72-2022.pdf</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2047/projeto_de_lei_no_73.2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2047/projeto_de_lei_no_73.2022.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n° 1381/2021 - Plano Plurianual 2022 - 2025, Lei n° 1395/2021 Lei de Diretrizes Orçamentária de 2022 do Município de São Francisco de Assis e abre Crédito Especial.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2048/projeto_de_lei_n_74-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2048/projeto_de_lei_n_74-2022.pdf</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2049/projeto_de_lei_n_75-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2049/projeto_de_lei_n_75-2022.pdf</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2050/projeto_de_lei_n_76-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2050/projeto_de_lei_n_76-2022.pdf</t>
   </si>
   <si>
     <t>Abre um crédito especial no valor de R$250.000,00 (duzentos e cinquenta mil reais), para custear despesas não previstas no orçamento.</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2071/projeto_de_lei_n77-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2071/projeto_de_lei_n77-2022.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº 1381/2021 – Plano Plurianual 2022-2025, Lei n° 1395/2021 Lei de Diretrizes Orçamentária de 2022 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2072/projeto_de_lei_no_78-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2072/projeto_de_lei_no_78-2022.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n° 1381/2021 – plano plurianual 2022 – 2025 do Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2073/lei_de_diretrizes_orcamentarias_2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2073/lei_de_diretrizes_orcamentarias_2023.pdf</t>
   </si>
   <si>
     <t>Dispões sobre as diretrizes orçamentárias do município de São Francisco de Assis - RS para o exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2083/projeto_de_lei_executivo_80-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2083/projeto_de_lei_executivo_80-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder público municipal contratar profissional para atender na área da educação</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2104/projeto_de_lei_no_81-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2104/projeto_de_lei_no_81-2022.pdf</t>
   </si>
   <si>
     <t>Institui no município de São Francisco de Assis, o projeto jovem pro futuro e da outras providências.</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2105/projeto_de_lei_no_82-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2105/projeto_de_lei_no_82-2022.pdf</t>
   </si>
   <si>
     <t>Altera as leis nº 1381/2021 - Plano plurianual 2022-2025, Lei nº 1395/2022 Lei de diretrizes orçamentárias 2022 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2106/projeto_de_lei_no_83-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2106/projeto_de_lei_no_83-2022.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº 1381/2022 - Plano plurianual 2022-2025, Lei nº 1395/2021 Lei de Diretrizes Orçamentárias 2022 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2162/projeto_de_lei_n_85-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2162/projeto_de_lei_n_85-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de São Francisco de Assis instituir o Programa "Sua nota vale dinheiro" e dá outras providências.</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2175/projeto_de_lei_n86-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2175/projeto_de_lei_n86-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder público municipal contratar profissional para atender na área da educação.</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2191/proejto_de_lei_n_87-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2191/proejto_de_lei_n_87-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo permitir o uso de imóvel público para instalação de uma estufa hidropônica e cultivo de hortaliças e dá outras providências.</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2189/lei_orcamentaria_anual_-_loa.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2189/lei_orcamentaria_anual_-_loa.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de São Francisco de Assis - RS, para o exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2190/projeto_de_lei_no_89-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2190/projeto_de_lei_no_89-2022.pdf</t>
   </si>
   <si>
     <t>Altera as leis nº 1381/2021 - Plano plurianual de 2022/2025, Lei nº 1512/2022 Lei de diretrizes orçamentárias de 2022 do município de São Francisco de Assis - RS.</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2211/projeto_de_lei_no_90-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2211/projeto_de_lei_no_90-2022.pdf</t>
   </si>
   <si>
     <t>Estabelece o calendário de eventos no município de São Francisco de Assis - RS para o ano de 2023.</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2365/projeto_de_lei_no_91-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2365/projeto_de_lei_no_91-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênio com o Hospital Santo Antônio para aquisição de medicamentos que serão usados no Programa Samu 192 e dá outras providências.</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2366/projeto_de_lei_n92-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2366/projeto_de_lei_n92-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1437/2022-  que trata sobre o vale-refeição dos servidores municipais, promove alterações e concede reajuste no valor do benefício.</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2407/projeto_de_lei_n93-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2407/projeto_de_lei_n93-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar permissão de uso de imóvel público urbano.</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2406/projeto_de_lei_n_94-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2406/projeto_de_lei_n_94-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Único de Assistência Social do Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>2416</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2416/projeto_de_lei_n_95-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2416/projeto_de_lei_n_95-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a repassar auxílio financeiro para o asilo São José em São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1069/projeto_de_lei_no_001-2021_2.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1069/projeto_de_lei_no_001-2021_2.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir um crédito suplementar no valor de R$1.166.425,24 (hum milhão cento e sessenta e seis mil quatrocentos e vinte e cinco com vinte e quatro centavos) para complementar despesa prevista no orçamento.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1070/projeto_de_lei_no_002-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1070/projeto_de_lei_no_002-2021.pdf</t>
   </si>
   <si>
     <t>Aprova o convênio FPE n°3015/2020, altera as Leis n° 1074/2017 - Plano Plurianual 2018 - 2021, Lei n° 1310/2020 Lei de Diretrizes Orçamentária de 2021 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1072/projeto_de_lei_no_003.2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1072/projeto_de_lei_no_003.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito especial para custear despesas não previstas no orçamento para o ano de 2021.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1081/projeto_de_lei_n_04-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1081/projeto_de_lei_n_04-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1310/2020 - Lei de Diretrizes Orçamentárias do Município de São Francisco de Assis para o exercício de 2021 e abre crédito especial.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1090/projeto_de_lei_n06-2021_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1090/projeto_de_lei_n06-2021_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n° 1074/2017 - Plano Plurianual 2018-2021, Lei n° 1310/2020 Lei de Diretrizes Orçamentárias de 2020 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1091/projeto_de_lei_n07-2021_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1091/projeto_de_lei_n07-2021_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n°1074/2017 - Plano Plurianual 2018-2021, Lei n°1310/2020 Lei de Diretrizes Orçamentárias de 2020 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1100/projeto_de_lei_n008-2021_executivo_municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1100/projeto_de_lei_n008-2021_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1107/projeto_de_lei_no_10-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1107/projeto_de_lei_no_10-2021.pdf</t>
   </si>
   <si>
     <t>Trata da aquisição de vacinas para o enfrentamento da pandemia da Covid-19.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1127/projeto_de_lei_n_11-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1127/projeto_de_lei_n_11-2021.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Acompanhamento e de Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação – Fundeb de que trata a Lei Federal n° 14.113, de 25 de dezembro de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1138/projeto_de_lei_n_12.2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1138/projeto_de_lei_n_12.2021.pdf</t>
   </si>
   <si>
     <t>Aprova o convênio FPE nº 130/2020, altera as Leis nº 1074/2017-Plano Plurianual 2018-2021, Lei nº 1310/2020 Lei de Diretrizes Orçamentária de 2021 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1159/projeto_de_lei_n_13-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1159/projeto_de_lei_n_13-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar permissão de uso de imóvel público rural e dá outras providências.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1184/projeto_de_lei_n_16-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1184/projeto_de_lei_n_16-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o fundo Municipal de Desenvolvimento Rural de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1205/projeto_de_lei_n_17-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1205/projeto_de_lei_n_17-2021.pdf</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1206/projeto_de_lei_n_18-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1206/projeto_de_lei_n_18-2021.pdf</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1222/projeto_de_lei_n_19-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1222/projeto_de_lei_n_19-2021.pdf</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1223/projeto_de_lei_n_20-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1223/projeto_de_lei_n_20-2021.pdf</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1234/projeto_de_lei_no_21.2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1234/projeto_de_lei_no_21.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza  o Poder Executivo Municipal a abrir crédito especial para custear despesas não previstas no orçamento para o ano de 2021.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1243/projeto_de_lei_n_22-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1243/projeto_de_lei_n_22-2021.pdf</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1251/projeto_de_lei_n_23-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1251/projeto_de_lei_n_23-2021.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 1° da Lei Municipal n° 1202/2019, de 3 de abril de 2019, que regulamenta o uso do solo na Praça Coronel Manoel Viana e Praça Independência.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1266/projeto_de_lei_n_24-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1266/projeto_de_lei_n_24-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 383/2008 - que dispõe sobre a criação e funcionamento do Conselho Municipal de Defesa dos Direitos das Pessoas com Deficiência, e dá outras providências.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1307/projeto_de_lei_n_26-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1307/projeto_de_lei_n_26-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal repassar ao Hospital Santo Antônio, pelo período de 03 (três) meses, um valor fixo mensal para custeio dos honorários dos médicos atuantes na ala COVID.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1321/projeto_de_lei_n_27-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1321/projeto_de_lei_n_27-2021.pdf</t>
   </si>
   <si>
     <t>Aprova o contrato de repasse n° 893306/2019/MDR/CAIXA, altera as Leis n° 1074/2017- Plano Plurianual 2018 - 2021, Lei n° 1310/2020 Lei de Diretrizes Orçamentária de 2021 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1340/projeto_de_lei_no_29-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1340/projeto_de_lei_no_29-2021.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 127 da Lei nº 55/2003- Regime Jurídico dos Servidores Municipais e dá outras providências.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1342/projeto_de_lei_no_30-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1342/projeto_de_lei_no_30-2021.pdf</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1347/projeto_de_lei_no_31-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1347/projeto_de_lei_no_31-2021.pdf</t>
   </si>
   <si>
     <t>Aprova o convênio plataforma + Brasil nº 908963/2020, altera as Leis Nº 1074/2017 - Plano Plurianual 2018 - 2021, Lei Nº1310/2020 Lei de Diretrizes Orçamentárias de 2021 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1357/projeto_de_lei_no_32-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1357/projeto_de_lei_no_32-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de São Francisco de Assis- RS para o quadriênio 2022/2025 e dá outras providências.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1360/projeto_de_lei_n_33-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1360/projeto_de_lei_n_33-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso de imóvel público para instalação de Poço Artesiano com reservatório de água e dá outras providências.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1388/projeto_de_lei_no_34-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1388/projeto_de_lei_no_34-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar termo de cooperação ou termo de convenio com o Estado do Rio Grande do Sul, por intermédio da Secretaria Articulação e Apoio aos Municípios - SAAM e dá outras providências.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1401/projeto_de_lei_n_35-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1401/projeto_de_lei_n_35-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a repassar auxílio financeiro para associação assisense protetora dos animais e dá outras providências.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1403/projeto_de_lei_no_36-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1403/projeto_de_lei_no_36-2021.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº 1074/2017- Plano Plurianual 2018-2021, Lei nº 1310/2020 Lei de Diretrizes Orçamentária de 2021, do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1404/projeto_de_lei_no_37-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1404/projeto_de_lei_no_37-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a abrir crédito suplementar para reforço de dotações orçamentárias para o ano de 2021.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1405/projeto_de_lei_n38-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1405/projeto_de_lei_n38-2021.pdf</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1419/projeto_de_lei_n_39-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1419/projeto_de_lei_n_39-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso de imóvel público para instalação de borracharia e oficina mecânica e dá outras providências.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1420/projeto_de_lei__n_40-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1420/projeto_de_lei__n_40-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso de imóvel público para instalação de uma sucata e dá outras providências.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1421/projeto_de_lei__n_41-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1421/projeto_de_lei__n_41-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir uso de imóvel público para instalação de uma sucata e dá outras providências.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1427/projeto_de_lei_no_043-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1427/projeto_de_lei_no_043-2021.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº 1074/2017 - Plano Plurianual 2018 - 2021, Lei nº 1310/2020 Lei de Diretrizes Orçamentária de 2021 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1428/projeto_de_lei_no_044-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1428/projeto_de_lei_no_044-2021.pdf</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1436/projeto_de_lei_n_45-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1436/projeto_de_lei_n_45-2021.pdf</t>
   </si>
   <si>
     <t>Altera as Lei n° 1074/2017 - Plano Plurianual 2018-2021, Lei n° 1310/2020 Lei de Diretrizes Orçamentária de 2021 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1444/projeto_de_lei_n_46-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1444/projeto_de_lei_n_46-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a adesão do Poder Executivo ao programa Negocia RS de dação em pagamentos e dá outras providências.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1463/projeto_de_lei_n_47-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1463/projeto_de_lei_n_47-2021.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Banco de Alimentos do Município de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1477/projeto_de_lei_n50-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1477/projeto_de_lei_n50-2021.pdf</t>
   </si>
   <si>
     <t>Altera a lei municipal n° 791/2013 - concede isenção de impostos, taxas e contribuições municipais.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1498/projeto_de_lei_n_51-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1498/projeto_de_lei_n_51-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias do município de São Francisco de Assis - RS, para o exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1525/projeto_de_lei_n_52-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1525/projeto_de_lei_n_52-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Cooperação Mútua com a Paróquia de São Francisco de Assis/Pastoral da Criança da Diocese de Uruguaiana.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1532/projeto_de_lei_n_53-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1532/projeto_de_lei_n_53-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar para reforço de dotações orçamentárias no corrente exercício.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1533/projeto_de_lei_n_54-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1533/projeto_de_lei_n_54-2021.pdf</t>
   </si>
   <si>
     <t>Abre um crédito Especial no valor de R$40.236,00 (Quarenta mil duzentos e trinta e seis reais), para custear despesas não previstas no orçamento.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1534/projeto_de_lei_n_55-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1534/projeto_de_lei_n_55-2021.pdf</t>
   </si>
   <si>
     <t>Abre um crédito Especial no valor de R$200.000,00 (duzentos mil reais), para custear despesas não previstas no orçamento.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1535/projeto_de_lei_n_56-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1535/projeto_de_lei_n_56-2021.pdf</t>
   </si>
   <si>
     <t>Abre um crédito Especial no valor de R$180.000,00 (cento e oitenta mil reais), para custear despesas não previstas no orçamento.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1544/projeto_de_lei_no_57-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1544/projeto_de_lei_no_57-2021.pdf</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1556/projeto_de_lei_no_58-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1556/projeto_de_lei_no_58-2021.pdf</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1557/projeto_de_lei_no_59-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1557/projeto_de_lei_no_59-2021.pdf</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1558/projeto_de_lei_n_60-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1558/projeto_de_lei_n_60-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar convênio para prestação de mútua colaboração entre o Tribunal Regional Eleitoral do Rio Grade do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1559/projeto_de_lei_n_61-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1559/projeto_de_lei_n_61-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o regime de previdência complementar - RPC no âmbito do município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1574/projeto_de_lei_n_62-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1574/projeto_de_lei_n_62-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso de imóvel público rural.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1582/projeto_de_lei_n63-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1582/projeto_de_lei_n63-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo Municipal a abrir crédito especial para reforço de dotações orçamentárias não prevista no orçamento.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1595/projeto_de_lei_n_64-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1595/projeto_de_lei_n_64-2021.pdf</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1583/projeto_de_lei_n_65-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1583/projeto_de_lei_n_65-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo Municipal a abrir crédito suplementar para reforço de dotações orçamentárias no corrente exercício.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1594/projeto_de_lei_n_66-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1594/projeto_de_lei_n_66-2021.pdf</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>Altera a tabela de pagamento da Lei 116/2005 que estabelece o Plano de Carreira do Magistério Público do Município, institui o respectivo quadro de cargos e dá outras providências.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1625/projeto_de_lei_n_68-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1625/projeto_de_lei_n_68-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso de imóvel rural para instalação da sede Associação de produtores e Comunitária do Pinheiro Bonito e Rincão dos Vieiros, e dá outras providências.</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1615/projeto_de_lei_n_69.2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1615/projeto_de_lei_n_69.2021.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n° 1381/2021- Plano Plurianual 2022/2025, Lei n° 1395/2021 Lei de Diretrizes Orçamentária  de 2022 do Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1620/projeto_de_lei_n_70-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1620/projeto_de_lei_n_70-2021.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a despesa do município de São Francisco de Assis - RS para o exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a consolidar dívida do Governo do Estado do Rio Grande do Sul referente a repasses de programas estaduais da saúde e dá outras providências.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1634/projeto_de_lei_n_72-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1634/projeto_de_lei_n_72-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de cursos de primeiros socorros aos funcionários e professores de instituições de ensino do Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1638/projeto_de_lei_n_73-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1638/projeto_de_lei_n_73-2021.pdf</t>
   </si>
   <si>
     <t>Estabelece o calendário de eventos Município de São Francisco de Assis- RS- para o ano de 2022.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1642/projeto_de_lei_n_75-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1642/projeto_de_lei_n_75-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a repassar ao Hospital Santo Antônio transferência da união e abre crédito especial.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1650/projeto_de_lei_n_76-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1650/projeto_de_lei_n_76-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo  a alterar  a Lei 86/2002 - Código Tributário Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1651/pl_no_77-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1651/pl_no_77-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1292/2020 do plano de custeio do Regime de Previdência Social dos Servidores Públicos do Município de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/723/projeto_de_lei_no_001-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/723/projeto_de_lei_no_001-2020.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 598/2010, que estabelece os cargos de Provimento Efetivo e o Plano de Carreira dos Servidores da Administração Municipal.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/724/projeto_de_lei_no_002-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/724/projeto_de_lei_no_002-2020.pdf</t>
   </si>
   <si>
     <t>Institui o banco de armação de óculos para fornecimento gratuito no Município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/725/projeto_de_lei_no_003-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/725/projeto_de_lei_no_003-2020.pdf</t>
   </si>
   <si>
     <t>Institui o estacionamento rotativo na Rua Treze de Janeiro no Município e dá outras providências.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/726/projeto_de_lei_no_04-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/726/projeto_de_lei_no_04-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito suplementar para reforço de dotações orçamentárias no corrente exercício.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/727/projeto_de_lei_no_05-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/727/projeto_de_lei_no_05-2020.pdf</t>
   </si>
   <si>
     <t>Abre um crédito especial no valor de R$ 250.000,00 (duzentos e cinquenta mil reais) para custear despesas não previstas no orçamento de 2020.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/728/projeto_de_lei_no_06-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/728/projeto_de_lei_no_06-2020.pdf</t>
   </si>
   <si>
     <t>Alteras as Leis nº 1074/2017, Plano Plurianual no anexo das metas prioritárias para o ano de 2018-2021 e Lei de Diretrizes Orçamentárias nº 1243/2019 e abre um crédito especial.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/729/projeto_de_lei_no_07-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/729/projeto_de_lei_no_07-2020.pdf</t>
   </si>
   <si>
     <t>Alterada as Leis nº 1074/2017, Plano Plurianual no anexo das metas prioritárias para o ano de 2018-2021 e Lei de Diretrizes Orçamentárias nº 1243/2019 e abre um crédito especial.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/743/projeto_de_lei_n_08.2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/743/projeto_de_lei_n_08.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as tabelas de vencimento e salários do pessoal efetivo, dos cargos em comissão e funções gratificadas, do pessoal de obras e magistérios do municipal de São Francisco de Assis, como uma revisão geral anual.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/767/projeto_de_lei_no_09-2020_fci6Oq6.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/767/projeto_de_lei_no_09-2020_fci6Oq6.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Suplementar no valor de R$ 121.181,81 (cento e vinte e um mil, cento e oitenta e um reais com oitenta e um centavos), para custear despesas não previstas no orçamento.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/769/projeto_de_lei_no_10.2020_ImWKxwu.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/769/projeto_de_lei_no_10.2020_ImWKxwu.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal contratar profissionais da área da educação para atender as necessidades temporárias de excepcional interesse Público.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/777/projeto_de_lei_no_11-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/777/projeto_de_lei_no_11-2020.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº 1074/2017 - Plano Plurianual 2018 - 2021, Lei nº 1243/2019 - Lei de Diretrizes Orçamentárias de 2020 do Município de São Francisco de Assis e abre crédito especial</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/778/projeto_de_lei_no_12-2020_ZgqhS6w.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/778/projeto_de_lei_no_12-2020_ZgqhS6w.pdf</t>
   </si>
   <si>
     <t>Reconhece a calamidade pública municipal, convalida as medidas disciplinadas no Decreto Municipal nº 1.016, de 17 de abril de 2020, autoriza a prorrogação de vencimento dívidas de natureza tributárias e não tributárias do exercício de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/796/projeto_de_lei_no_13-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/796/projeto_de_lei_no_13-2020.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº 1074/2017 -  Plano Plurianual 2018 - 2021, Lei nº 1243/2019 Lei de Diretrizes Orçamentária de 2020 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/797/projeto_de_lei_no_14-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/797/projeto_de_lei_no_14-2020.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº 1074/2017 - Plano Plurianual de 2018 - 2021, Lei nº 1243/2019 Lei de Diretrizes Orçamentária de 2020 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/798/projeto_de_lei_no_15-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/798/projeto_de_lei_no_15-2020.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº 1074/2017 - Plano Plurianual 2018 - 2021, Lei nº 1243/2019 Lei de Diretrizes Orçamentária de 2020 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/826/projeto_de_lei_no_16-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/826/projeto_de_lei_no_16-2020.pdf</t>
   </si>
   <si>
     <t>Acresce o parágrafo único do art. 2º da Lei nº 1.223/2019, e dá outras providências.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/835/projeto_de_lei_no_17.2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/835/projeto_de_lei_no_17.2020.pdf</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/836/projeto_de_lei_no_18.2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/836/projeto_de_lei_no_18.2020.pdf</t>
   </si>
   <si>
     <t>Concede permissão de uso de espaço público para o Rotary Club de São Francisco de Assis, distrito - 4780, para fins que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/889/projeto_no_19.2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/889/projeto_no_19.2020.pdf</t>
   </si>
   <si>
     <t>Revisa o Plano de Custeio do Regime de Providência Social dos Servidores Públicos do Município de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/858/projeto_de_lei_n_20.2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/858/projeto_de_lei_n_20.2020.pdf</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/867/projeto_de_lei_no_21.2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/867/projeto_de_lei_no_21.2020.pdf</t>
   </si>
   <si>
     <t>Aprova contrato de repasse nº 892587/2019/MDR/CAIXA, altera as Leis nº 1074/2017 - Plano Plurianual 2018 - 2021, Lei nº 1243/2019 Lei de Diretrizes Orçamentária de 2020 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/868/projeto_de_lei_no_22.2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/868/projeto_de_lei_no_22.2020.pdf</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/869/projeto_de_lei_no_23.2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/869/projeto_de_lei_no_23.2020.pdf</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/870/projeto_de_lei_no_24.2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/870/projeto_de_lei_no_24.2020.pdf</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/900/projeto_de_lei_no_25-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/900/projeto_de_lei_no_25-2020.pdf</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/907/projeto_de_lei_n26-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/907/projeto_de_lei_n26-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito especial para custear despesas não prevista no orçamento para o ano de 2020</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/908/projeto_de_lei_n27-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/908/projeto_de_lei_n27-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito especial para custear despesas não prevista no orçamento para o ano de 2020.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/919/projeto_de_lei_no_29-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/919/projeto_de_lei_no_29-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza a empresa EngService Empreendimentos de Engenharia CNPJ 04.951.007/0001-40, a realizar a transferência da exploração do barramento da Barragem do Itu, à empresa Santa Cecília Energética S/A CNPJ 34.737.046/0001-00.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/920/projeto_de_lei_no_30.2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/920/projeto_de_lei_no_30.2020.pdf</t>
   </si>
   <si>
     <t>Aprova o termo de cooperação firmado entre o Município com a Superintendência dos serviços penitenciários - SUSEPE e dá outras providências.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/929/projeto_de_lei_no_31-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/929/projeto_de_lei_no_31-2020.pdf</t>
   </si>
   <si>
     <t>Denomina "João Paulo Dalosto Fumaco" a Sala de transporte da Secretaria de Saúde do Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/935/projeto_de_lei_no_32-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/935/projeto_de_lei_no_32-2020.pdf</t>
   </si>
   <si>
     <t>Acrescenta e altera dispositivos na Lei Municipal nº 553/2010, que autorizou a realização de convênios de cooperação com o Estado do Rio Grande do Sul e com a Agência Estadual de Regulação dos Serviços Públicos Delegados do Rio Grande do Sul, a celebração de contrato de programa com a Corsan e dá outras providências.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/930/projeto_de_lei_no_33-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/930/projeto_de_lei_no_33-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias do Município de São Francisco de Assis - RS, para o exercício de 2021.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/931/projeto_de_lei_no_34-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/931/projeto_de_lei_no_34-2020.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1074/2017 - Plano Plurianual do Município de São Francisco de Assis de 2018 a 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/934/projeto_de_lei_no_35-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/934/projeto_de_lei_no_35-2020.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial no valor de R$ 52.584,00 (cinquenta e dois mil, quinhentos e oitenta e quatro reais), para custear despesas não previstas no orçamento.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/936/projeto_de_lei_no_36-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/936/projeto_de_lei_no_36-2020.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial no valor de R$ 9.000,00 (nove mil reais), para custear despesas não previstas no orçamento.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/937/projeto_de_lei_no_37-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/937/projeto_de_lei_no_37-2020.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº 1074/207 - Plano Plurianual 2018 - 2021, Lei nº 1243/2019 Lei de Diretrizes Orçamentárias de 2020 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/938/projeto_de_lei_no_38-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/938/projeto_de_lei_no_38-2020.pdf</t>
   </si>
   <si>
     <t>Efetua a retificação na Lei Municipal nº 1263/2020 que trata sobre o quadro de Cargos de Provimento Efetivo e o Plano de Carreira dos Servidores da Administração Municipal.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/953/projeto_de_lei_40-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/953/projeto_de_lei_40-2020.pdf</t>
   </si>
   <si>
     <t>Institui o Sistema Municipal de ensino do Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/952/projeto_de_lei_no_41-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/952/projeto_de_lei_no_41-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a criar o "Memorial dos Esportes Assisense", no Município de São Francisco de Assis/RS.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/965/projeto_de_lei_n42-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/965/projeto_de_lei_n42-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a repassar ao Hospital Santo Antônio pelo período de 08 meses, valor fixo mensal a título de serviços de apoio técnico administrativo.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/970/projeto_de_lei__no_43-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/970/projeto_de_lei__no_43-2020.pdf</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/972/projeto_de_lei_no_44-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/972/projeto_de_lei_no_44-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito especial para custear despesas não previstas no orçamento para o ano de 2020.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/990/projeto_de_lei_n_45-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/990/projeto_de_lei_n_45-2020.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n° 1074/2017 - Plano Plurianual 2018-2021, Lei n° 1243/2019 Lei de Diretrizes Orçamentárias de 2020 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/997/projeto_de_lei_no_46-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/997/projeto_de_lei_no_46-2020.pdf</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/998/projeto_de_lei_no_47-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/998/projeto_de_lei_no_47-2020.pdf</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/999/projeto_de_lei_no_48-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/999/projeto_de_lei_no_48-2020.pdf</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1000/projeto_de_lei_no_49-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1000/projeto_de_lei_no_49-2020.pdf</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1007/projeto_de_lei_50-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1007/projeto_de_lei_50-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização de medidas excepcionais no âmbito dos contratos administrativos de prestação de serviços de transporte escolar em face da situação de emergência e estado de calamidade pública decorrentes do novo Coronavírus, no âmbito do Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1008/projeto_de_lei_no_51-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1008/projeto_de_lei_no_51-2020.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº 1074/2017 - Plano Plurianual 2018 - 2021 e Lei nº 1310/2020 -  Lei de Diretrizes Orçamentária de 2021 do Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1009/projeto_de_lei_no_52-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1009/projeto_de_lei_no_52-2020.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de São Francisco de Assis - RS para o exercício financeiro de 2021.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1010/projeto_de_lei_no_53-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1010/projeto_de_lei_no_53-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o serviço remunerado de transporte individual de passageiros em motocicletas, mototáxi, no Município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1022/projeto_de_lei_n_54-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1022/projeto_de_lei_n_54-2020.pdf</t>
   </si>
   <si>
     <t>Reestrutura o Conselho Municipal de Educação  de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1025/projeto_de_lei_no_55-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1025/projeto_de_lei_no_55-2020.pdf</t>
   </si>
   <si>
     <t>Abre um crédito especial no valor de R$ 23.750,00 (vinte e três mil setecentos e cinquenta reais) para custear despesas não previstas no orçamento.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1026/projeto_de_lei_no_56-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1026/projeto_de_lei_no_56-2020.pdf</t>
   </si>
   <si>
     <t>Abre um crédito especial no valor de R$ 7.724,00 (sete mil setecentos e vinte e quatro reais) para custear despesas não previstas no orçamento de 2020.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1593/projeto_de_lei_n_65-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1593/projeto_de_lei_n_65-2021.pdf</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/406/projeto_de_lei_001.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/406/projeto_de_lei_001.2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 55/2003 - Regime Jurídico dos Servidores Municipais e dá outras providências.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/409/projeto_de_lei_n_04.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/409/projeto_de_lei_n_04.2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal a contratar profissional para atender na área da educação.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/410/projeto_de_lei_n_05.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/410/projeto_de_lei_n_05.2019.pdf</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/415/projeto_de_lei_n_06.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/415/projeto_de_lei_n_06.2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso de imóvel público para plantio de alface, melancia, milho e outras culturas e dá outras providências.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/414/projeto_de_lei_n_08.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/414/projeto_de_lei_n_08.2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 762/2013 que trata sobre a criação do quadro de cargos em comissão, funções gratificadas, remuneração e dá outras providências.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/412/projeto_de_lei_n_09.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/412/projeto_de_lei_n_09.2019.pdf</t>
   </si>
   <si>
     <t>Dispões sobre a concessão de vale-alimentação aos conselheiros tutelares e dá outras providências.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/411/projeto_de_lei_n_10.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/411/projeto_de_lei_n_10.2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a CAIXA ECONÔMICA FEDERAL e dá outras providências.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>Autoriza o município de São Francisco de Assis a celebrar convênio com o município de Manoel Viana-RS e dá outras providências.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/417/projeto_de_lei_no12.2019pdf.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/417/projeto_de_lei_no12.2019pdf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as tabelas de vencimento e salários do pessoal efetivo,dos cargos em comissão e função gratificadas do pessoal de obras e magistério do Município de São Francisco de Assis,com uma revisão geral anual.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/418/projeto_de_lei_no13pdf.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/418/projeto_de_lei_no13pdf.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1074/2017 PLANO PLURIANUAL DO MUNICÍPIO DE SÃO FRANCISCO DE ASSIS DE 2018 A 2021 E LEI Nº 1175/2019 DIRETRIZES ORÇAMENTÁRIAS PARA O ANO DE 2019 e abre crédito especial.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/421/projeto_de_lei_no_14.2019.pdf.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/421/projeto_de_lei_no_14.2019.pdf.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a regulamentar o uso do solo na Praça Coronel Manoel Viana e Praça Independência.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/423/projeto_de_lei_no15.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/423/projeto_de_lei_no15.2019.pdf</t>
   </si>
   <si>
     <t>Altera a lei nº 1074/2017- Plano plurianual do município de São Francisco de Assis de 2018 a 2021 e lei nº 1175/2019 diretrizes orçamentárias para o ano de 2019 e abre crédito especial.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/425/projeto_de_lei_no16.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/425/projeto_de_lei_no16.2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 655/2011 de 27 de setembro de 2011,que dispõe sobre a politica de atendimento dos diretores da criança e do adolescente no Município e dá outras providências.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/435/projeto_de_lei_n_17.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/435/projeto_de_lei_n_17.2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 598/2010, que estabelece os Cargos de Provimento Efetivo e o Plano de carreira do servidores da Administração Municipal, categoria funcional de monitor de escola.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/436/projeto_de_lei_n_18.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/436/projeto_de_lei_n_18.2019.pdf</t>
   </si>
   <si>
     <t>Altera a lei nº 495/2009 que dispõe sobre a estrutura administrativa básica dos serviços municipais instituindo a ouvidoria no município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/437/projeto_de_lei_n_19.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/437/projeto_de_lei_n_19.2019.pdf</t>
   </si>
   <si>
     <t>Altera a lei n° 762/2013 do quadro de cargos em comissão funções gratificadas, remuneração e dá outras providencias.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/438/projeto_de_lei_no_20.2019_.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/438/projeto_de_lei_no_20.2019_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poer Executivo doar um terreno urbano e dá outras providências.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/443/projeito_de_lei_n_21.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/443/projeito_de_lei_n_21.2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 598/2010, que estabelece os Cargos de Provimento Efetivo e o Plano de carreira dos servidores da Administração Municipal, categoria funcional de Técnico em enfermagem.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/454/projeto_de_lei_no_22.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/454/projeto_de_lei_no_22.2019.pdf</t>
   </si>
   <si>
     <t>Regulamenta a concessão de gratificação ao coordenador do serviço de inspeção municipal- sim.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/455/projeto_de_lei_no_23.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/455/projeto_de_lei_no_23.2019.pdf</t>
   </si>
   <si>
     <t>Institui o 1° mutirão para negociação da Duvida ativa - Programa Duvida Zero.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/463/projeto_de_lei_no_24.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/463/projeto_de_lei_no_24.2019.pdf</t>
   </si>
   <si>
     <t>Abre um crédito especial no valor de R$ 111.000,00 (cento e onze mil reais) para custear despesas não previstas no orçamento de 2019.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/476/projeto_de_lei_no_25.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/476/projeto_de_lei_no_25.2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a CAIXA ECONÔMICA FEDERAL,e dá outras providências.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/477/projeto_de_lei_no_26.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/477/projeto_de_lei_no_26.2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1074/2017, PPA, do Município de São Francisco de Assis de 2018 a 2021, e Lei nº 1175/2018, LDO, para o ano de 2019, para contratar operação de crédito com a Caixa Econômica Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/512/projeto_de_lei_n_27.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/512/projeto_de_lei_n_27.2019.pdf</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/489/projeto_de_lei_n_28.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/489/projeto_de_lei_n_28.2019.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº 1074/2017 - Plano plurianual 2018 - 2021, Lei nº 1175/2018 lei de diretrizes orçamentária de 2019 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/490/projeto_de_lei_n_29.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/490/projeto_de_lei_n_29.2019.pdf</t>
   </si>
   <si>
     <t>Aprova o contrato nº 829623/2016 altera as leis nº 1074/2017 plano plurianual 2018 - 2021 lei nº 1175 /2018 lei de diretrizes orçamentarias de 2019 do município de São Francisco de _x000D_
 Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/501/projeto_de_lei_n_30.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/501/projeto_de_lei_n_30.2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal a contratar profissional Veterinário para atender na área da agricultura.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/509/projeto_de_lei_n_31.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/509/projeto_de_lei_n_31.2019.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n° 495/2019,545/2010 e 763/2019 e modifica o nome da Secretaria Municipal da Agricultura e Abastecimento e dá outras providências.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/510/projeto_de_lei_n_32.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/510/projeto_de_lei_n_32.2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal à contratar (02) dois técnicos de Enfermagem para atender necessidades temporárias de excepcional interesse público.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/511/projeto_de_lei_n_33.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/511/projeto_de_lei_n_33.2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal prorrogar o contrato de uma Agente de Combate Endêmico na área da saúde.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/521/projeto_de_lei_n_35.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/521/projeto_de_lei_n_35.2019.pdf</t>
   </si>
   <si>
     <t>Aprova convenio n°2667/2018, altera as leis n° 1074/2017 plano plurianual 2018 - 2021, lei n° 1175/2018 lei de diretrizes orçamentária de 2019 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/543/projeto_de_lei_n36.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/543/projeto_de_lei_n36.2019.pdf</t>
   </si>
   <si>
     <t>Altera as leis n° 1074/2017 - Plano Plurianual 2018 - 2021 lei n° 11/2018 lei de diretrizes orçamentária de 2019 do município de São Francisco de Assise e abre crédito especial.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/547/projeto_de_lei_n_37.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/547/projeto_de_lei_n_37.2019.pdf</t>
   </si>
   <si>
     <t>Institui o programa de controle populacional de cães e gatos do município de São Francisco de Assis-RS.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/548/projeto_de_lei_n_38.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/548/projeto_de_lei_n_38.2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 1175/2018 lei de diretrizes orçamentária de 2019 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/555/projeto_de_lei_n_39.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/555/projeto_de_lei_n_39.2019.pdf</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/574/projeto_de_lei_n_41.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/574/projeto_de_lei_n_41.2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder espaço para o Grupo Mato Club Parceiros do Vento e dá outras providências.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/575/projeto_de_lei_n_42.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/575/projeto_de_lei_n_42.2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar termo de comodato com o CTG- Negrinho do Pastoreio,de uma Área Rural.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/573/projeto_de_lei_n_43.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/573/projeto_de_lei_n_43.2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Fundo Municipal de Desenvolvimento Rural de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/585/projeto_de_lei_n_44.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/585/projeto_de_lei_n_44.2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito especial para custear despesas não prevista no orçamento para o ano de 2019.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/598/projeto_de_lei_n_45.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/598/projeto_de_lei_n_45.2019.pdf</t>
   </si>
   <si>
     <t>Altera as leis n° 1074/2017- Plano Plurianual 2018-2021, lei n° 1175/2018 lei de diretrizes orçamentária de 2019 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/596/projeto_de_lei_n_46.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/596/projeto_de_lei_n_46.2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso de imóvel público para hortifrutigranjeiros e dá outras providências.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/602/projeto_de_lei_n_47.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/602/projeto_de_lei_n_47.2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a repassar ao Hospital Santo Antônio pelo período  de 12(dose) meses,valor fixo mensal a titulo de serviços de apoio técnico administrativo.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/610/projeto_de_lei_n_48.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/610/projeto_de_lei_n_48.2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias do Município de São Francisco de Assis- RS, para o exercício financeiro de 2020.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/608/projeto_de_lei_n_49.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/608/projeto_de_lei_n_49.2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 1074/2017 - Plano Plurianual do Município de São Francisco de Assis de 2018 a 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/621/projeto_de_lei_50.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/621/projeto_de_lei_50.2019.pdf</t>
   </si>
   <si>
     <t>Altera a lei n° 1175/2018- Lei de diretrize orçamentárias de 2019 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/642/projeto_de_lei_n_51.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/642/projeto_de_lei_n_51.2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso de imóvel público para instalação da sede da Comunidade Terapêutica Eu com Cristo e dá outras providências.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/674/projeto_de_lei_52.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/674/projeto_de_lei_52.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de São Francisco de Assis a celebrar convênio com o Município de Manoel Viana- RS e dá outras providências.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/675/projeto_de_lein_53.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/675/projeto_de_lein_53.2019.pdf</t>
   </si>
   <si>
     <t>Altera a lei n° 1074/2017 plano plurianual do município de São Francisco de Assis de 2018 a 2021 e lei n°1243/2019 diretrizes orçamentarias para o ano de 2020.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/676/projeto_de_lei_n_54.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/676/projeto_de_lei_n_54.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de São Francisco de Assis -  RS para o exercício financeiro de 2020.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/684/projeto_de_lei_n_55.2019_g6TSKhp.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/684/projeto_de_lei_n_55.2019_g6TSKhp.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público municipal contratar profissionais para atender na área da saúde</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/685/projeto_de_lei_n_56.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/685/projeto_de_lei_n_56.2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 598/2010, que estabelece os cargos de provimento efetivo e o plano de carreira dos servidores da administração municipal.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/697/projeto_de_lei_n_57.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/697/projeto_de_lei_n_57.2019.pdf</t>
   </si>
   <si>
     <t>Revisa o Plano de Custeio do Regime de Previdência Social dos Servidores Público do Município de São Francisco de Assis, e dá outras providências.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/719/projeto_de_lei_no_58-2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/719/projeto_de_lei_no_58-2019.pdf</t>
   </si>
   <si>
     <t>Aprova termo de cooperação nº 1328/2019, firmado entre o Município e Estado do Rio Grande do Sul, por intermédio da Secretaria da Segurança Pública, com interveniência do Instituto Geral de Perícias e dá outras providências.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/720/projeto_de_lei_no_59-2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/720/projeto_de_lei_no_59-2019.pdf</t>
   </si>
   <si>
     <t>Aprova o convênio firmado entre o Município com a superintendência dos serviços penitenciários - Susepe e dá outras providências.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/708/projeto_de_lei_n_60.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/708/projeto_de_lei_n_60.2019.pdf</t>
   </si>
   <si>
     <t>Institui a nota fiscal de serviços eletrônica- NFS-e no âmbito do município de São Francisco de Assis-RS e dá outras providencias.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/709/projeto_de_lei_n_61.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/709/projeto_de_lei_n_61.2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir um credito suplementar no valor de R$ 312.000,00 (trezentos e doze mil reais) para reforço de dotação orçamentaria e dá outras providências.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/710/projeto_de_lei_n_62.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/710/projeto_de_lei_n_62.2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir um crédito suplementar no valor de 59.997,47 (cinquenta e nove mil, novecentos e noventa e sete reais com quarenta e sete centavos) para reforço de dotações orçamentarias.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/711/projeto_de_lei_n_63.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/711/projeto_de_lei_n_63.2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir um crédito suplementar no valor de R$ 878.659,00 ( oitocentos e setenta e oito mil seiscentos e cinquenta e oito reais), para reforço de dotações orçamentarias insuficientes no corrente exercício.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/712/projeto_de_lei_n_64.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/712/projeto_de_lei_n_64.2019.pdf</t>
   </si>
   <si>
     <t>Institui o calendário de eventos municipais para o ano de 2020.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/722/projeto_de_lei_no_66-2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/722/projeto_de_lei_no_66-2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 655/2011, que dispõe sobre politica de atendimento dos direitos da criança e adolescente de São Francisco  de Assis e dá outras providencias.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/314/projeto-de-lei-n-01.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/314/projeto-de-lei-n-01.2018.pdf</t>
   </si>
   <si>
     <t>Limita os dias e horários de funcionamento dos estabelecimentos atacadistas e varejistas.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/310/projeto-de-lei-n-02.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/310/projeto-de-lei-n-02.2018.pdf</t>
   </si>
   <si>
     <t>O referido projeto de lei dispõe sobre as tabelas de vencimentos e salários do pessoal efetivo, dos cargos em comissão e funções gratificadas, do pessoal de obras e magistério do município de São Francisco de Assis.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/311/projeto-de-lei-n-03.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/311/projeto-de-lei-n-03.2018.pdf</t>
   </si>
   <si>
     <t>Aprova o contrato celebrado entre o Município de São Francisco de Assis e a União Federal, por intermédio do Ministério das Cidades, representado pela Caixa Econômica Federal objetivando a execução de pavimentação de rua Garibaldi e Irmão Kaminski.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/312/projeto-de-lei-n-04.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/312/projeto-de-lei-n-04.2018.pdf</t>
   </si>
   <si>
     <t>Que aprova o contrato celebrado entre o Município de São Francisco de Assis e a União Federal, por intermédio do Ministério da Agricultura, Pecuária e Abastecimento, representando pela Caixa Econômica Federal objetivando a aquisição de máquinas e equipamentos agrícolas e rodoviários.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/315/projeto-de-lei-n-05.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/315/projeto-de-lei-n-05.2018.pdf</t>
   </si>
   <si>
     <t>Alteração das leis nº 1074/2017, plano plurianual para o ano de 2018-2021, Lei de Diretrizes Orçamentárias nº 1088/2017 e abre um crédito especial</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/316/projeto-de-lei-n-06.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/316/projeto-de-lei-n-06.2018.pdf</t>
   </si>
   <si>
     <t>Altera as leis nº 1074/2017 -- Plano Plurianual 2018 -- 2021, lei nº 1088/2017 lei de diretrizes orçamentária de 2018 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/313/projeto-de-lei-n-07.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/313/projeto-de-lei-n-07.2018.pdf</t>
   </si>
   <si>
     <t>Altera as leis nº 1074/2017 - Plano Plurianual 2018 - 2021, lei º 1088/2017 lei de diretrizes orçamentária de 2018 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/317/projeto-de-lei-n-08.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/317/projeto-de-lei-n-08.2018.pdf</t>
   </si>
   <si>
     <t>Altera as leis nº 1074/2017 - Plano Plurianual 2018 - 2021, lei nº 1088/2017 lei de diretrizes orçamentária de 2018 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/318/projeto-de-lei-n-09.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/318/projeto-de-lei-n-09.2018.pdf</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/319/projeto-de-lei-n-10.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/319/projeto-de-lei-n-10.2018.pdf</t>
   </si>
   <si>
     <t>Altera as leis nº 1074/2017 - Plano plurianual 2018 - 2021, lei nº 1088/2017 lei de diretrizes orçamentária de 2018 do município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/320/projeto-de-lei-n-11.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/320/projeto-de-lei-n-11.2018.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 598/2010, que estabelece os Cargos de Provimento Efetivo e o Plano de carreira dos servidores da Administração Municipal.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/323/projeto-de-lei-n-13.2018-.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/323/projeto-de-lei-n-13.2018-.pdf</t>
   </si>
   <si>
     <t>Altera a lei nº 55/2003 - Regime jurídico dos servidores municipais e dá outras providências.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/324/projeto-de-lei-n-14.2018-.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/324/projeto-de-lei-n-14.2018-.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 655/2011 que Dispõe sobre a Política de Atendimento dos Direitos da Criança e do Adolescente no Município, e dá outras providências.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/325/projeto-de-lei-n-15.2018-.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/325/projeto-de-lei-n-15.2018-.pdf</t>
   </si>
   <si>
     <t>Altera as leis nº 1074/2017 - Plano Plurianual 2018 - 2021, lei nº 1088/2017 Lei de Diretrizes Orçamentária de 2018 do Município de São Francisco de Assis e abre crédito especial.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/326/projeto-de-lei-16.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/326/projeto-de-lei-16.2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal prorrogar o contrato de uma monitora de creche na área da educação.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/330/projeto-de-lei-17.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/330/projeto-de-lei-17.2018.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 116/2005 que estabele o Piano de Carreira do Magistério Público do Município, institui o respectivo quadro de cargos e dá outras providências.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/331/projeto-de-lei-18.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/331/projeto-de-lei-18.2018.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº 074/2017, Plano Plurianual no anexo das prioritárias para o ano de 2018-2021, Lei de Diretrizes Orçamentárias nº 1088/2017 e abre crédito especial.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/327/projeto-de-lei-19.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/327/projeto-de-lei-19.2018.pdf</t>
   </si>
   <si>
     <t>Institui o programa municipal de desenvolvimento da cadeia produtiva da atividade de piscicultura no município de São Francisco de Assis e da outras providências.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/336/projeto_de_lei_no_20.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/336/projeto_de_lei_no_20.2018.pdf</t>
   </si>
   <si>
     <t>Autorizo o Poder Executivo a permitir o uso de imóvel rural para instalação da sede da Associação Comunitária dos Moradores do Cinamomo, e dá outras providências.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/337/projeto_de_lei_no_22.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/337/projeto_de_lei_no_22.2018.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº 1074/2017, Plano Plurianual no anexo das metas prioritárias para o ano de 2018 - 2021, Lei de Diretrizes Orçamentárias nº 1088/2017 e abre um crédito especial.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/332/projeto-de-lei-n-23.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/332/projeto-de-lei-n-23.2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder público municipal a contratar profissional para atender na área da educação.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/333/projeto-de-lei-n-24.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/333/projeto-de-lei-n-24.2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Público Municipal a Contratar Profissionais para atender na área da Educação.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/341/projeto_de_lei_no_26.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/341/projeto_de_lei_no_26.2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder espaço para instalação Depósito Judicial e Extrajudicial e dá outras providências.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>Altera a lei n°598/2010, que estabelece os cargos de Provimento efetivo e plano de carreira dos servidores da Administração Municipal.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/343/projeto_de_lei_no_28.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/343/projeto_de_lei_no_28.2018.pdf</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/344/projeto_de_lei_no_30.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/344/projeto_de_lei_no_30.2018.pdf</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/345/projeto_de_lei_no_31.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/345/projeto_de_lei_no_31.2018.pdf</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/346/projeto_de_lei_no_32.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/346/projeto_de_lei_no_32.2018.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº 1074/2017, PPA no anexo das metas prioritárias para o ano de 2018-2020, LDO nº 1088/2017 e abre um credito especial.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/340/projeto_de_lei_no_23.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/340/projeto_de_lei_no_23.2018.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 598/2010, que estabelece os cargos de Provimento Efetivo e o Plano de Carreira dos Servidores da Administração Municipal.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/389/projeto_de_lei_n_34.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/389/projeto_de_lei_n_34.2018.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Premiação a consumidores, mediante a utilização da Plataforma Nota Fiscal Gaúcha do Estado do Rio Grande do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/349/projeto_de_lei__n_35.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/349/projeto_de_lei__n_35.2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder público Municipal a recontratar profissionais para atender na área de saúde.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/351/projeto_de_lei__n_36.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/351/projeto_de_lei__n_36.2018.pdf</t>
   </si>
   <si>
     <t>Ao Cumprimenta-lo cordialmente, venho por meio deste encaminhar o projeto de lei N°36/2018, que altera as leis n°1074/2017, plano plurianual no anexo das metas prioritárias para o ano de 2018-2021, lei de diretrizes orçamentais n° 1088/2017 e abre o credito especial.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/352/projeto_de_lei__n_37.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/352/projeto_de_lei__n_37.2018.pdf</t>
   </si>
   <si>
     <t>Ao Cumprimenta-lo cordialmente venho por meio deste encaminhar o projeto de lei n°37/2018, que institui o Programa Municipal Fiscal do Município de São francisco de Assis</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/353/projeto_de_lei_n39.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/353/projeto_de_lei_n39.2018.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 942/2015 que dispõe sobre o pagamento aos servidores municipais de ajuda de custo e dá outras providências.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/355/projeto_de_lei_n40.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/355/projeto_de_lei_n40.2018.pdf</t>
   </si>
   <si>
     <t>O referido projeto de lei trata da contratação emergencial de um profissional da área de historia daqueles aprovados no processo seletivo simplificado n°01/2018</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/356/projeto_de_lei_n41.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/356/projeto_de_lei_n41.2018.pdf</t>
   </si>
   <si>
     <t>Pelo presente, remeto para o exame desta casa legislativa o projeto de lei n°41/2018 que autoriza o poder público municipal a contratar profissional para atender na área de educação</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/357/projeto_de_lei_n43.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/357/projeto_de_lei_n43.2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder publico municipal a contratar profissionais para atender na área da educação</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/354/projeto_de_lei__n_44.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/354/projeto_de_lei__n_44.2018.pdf</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/358/projeto_de_lei_n45.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/358/projeto_de_lei_n45.2018.pdf</t>
   </si>
   <si>
     <t>O Projeto trata sobre a contratação emergencial de dois operadores de trator agrícola para atender as demandas da secretária Municipal de Agricultura</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/359/projeto_de_lei_n46.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/359/projeto_de_lei_n46.2018.pdf</t>
   </si>
   <si>
     <t>Pelo presente, remeto para o exame desta casa Legislativa o projeto  n°46/2018, que autoriza o poder publico a doar dois terrenos urbanos e dá outras Providencias</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/390/projeto_de_lei_n_50.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/390/projeto_de_lei_n_50.2018.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n° 1074/2017, Plano Plurianual no anexo das metas prioritárias para o ano de 2018-2021, Lei de Diretrizes Orçamentárias n° 1088/2017 e abre um crédito especial.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/360/projeto_de_lei_n51.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/360/projeto_de_lei_n51.2018.pdf</t>
   </si>
   <si>
     <t>O referido projeto de lei trata da contratação emergencial de três monitores de creche daqueles aprovados no processo seletivo simplificado n°01/2018, a fim de suprir deficit no quadro de pessoal da Educação.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/391/projeto_de_lei_n_52.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/391/projeto_de_lei_n_52.2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a repassar auxilio financeiro ao Grupo Amor Exigente de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/361/projeto_de_lei_no53_de_2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/361/projeto_de_lei_no53_de_2018.pdf</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/364/projeto_de_lei_no59.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/364/projeto_de_lei_no59.2018.pdf</t>
   </si>
   <si>
     <t>Altera a lei nº 598/2010, que estabelece os cargos de provimento efetivo e o plano de carreira dos servidores da administraçao municipal.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/392/projeto_de_lei_n_56.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/392/projeto_de_lei_n_56.2018.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n° 1074/2017, Plano Plurianual no anexo das metas prioritárias para o ano de 2018-2021, Lei de Diretrizes Orçamentarias n° 1088/2017 e abre um crédito especial.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/393/projeto_de_lei_n_57.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/393/projeto_de_lei_n_57.2018.pdf</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/394/projeto_de_lei_n_58.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/394/projeto_de_lei_n_58.2018.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n° 1074/2017, Plano Plurianual no anexo das metas prioritárias para o ano de 2018-2021, Lei de Diretrizes Orçamentarias n°1088/2017 e abre um crédito especial.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/365/projeto_de_lei_no59.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/365/projeto_de_lei_no59.2018.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 598/2010, que estabelece os Cargos de Provimento Efetivo e o Plano de Carreira dos Servidores da Administração Municipal.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/366/projeto_de_lei_no60.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/366/projeto_de_lei_no60.2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso de imóvel público para instalação da sede da Associação de Catadores Recicladores Assisense - ACRA e dá outras providências.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/369/projeto_de_lei_no_61_de_2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/369/projeto_de_lei_no_61_de_2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a aditivar convênio com a EMATER/RS e ASCAR e dá outras providências.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/371/projeto_de_lei_no_62-2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/371/projeto_de_lei_no_62-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal a contratar profissionais para atender na área da educação.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/372/projeto_de_lei_no_63_de_2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/372/projeto_de_lei_no_63_de_2018.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº 1074/2017, Plano Plurianual no anexo das metas prioritárias para o ano de 2018-2020, Lei de Diretrizes Orçamentárias nº 1088/2017 e abre um crédito especial.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/375/projeto_de_lei_no_64_de_2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/375/projeto_de_lei_no_64_de_2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a alterar o valor do repasse referente ao convênio com o hospital Santo Antonio - Programa SAMU.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/376/projeto_de_lei_n_65_de_2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/376/projeto_de_lei_n_65_de_2018.pdf</t>
   </si>
   <si>
     <t>Institui incentivo financeiro aos servidores públicos municipais integrantes da turma volante do município de São Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/377/projeto_de_lei_no_67_de_2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/377/projeto_de_lei_no_67_de_2018.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº 1074/2017, Plano Plurianual no anexo das metas prioritárias para o ano de 2018-2021, Lei de Diretrizes Orçamentárias nº 1088/2017 e abre um crédito especial.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/378/projeto_de_lei_no_68_de_2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/378/projeto_de_lei_no_68_de_2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias do Município de São Francisco de Assis - RS para o exercício financeiro de 2019.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/381/projeo_de_lei_n_69.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/381/projeo_de_lei_n_69.2018.pdf</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/374/projeto_de_lei_no_70.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/374/projeto_de_lei_no_70.2018.pdf</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/379/projeto_de_lei_no_71.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/379/projeto_de_lei_no_71.2018.pdf</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/382/projeo_de_lei_n_72.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/382/projeo_de_lei_n_72.2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a alterar a Lei 86/2002 - Código Tributário Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/380/projeto_de_lei_no_73-2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/380/projeto_de_lei_no_73-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar um terreno urbano e dá outras providências.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/400/projeto_de_lei_n_74.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/400/projeto_de_lei_n_74.2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a implantar o Programa Bom Pagador.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/387/projeto_de_lei_n_75.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/387/projeto_de_lei_n_75.2018.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 1074/2017 - Plano Plurianual do Município de São Francisco de Assis de 2018 à 2021 e Lei n° 1075/2018, das Diretrizes Orçamentárias de 2019.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/395/projeto_de_lei_n_76.2018_loa.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/395/projeto_de_lei_n_76.2018_loa.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do município de São Francisco de Assis -RS para o exercício financeiro de 2019.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/388/projeto_de_lei_n_77.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/388/projeto_de_lei_n_77.2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo desafetar imóvel público e permutar imóvel do Município por outro de propriedade de Joel Resta Nicola e Pamela Olim Nicola, e dá outras providências.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/383/projeo_de_lei_n_78.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/383/projeo_de_lei_n_78.2018.pdf</t>
   </si>
   <si>
     <t>Concede em permissão de uso gratuito área pública para a cooperativa de crédito de livre admissão de associados Vale do Jaguari - Sicredi Vale do Jaguari, para fins que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/396/projeto_de_lei_n_79.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/396/projeto_de_lei_n_79.2018.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 1074/2017 - Plano Plurianual do município de São Francisco de Assis de 2018 a 2021 e Lei n° 1088/2017 Diretrizes Orçamentárias para o ano de 2018.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/397/projeto_de_lei_n_80.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/397/projeto_de_lei_n_80.2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar permissão de uso de imóvel público urbano destinado a moradia.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/399/projeto_de_lei_n_81.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/399/projeto_de_lei_n_81.2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a realizar a cessão para multiuso do paramento da Barragem do Itú à empresa EngService Empreendimentos de Engenharia, inscrita no CNPJ n° 04.951.007/001-40.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/398/projeto_de_lei_n_82.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/398/projeto_de_lei_n_82.2018.pdf</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/402/projeto_de_lei_n_83.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/402/projeto_de_lei_n_83.2018.pdf</t>
   </si>
   <si>
     <t>Denomina de Jair Lançanova (In Memoriam) a Praça de Brinquedos da Associação Getúlio Vargas.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/403/projeto_de_lei_n_85.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/403/projeto_de_lei_n_85.2018.pdf</t>
   </si>
   <si>
     <t>Concede permissão de uso de espaço público para a Cooperativa de Crédito de Livre Admissão de Associados Vale do Jaguari - SICREDI Vale do Jaguari, para fins que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/404/projeto_de_lei_n_86.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/404/projeto_de_lei_n_86.2018.pdf</t>
   </si>
   <si>
     <t>Institui o Calendário de Eventos Municipais para o ano de 2019.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/12/projeto-de-lei-n-01.2017-executivo-municpal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/12/projeto-de-lei-n-01.2017-executivo-municpal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as tabelas d vencimentos e salários dos funcionários de São Francisco de Assis.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/13/projeto_de_lei_no_02.2017.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/13/projeto_de_lei_no_02.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o município a firmar termo de parcelamento e de confissão de débito com o ASSISPREV.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/14/projeto-de-lei-n-03.2017-executivo-municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/14/projeto-de-lei-n-03.2017-executivo-municipal.pdf</t>
   </si>
   <si>
     <t>Extingue os cargos de Subprefeitos, altera a Lei 762/2013.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/15/projeto_de_lei_no_04-2017.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/15/projeto_de_lei_no_04-2017.pdf</t>
   </si>
   <si>
     <t>Outorga escritura pública.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/16/projeto-de-lei-n-05.2017-executivo-municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/16/projeto-de-lei-n-05.2017-executivo-municipal.pdf</t>
   </si>
   <si>
     <t>Repassa auxílio financeiro aos estudantes de Santiago.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/17/projeto-de-lei-n-06.2017-executivo-municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/17/projeto-de-lei-n-06.2017-executivo-municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza contratar profissionais para área da Saúde.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/18/projeto-de-lei-n-07.2017-executivo-municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/18/projeto-de-lei-n-07.2017-executivo-municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza contratar profissionais para área da Educação.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/19/projeto-de-lei-n-08.2017-executivo-municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/19/projeto-de-lei-n-08.2017-executivo-municipal.pdf</t>
   </si>
   <si>
     <t>Altera o Regime Jurídico Único, Lei 55 de 2003.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/20/projeto-de-lei-n-09.2017-executivo-municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/20/projeto-de-lei-n-09.2017-executivo-municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o objetivo do CRAS  e concede gratificação ao Diretor.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/21/projeto-de-lei-n-10.2017-executivo-municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/21/projeto-de-lei-n-10.2017-executivo-municipal.pdf</t>
   </si>
   <si>
     <t>Concede gratificação ao Diretor do CACA.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/22/projeto-de-lei-n-11.2017-executivo-municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/22/projeto-de-lei-n-11.2017-executivo-municipal.pdf</t>
   </si>
   <si>
     <t>Concede gratificação ao Coordenador do CREAS.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/23/projeto-de-lei-n-12.2017-executivo-municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/23/projeto-de-lei-n-12.2017-executivo-municipal.pdf</t>
   </si>
   <si>
     <t>Celebra convênio com o município de Manoel Viana.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/24/projeto-de-lei-n-13.2017-executivo-municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/24/projeto-de-lei-n-13.2017-executivo-municipal.pdf</t>
   </si>
   <si>
     <t>Permite uso de imóvel rural pela Associação do Potreiro do Toroquá.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/25/projeto-de-lei-n-14.2017-executivo-municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/25/projeto-de-lei-n-14.2017-executivo-municipal.pdf</t>
   </si>
   <si>
     <t>Celebra convênio com o município de Nova Esperança do Sul.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/26/projeto-de-lei-n-15.2017-executivo-municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/26/projeto-de-lei-n-15.2017-executivo-municipal.pdf</t>
   </si>
   <si>
     <t>Convênio programa SAMU.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/27/projeto-de-lei-n-16.2017-executivo-municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/27/projeto-de-lei-n-16.2017-executivo-municipal.pdf</t>
   </si>
   <si>
     <t>Celebra convênio com o município de Cacequi.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/28/projeto-de-lei-n-17.2017-executivo-municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/28/projeto-de-lei-n-17.2017-executivo-municipal.pdf</t>
   </si>
   <si>
     <t>Celebra Convênio com a rádio Sentinela Pampeana.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/29/projeto-de-lei-n-18.2017-executivo-municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/29/projeto-de-lei-n-18.2017-executivo-municipal.pdf</t>
   </si>
   <si>
     <t>Institui o SIM/POA Serviço de Inspeção Municipal em produtos de origem animal.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/30/projeto-de-lei-n-19.2017-executivo-municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/30/projeto-de-lei-n-19.2017-executivo-municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza Contratação de profissionais para Educação.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/31/projeto-de-lei-n-20.2017-executivo-municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/31/projeto-de-lei-n-20.2017-executivo-municipal.pdf</t>
   </si>
   <si>
     <t>Altera o Calendário de Eventos, a Lei 1037/2016.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/32/projeto-de-lei-n-21.2017-executivo-municipal_z3MGmX0.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/32/projeto-de-lei-n-21.2017-executivo-municipal_z3MGmX0.pdf</t>
   </si>
   <si>
     <t>Auxílio Financeiro ao CANIL.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/33/projeto-de-lei-n-22.2017-executivo-municipal_EdlZI4r.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/33/projeto-de-lei-n-22.2017-executivo-municipal_EdlZI4r.pdf</t>
   </si>
   <si>
     <t>Concessão de uso da área da Pedreira na RS 241.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/34/projeto-de-lei-n-23.2017-executivo-municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/34/projeto-de-lei-n-23.2017-executivo-municipal.pdf</t>
   </si>
   <si>
     <t>Celebra convênio com o hospital para manutenção do programa SAMU.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/35/projeto-de-lei-n-24.2017-executivo-municipal_JQvjRrx.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/35/projeto-de-lei-n-24.2017-executivo-municipal_JQvjRrx.pdf</t>
   </si>
   <si>
     <t>Institui plantão médico no Hospital Santo Antônio.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/36/projeto-de-lei-n-25.2017-executivo-municipal_9ZyOfNN.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/36/projeto-de-lei-n-25.2017-executivo-municipal_9ZyOfNN.pdf</t>
   </si>
   <si>
     <t>Altera a composição do COMDICA, Lei 655/2011</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/37/projeto-de-lei-n-26.2017-executivo-municipal_bB41cnT.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/37/projeto-de-lei-n-26.2017-executivo-municipal_bB41cnT.pdf</t>
   </si>
   <si>
     <t>Autoriza contratação de professores de História e Geografia.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/38/projeto-de-lei-n-27.2017-executivo-municipal_VGAiUqU.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/38/projeto-de-lei-n-27.2017-executivo-municipal_VGAiUqU.pdf</t>
   </si>
   <si>
     <t>Altera o PPA e a LDO, projeto Mexa-se.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/39/projeto-de-lei-n-29.2017-executivo-municipal_KZGa5Yw.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/39/projeto-de-lei-n-29.2017-executivo-municipal_KZGa5Yw.pdf</t>
   </si>
   <si>
     <t>Autoriza permuta de imóvel público com o senhor Antonio Carlos Miranda, para construção de Estação de Tratamento de Esgoto.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/40/projeto-de-lei-n-30.2017-executivo-municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/40/projeto-de-lei-n-30.2017-executivo-municipal.pdf</t>
   </si>
   <si>
     <t>Plano Plurianual 2018/2021</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/65/projeto-de-lei-n-31.2017.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/65/projeto-de-lei-n-31.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza uso de imóvel para instalação da Associação de Moradores da Boa Vista e arredores.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/41/projeto-de-lei-n-32.2017-executivo-municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/41/projeto-de-lei-n-32.2017-executivo-municipal.pdf</t>
   </si>
   <si>
     <t>Programa de recuperação fiscal.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/66/projeto-de-lei-n-33.2017.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/66/projeto-de-lei-n-33.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza uso de imóvel para a Associação de Moradores do Pinheiro Bonito e Rincão dos Vieiros.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/120/projeto-de-lei-n-35.2017.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/120/projeto-de-lei-n-35.2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aplicação de limite remuneratório constitucional no âmbito da Administração Pública.</t>
   </si>
   <si>
     <t>Autoriza contratação de professores.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/92/projeto-de-lei-n-38.2017.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/92/projeto-de-lei-n-38.2017.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 86/2002 – Código Tributário Municipal – e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/93/projeto-de-lei-n-39.2017.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/93/projeto-de-lei-n-39.2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa de Infraestrutura Rural, chamado Patrulha Agrícola, da cobrança dos custos e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/98/projeto-de-lei-n-40.2017-executivo-municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/98/projeto-de-lei-n-40.2017-executivo-municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo, através das Secretarias da Fazenda e Indústria e Comércio, a instituir o Programa de Estímulo à Expedição de Notas Fiscais, estabelece premiação e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/94/projeto-de-lei-n-41.2017.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/94/projeto-de-lei-n-41.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a contratar profissionais para atender na área da educação.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/96/projeto-de-lei-n-43.2017.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/96/projeto-de-lei-n-43.2017.pdf</t>
   </si>
   <si>
     <t>Aprova o termo de confissão de dívida e acordo de parcelamento celebrado entre o Município e a RGE Sul.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/124/projeto-de-lei-n-44.2017.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/124/projeto-de-lei-n-44.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o executivo a permitir o uso de imóvel urbano para a instalção da sede da associação comunitária do Bairro Assis Brasil.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/99/projeto-de-lei-n-45.2017.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/99/projeto-de-lei-n-45.2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reparcelamento de débitos do Município de São Francisco de Assis com seu Regime Próprio de Previdência Social-RPPS.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/101/ldo.2018.parte-i.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/101/ldo.2018.parte-i.pdf</t>
   </si>
   <si>
     <t>Trata da LDO - Lei de Diretrizes Orçamentárias do Município de São Francisco de Assis para o exercício financeiro de 2018</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/103/projeto-de-lei-n-48.2017.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/103/projeto-de-lei-n-48.2017.pdf</t>
   </si>
   <si>
     <t>Reedita normas para regularização terrenos urbanos no município.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/100/projeto-de-lei-n-49.2017.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/100/projeto-de-lei-n-49.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder  Executivo a alterar a Lei Municipal nº 86/2002-Código Tributário Municipal.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/130/projeto-de-lei-n-50.2017.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/130/projeto-de-lei-n-50.2017.pdf</t>
   </si>
   <si>
     <t>Pelo presente venho por meio deste encaminhar o projeto de Lei nº 50/2017, que autoriza o Poder Executivo a alterar a Lei Municipal nº 86/2002- Código Tributário Municipal.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/131/projeto-de-lei-n-51.2017-.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/131/projeto-de-lei-n-51.2017-.pdf</t>
   </si>
   <si>
     <t>Pelo presente venho por meio deste encaminhar o projeto de Lei nº 51/2017, que autoriza o Poder Executivo a alterar a Lei Municipal a revogar a Lei 978/2015.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/132/projeto-de-lei-n-52.2017.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/132/projeto-de-lei-n-52.2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reorganização do conselho municipal de desenvolvimento rural e da outras providênicas.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/134/projeto-de-lei-n-53.2017.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/134/projeto-de-lei-n-53.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a regularizar as confrontações e medições do terreno urbano doado ao Parque Esportivo Assisense.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/133/projeto-de-lei-n-54.2017.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/133/projeto-de-lei-n-54.2017.pdf</t>
   </si>
   <si>
     <t>O projeto de Lei nº 54/2017, altera a Lei nº 54/1993, que estabelece relação direta de Diretor e Vice-Diretor das Escolas Municipais e dá outras providências.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/302/projeto-de-lei-n-55.2017.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/302/projeto-de-lei-n-55.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar permissão de uso de imóvel público urbano.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/299/projeto-de-lei-n-57.2017.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/299/projeto-de-lei-n-57.2017.pdf</t>
   </si>
   <si>
     <t>Abre um crédito especial no valor de R$ 7179.27(sete mil cento e setenta e nove reais com vinte e sete centavos), para custear despesas não previstas no orçamento.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/300/projeto-de-lei-n-58.2017.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/300/projeto-de-lei-n-58.2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as tabelas de vencimentos e salários do pessal efetivo, dos cargos em comissão e funções gratificadas, do pessoal de obras e magistério do município de São Francisco de Assis, com uma revisão geral anual de 2%(dois por cento).</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/304/projeto-de-lei-n-59-2017.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/304/projeto-de-lei-n-59-2017.pdf</t>
   </si>
   <si>
     <t>Regulamenta a concessão de gratificação ao responsável técnico pelo laboratório municipal de entomologia.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/303/projeto-de-lei-n-60-2017-do-executivo-municipal.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/303/projeto-de-lei-n-60-2017-do-executivo-municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar alteração na Lei municipal 1062/2017 e dá outras providências.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/307/projeto-de-lei-n-61-2017.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/307/projeto-de-lei-n-61-2017.pdf</t>
   </si>
   <si>
     <t>Institui o calendário de eventos municipais para o ano de 2018.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/308/projeto-de-lei-n-62.2017.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/308/projeto-de-lei-n-62.2017.pdf</t>
   </si>
   <si>
     <t>Cria multa pelo não atendimento no item 3, da tabela XI da Lei 86/2002 - código tributário municipal e dá outras providências.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/309/projeto-de-lei-n-64.2017.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/309/projeto-de-lei-n-64.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a repassar o auxilio financeiro e/ou empréstimo de veículo e motorista a associação assisense dos acadêmicos de Alegrete e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -6223,67 +6223,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3715/projeto_de_lei_n_001.2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3716/projeto_de_lei_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3717/projeto_de_lei_n_003.2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3719/projeto_de_lei_no04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3723/projeto_de_lei_no05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3721/projeto_de_lei_n_16.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3722/projeto_de_lei_no07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3724/projeto_de_lei_no_08.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3725/projeto_de_lei_no_09.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3735/projeto_de_lei_no10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3736/projeto_de_lei_no14-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3740/projeto_de_lei_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3741/projeto_de_lei_no16-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3758/projeto_de_lei_n_17-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4011/projeto_de_lei_no18-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3760/projeto_de_lei_substitutivo_n19-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3761/projeto_de_lei_n20-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3762/projeto_de_lei_substitutivo_n21-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3763/projeto_de_lei_substitutivo_n22-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3759/projeto_de_lei_n_23-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3745/projeto_de_lei_no24-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3746/projeto_de_lei_no25-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3750/projeto_de_lei_no26-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3778/projeto_de_lei_n_27-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3801/projeto_de_lei_no28-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3802/projeto_de_lei_no29-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3803/projeto_de_lei_no30-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3804/projeto_de_lei_n31-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3824/projeto_de_lei_no32-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3836/projeto_de_lei_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3859/projeto_de_lei_no34-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3860/projeto_de_lei_no35-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3861/projeto_de_lei_no36-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3862/projeto_de_lei_no37-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3858/projeto_de_lei_n38-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3857/projeto_de_lei_n39-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3855/projeto_de_lei_n40-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3856/projeto_de_lei_n41-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3916/projeto_de_lei_no42-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3955/projeto_de_lei_n43-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3966/projeto_de_lei_n44-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4013/projeto_de_lei_no45-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3968/projeto_de_lei_n47-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3969/projeto_de_lei_n48-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3972/projeto_de_lei_n49-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3973/projeto_de_lei_no50-2025_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4083/projeto_de_lei_no51-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4085/projeto_de_lei_no52-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4016/projeto_de_lei_no53-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4084/projeto_de_lei_no54-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4133/projeto_de_lei_n55-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4037/projeto_de_lei_n_56-2025_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4054/projeto_de_lei_n57-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4164/projeto_de_lei_no58-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4061/projeto_de_lei_no59-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4065/projeto_de_lei_n60-2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4069/projeto_de_lei_n61-2025_exec._municipal.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4070/projeto_de_lei_n62-2025_exec._municipal.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4074/projeto_de_lei_n63-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4073/projeto_de_lei_n64-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4090/projeto_de_lei_no65-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4091/projeto_de_lei_no66-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4093/projeto_de_lei_no67-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4092/projeto_de_lei_no68-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4103/projeto_de_lei_n69-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4119/projeto_de_lei_no70-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4120/substitutivo_do_projeto_de_lei_no_71.2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4112/projeto_de_lei_no72-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4126/projeto_de_lei_no73-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4122/projeto_de_lei_no74-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4123/projeto_de_lei_no75-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4124/projeto_de_lei_no76-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4125/projeto_de_lei_no77-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4121/projeto_de_lei_no78-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4156/projeto_de_lei_n80-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4134/projeto_de_lei_n81-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4135/projeto_de_lei_n82-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4136/projeto_de_lei_no83-2025_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4143/projeto_de_lei_no85-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4146/projeto_de_lei_n86-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4173/projeto_de_lei_n_87-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4154/projeto_de_lei_n88-2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4157/projeto_de_lei_n_89-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4165/projeto_de_lei_no90-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4174/projeto_de_lei_n91-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4175/substitutivo_projeto_de_lei_n_92-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4183/projeto_de_lei_n93-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4196/projeto_de_lei_n_94.2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4208/projeto_de_lei_n_95-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4261/projeto_de_lei_n96-2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4258/projeto_de_lei_n97-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4259/projeto_de_lei_n98-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4288/projeto_de_lei_n099.2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4265/projeto_de_lei_n_100-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4280/projeto_de_lei_n101-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4294/projeto_de_lei_n_102.2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4292/projeto_de_lei_n_103.2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4293/projeto_de_lei_n_104.2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4310/projeto_de_lei_n105-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4311/projeto_de_lei_n106-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4317/substitutivo_ao_projeto_de_lei_n107-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4327/projeto_de_lei_n108-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4380/projeto_de_lei_n109-2025_do_exe._municipal.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4384/projeto_de_lei_n110-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4381/projeto_de_lei_n111-2025_do_exec._municipal.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4494/projeto_de_lei_n_112-2025_exec._municipal.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4439/projeto_de_lei_n113-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4463/projeto_de_lei_n114-2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4464/projeto_de_lei_n115-2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4581/projeto_de_lei_n117-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4470/projeto_de_lei_n118-2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4546/projeto_de_lei_n119-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4572/projeto_de_lei_n120-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4573/projeto_de_lei_n121-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4574/projeto_de_lei_n122-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4598/projeto_de_lei_n123-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4593/projeto_de_lei_124-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4600/projeto_de_lei_n_125-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4609/projeto_de_lei_n126-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4804/projeto_de_lei_n127-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4818/projeto_de_lei_n129-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3105/projeto_de_lei_no01_-_2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3106/projeto_de_lei_no02_-_2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3107/projeto_de_lei_no03_-_2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3108/projeto_de_lei_no04_-_2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3109/projeto_de_lei_no05_-_2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3115/projeto_de_lei_n_06-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3119/projeto_de_lei_no_07.2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3120/projeto_de_lei_no_08.2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3121/projeto_de_lei_no_09.2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3123/projeto_de_lei_no10-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3135/projeto_de_lei_n_11-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3136/projeto_de_lei_n_12-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3146/projeto_de_lei_no13-2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3144/projeto_de_lei_n14-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3145/projeto_de_lei_no15-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3150/projeto_de_lei_n_16-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3151/projeto_de_lei_n_17-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3177/projeto_de_lei_no18-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3187/projeto_de_lei_n_19-2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3196/projeto_de_lei_n20-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3216/projeto_de_lei_no21-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3217/projeto_de_lei_no22-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3219/projeto_de_lei_no23-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3220/projeto_de_lei_no_24-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3221/projeto_de_lei_n25-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3238/projeto_de_lei_no26-2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3269/projeto_de_lei_n27-2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3283/projeto_de_lei_n28-2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3302/projeto_de_lei_n29-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3301/projeto_de_lei_n30-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3303/projeto_de_lei_n_31-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3326/projeto_de_lei_no32-2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3327/projeto_de_lei_no33-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3328/projeto_delei_n34-2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3329/projeto_de_lei_n35-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3330/projeto_de_lei_n36-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3354/projeto_de_lei_no_37.2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3370/projeto_de_lei_n_39-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3371/projeto_de_lei_n_40-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3373/projeto_de_lei_n41-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3382/projeto_de_lei_n_42-2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3427/projeto_de_lei_n43-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3429/projeto_de_lei_n44-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3431/projeto_de_lei_no45-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3443/projeto_de_lei_n46-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3444/projeto_de_lei_n47-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3445/projeto_de_lei_n48-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3446/projeto_de_lei_n49-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3454/projeto_de_lei_n50-2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3467/projeto_de_lei_no51-2024_ldo.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3469/pl_no52-2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3468/pl_no53-2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3505/projeto_de_lei_no54-2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3543/projeto_de_lei_n_55.2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3544/projeto_de_lei_n_56.2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3559/projeto_de_lei_n57-2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3562/projeto_de_lei_n58-2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3564/projeto_de_lei_n_59.2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3668/projeto_de_lei_no61-2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3692/projeto_de_lei_n_62.2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3669/projeto_de_lei_no63-2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2426/projeto_de_lei_n_01-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2427/projeto_de_lei_n_02-2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2428/projeto_de_lei_no_03-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2429/projeto_de_lei_n_04-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2430/projeto_de_lei_n_05-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2431/projeto_de_lei_n_06-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2432/projeto_de_lei_n_07-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2433/projeto_de_lei_n_08-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2434/projeto_de_lei_no_09.2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2445/projeto_de_lei_no_10.2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2447/projeto_de_lei_n11-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2461/projeto_de_lei_n12-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2490/projeto_de_lei_n13-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2518/projeto_de_lei_n14-2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2536/projeto_de_lei_n15-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2549/projeto_de_lei_no_17-2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2575/projeto_de_lei_n18-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2577/projeto_de_lei_n_19-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2574/projeto_de_lei_no_20-2023_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2578/projeto_de_lei_n_21-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2579/projeto_de_lei_n_22-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2600/projeto_de_lei_n23-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2584/projeto_de_lei_n24-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2624/projeto_de_lei_n26-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2625/projeto_de_lei_n27-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2635/projeto_de_lei_n28-2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2636/projeto_de_lei_n29-2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2637/projeto_de_lei_n30-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2661/projeto_de_lei_n_32-2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2662/projeto_de_lei_n_33-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2663/projeto_de_lei_n34-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2671/projeto_de_lei_n35-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2672/projeto_de_lei_no36-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2673/projeto_de_lei_no37-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2674/projeto_de_lei_no38-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2675/projeto_de_lei_no39-2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2683/projeto_de_lei_no40-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2684/projeto_de_lei_no_41-2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2707/projeto_de_lei_no_42-2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2708/projeto_de_lei_no_43-2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2719/projeto_de_lei_no_44-2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2720/projeto_de_no_lei_45-2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2727/projeto_de_lei_n_46-2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2740/projeto_de_lei_n47-2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2741/projeto_de_lei_no_48-2023_lei_de_diretizes_orcamentarias_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2742/projeto_de_lei_n49-2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2762/projeto_de_lei_n_51-2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2769/projeto_de_lei_no53-2023.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2775/projeto_de_lei_n54-2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2785/projeto_de_lei_no55-2023.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2786/projeto_de_lei_no56-2023.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2791/projeto_de_lei_no57-2023.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2792/projeto_de_lei_n_58-2023.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2798/projeto_de_lei_n_59-2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2799/projeto_de_lei_n_60-2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2800/projeto_de_lei_n_61-2023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2803/projeto_de_lei_no_62.2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2824/projeto_de_lei_no_63.2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2840/projeto_de_lei_n_64-2023.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2839/projeto_de_lei_n_65.2023.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2856/projeto_de_lei_n_66-2023.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2857/projeto_de_lei_67-2023.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2858/projeto_de_lei_n_68-2023.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2872/projeto_de_lei_n69-2023.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3090/projeto_de_lei_n_71.2023.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3093/projeto_de_lei_n_72.2023.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1682/projeto_de_lei_n_01-2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1684/projeto_de_lei_n_03-2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1685/projeto_de_lei_n_05-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1686/projeto_de_lei_n_06-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1687/projeto_de_lei_n_07-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1688/projeto_de_lei_n_08-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1693/projeto_de_lei_no_09.2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1694/projeto_de_lei_no_10.2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1695/projeto_de_lei_no_11.2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1696/projeto_de_lei_no_12.2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1697/projeto_de_lei_no_13.2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1698/projeto_de_lei_n_14-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1699/projeto_de_lei_n_15-2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1700/projeto_de_lei_n_16-2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1701/projeto_de_lei_n_17-2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1702/projeto_de_lei_n_18-2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1721/projeto_de_lei_n_20-2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1722/projeto_de_lei_n_21-2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1885/projeto_de_lei_n_22-2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1724/projeto_de_lei_n_24-2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1725/projeto_de_lei_n_25-2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1726/projeto_de_lei_n_26-2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1727/projeto_de_lei_n_27-2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1728/projeto_de_lei_n_28-2022.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1733/projeto_de_lei_n_29-2022.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1729/projeto_de_lei_n_30-2022.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1730/projeto_de_lei_n_31-2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1731/projeto_de_lei_n_32-2022.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1732/projeto_de_lei_n_33-2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1747/projeto_de_lei_n_34-2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1748/projeto_de_lei_n_35-2022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1749/projeto_de_lei_n_36-2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1807/projeto_de_lei_n_37-2022.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1776/projeto_de_lei_n_38-2022.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1790/projeto_n39-2022.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1791/projeto_de_lei_n_40-2022.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1792/projeto_de_lei_n_41-2022.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1808/projeto_de_lei_n_42-2022.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1811/projeto_de_lei_n_43-2022.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1826/projeto_de_lei_no_44-2022.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1827/projeto_de_lei_no_45-2022.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1868/projeto_de_lei_n51-2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1881/projeto_de_lei_n_52-2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1882/projeto_de_lei_n_53-2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1883/projeto_de_lei_n_54-2022.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1884/projeto_de_lei_n_55-2022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1914/projeto_de_lei_executivo_56-2022.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1938/projeto_de_lei_n_57-2022.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1916/projeto_de_lei_n58-2022.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1935/projeto_de_lei_n_59-2022.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1936/projeto_de_lei_n_60-2022.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1937/projeto_de_lei_n_61-2022.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1968/projeto_de_lei_n_62-2022.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1952/projeto_de_lei_n63-2022.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1953/projeto_de_lei_n64-2022.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1970/projeto_de_lei_n65-2022.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1992/projeto_de_lei_n_66-2022.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2005/projeto_de_lei_n_67-2022.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2006/projeto_de_lei_n_68-2022.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2007/projeto_de_lei_69-2022.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2008/projeto_de_lei_n_70-2022.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2009/projeto_de_lei_n_71-2022.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2010/projeto_de_lei_n_72-2022.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2047/projeto_de_lei_no_73.2022.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2048/projeto_de_lei_n_74-2022.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2049/projeto_de_lei_n_75-2022.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2050/projeto_de_lei_n_76-2022.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2071/projeto_de_lei_n77-2022.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2072/projeto_de_lei_no_78-2022.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2073/lei_de_diretrizes_orcamentarias_2023.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2083/projeto_de_lei_executivo_80-2022.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2104/projeto_de_lei_no_81-2022.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2105/projeto_de_lei_no_82-2022.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2106/projeto_de_lei_no_83-2022.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2162/projeto_de_lei_n_85-2022.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2175/projeto_de_lei_n86-2022.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2191/proejto_de_lei_n_87-2022.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2189/lei_orcamentaria_anual_-_loa.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2190/projeto_de_lei_no_89-2022.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2211/projeto_de_lei_no_90-2022.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2365/projeto_de_lei_no_91-2022.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2366/projeto_de_lei_n92-2022.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2407/projeto_de_lei_n93-2022.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2406/projeto_de_lei_n_94-2022.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2416/projeto_de_lei_n_95-2022.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1069/projeto_de_lei_no_001-2021_2.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1070/projeto_de_lei_no_002-2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1072/projeto_de_lei_no_003.2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1081/projeto_de_lei_n_04-2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1090/projeto_de_lei_n06-2021_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1091/projeto_de_lei_n07-2021_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1100/projeto_de_lei_n008-2021_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1107/projeto_de_lei_no_10-2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1127/projeto_de_lei_n_11-2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1138/projeto_de_lei_n_12.2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1159/projeto_de_lei_n_13-2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1184/projeto_de_lei_n_16-2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1205/projeto_de_lei_n_17-2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1206/projeto_de_lei_n_18-2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1222/projeto_de_lei_n_19-2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1223/projeto_de_lei_n_20-2021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1234/projeto_de_lei_no_21.2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1243/projeto_de_lei_n_22-2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1251/projeto_de_lei_n_23-2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1266/projeto_de_lei_n_24-2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1307/projeto_de_lei_n_26-2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1321/projeto_de_lei_n_27-2021.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1340/projeto_de_lei_no_29-2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1342/projeto_de_lei_no_30-2021.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1347/projeto_de_lei_no_31-2021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1357/projeto_de_lei_no_32-2021.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1360/projeto_de_lei_n_33-2021.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1388/projeto_de_lei_no_34-2021.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1401/projeto_de_lei_n_35-2021.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1403/projeto_de_lei_no_36-2021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1404/projeto_de_lei_no_37-2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1405/projeto_de_lei_n38-2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1419/projeto_de_lei_n_39-2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1420/projeto_de_lei__n_40-2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1421/projeto_de_lei__n_41-2021.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1427/projeto_de_lei_no_043-2021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1428/projeto_de_lei_no_044-2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1436/projeto_de_lei_n_45-2021.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1444/projeto_de_lei_n_46-2021.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1463/projeto_de_lei_n_47-2021.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1477/projeto_de_lei_n50-2021.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1498/projeto_de_lei_n_51-2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1525/projeto_de_lei_n_52-2021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1532/projeto_de_lei_n_53-2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1533/projeto_de_lei_n_54-2021.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1534/projeto_de_lei_n_55-2021.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1535/projeto_de_lei_n_56-2021.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1544/projeto_de_lei_no_57-2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1556/projeto_de_lei_no_58-2021.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1557/projeto_de_lei_no_59-2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1558/projeto_de_lei_n_60-2021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1559/projeto_de_lei_n_61-2021.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1574/projeto_de_lei_n_62-2021.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1582/projeto_de_lei_n63-2021.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1595/projeto_de_lei_n_64-2021.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1583/projeto_de_lei_n_65-2021.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1594/projeto_de_lei_n_66-2021.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1625/projeto_de_lei_n_68-2021.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1615/projeto_de_lei_n_69.2021.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1620/projeto_de_lei_n_70-2021.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1634/projeto_de_lei_n_72-2021.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1638/projeto_de_lei_n_73-2021.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1642/projeto_de_lei_n_75-2021.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1650/projeto_de_lei_n_76-2021.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1651/pl_no_77-2021.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/723/projeto_de_lei_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/724/projeto_de_lei_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/725/projeto_de_lei_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/726/projeto_de_lei_no_04-2020.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/727/projeto_de_lei_no_05-2020.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/728/projeto_de_lei_no_06-2020.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/729/projeto_de_lei_no_07-2020.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/743/projeto_de_lei_n_08.2020.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/767/projeto_de_lei_no_09-2020_fci6Oq6.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/769/projeto_de_lei_no_10.2020_ImWKxwu.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/777/projeto_de_lei_no_11-2020.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/778/projeto_de_lei_no_12-2020_ZgqhS6w.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/796/projeto_de_lei_no_13-2020.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/797/projeto_de_lei_no_14-2020.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/798/projeto_de_lei_no_15-2020.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/826/projeto_de_lei_no_16-2020.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/835/projeto_de_lei_no_17.2020.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/836/projeto_de_lei_no_18.2020.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/889/projeto_no_19.2020.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/858/projeto_de_lei_n_20.2020.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/867/projeto_de_lei_no_21.2020.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/868/projeto_de_lei_no_22.2020.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/869/projeto_de_lei_no_23.2020.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/870/projeto_de_lei_no_24.2020.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/900/projeto_de_lei_no_25-2020.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/907/projeto_de_lei_n26-2020.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/908/projeto_de_lei_n27-2020.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/919/projeto_de_lei_no_29-2020.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/920/projeto_de_lei_no_30.2020.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/929/projeto_de_lei_no_31-2020.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/935/projeto_de_lei_no_32-2020.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/930/projeto_de_lei_no_33-2020.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/931/projeto_de_lei_no_34-2020.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/934/projeto_de_lei_no_35-2020.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/936/projeto_de_lei_no_36-2020.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/937/projeto_de_lei_no_37-2020.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/938/projeto_de_lei_no_38-2020.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/953/projeto_de_lei_40-2020.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/952/projeto_de_lei_no_41-2020.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/965/projeto_de_lei_n42-2020.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/970/projeto_de_lei__no_43-2020.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/972/projeto_de_lei_no_44-2020.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/990/projeto_de_lei_n_45-2020.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/997/projeto_de_lei_no_46-2020.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/998/projeto_de_lei_no_47-2020.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/999/projeto_de_lei_no_48-2020.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1000/projeto_de_lei_no_49-2020.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1007/projeto_de_lei_50-2020.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1008/projeto_de_lei_no_51-2020.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1009/projeto_de_lei_no_52-2020.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1010/projeto_de_lei_no_53-2020.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1022/projeto_de_lei_n_54-2020.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1025/projeto_de_lei_no_55-2020.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1026/projeto_de_lei_no_56-2020.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1593/projeto_de_lei_n_65-2021.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/406/projeto_de_lei_001.2019.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/409/projeto_de_lei_n_04.2019.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/410/projeto_de_lei_n_05.2019.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/415/projeto_de_lei_n_06.2019.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/414/projeto_de_lei_n_08.2019.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/412/projeto_de_lei_n_09.2019.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/411/projeto_de_lei_n_10.2019.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/417/projeto_de_lei_no12.2019pdf.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/418/projeto_de_lei_no13pdf.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/421/projeto_de_lei_no_14.2019.pdf.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/423/projeto_de_lei_no15.2019.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/425/projeto_de_lei_no16.2019.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/435/projeto_de_lei_n_17.2019.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/436/projeto_de_lei_n_18.2019.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/437/projeto_de_lei_n_19.2019.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/438/projeto_de_lei_no_20.2019_.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/443/projeito_de_lei_n_21.2019.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/454/projeto_de_lei_no_22.2019.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/455/projeto_de_lei_no_23.2019.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/463/projeto_de_lei_no_24.2019.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/476/projeto_de_lei_no_25.2019.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/477/projeto_de_lei_no_26.2019.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/512/projeto_de_lei_n_27.2019.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/489/projeto_de_lei_n_28.2019.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/490/projeto_de_lei_n_29.2019.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/501/projeto_de_lei_n_30.2019.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/509/projeto_de_lei_n_31.2019.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/510/projeto_de_lei_n_32.2019.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/511/projeto_de_lei_n_33.2019.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/521/projeto_de_lei_n_35.2019.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/543/projeto_de_lei_n36.2019.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/547/projeto_de_lei_n_37.2019.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/548/projeto_de_lei_n_38.2019.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/555/projeto_de_lei_n_39.2019.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/574/projeto_de_lei_n_41.2019.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/575/projeto_de_lei_n_42.2019.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/573/projeto_de_lei_n_43.2019.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/585/projeto_de_lei_n_44.2019.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/598/projeto_de_lei_n_45.2019.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/596/projeto_de_lei_n_46.2019.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/602/projeto_de_lei_n_47.2019.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/610/projeto_de_lei_n_48.2019.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/608/projeto_de_lei_n_49.2019.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/621/projeto_de_lei_50.2019.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/642/projeto_de_lei_n_51.2019.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/674/projeto_de_lei_52.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/675/projeto_de_lein_53.2019.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/676/projeto_de_lei_n_54.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/684/projeto_de_lei_n_55.2019_g6TSKhp.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/685/projeto_de_lei_n_56.2019.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/697/projeto_de_lei_n_57.2019.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/719/projeto_de_lei_no_58-2019.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/720/projeto_de_lei_no_59-2019.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/708/projeto_de_lei_n_60.2019.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/709/projeto_de_lei_n_61.2019.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/710/projeto_de_lei_n_62.2019.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/711/projeto_de_lei_n_63.2019.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/712/projeto_de_lei_n_64.2019.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/722/projeto_de_lei_no_66-2019.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/314/projeto-de-lei-n-01.2018.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/310/projeto-de-lei-n-02.2018.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/311/projeto-de-lei-n-03.2018.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/312/projeto-de-lei-n-04.2018.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/315/projeto-de-lei-n-05.2018.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/316/projeto-de-lei-n-06.2018.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/313/projeto-de-lei-n-07.2018.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/317/projeto-de-lei-n-08.2018.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/318/projeto-de-lei-n-09.2018.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/319/projeto-de-lei-n-10.2018.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/320/projeto-de-lei-n-11.2018.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/323/projeto-de-lei-n-13.2018-.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/324/projeto-de-lei-n-14.2018-.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/325/projeto-de-lei-n-15.2018-.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/326/projeto-de-lei-16.2018.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/330/projeto-de-lei-17.2018.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/331/projeto-de-lei-18.2018.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/327/projeto-de-lei-19.2018.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/336/projeto_de_lei_no_20.2018.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/337/projeto_de_lei_no_22.2018.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/332/projeto-de-lei-n-23.2018.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/333/projeto-de-lei-n-24.2018.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/341/projeto_de_lei_no_26.2018.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/343/projeto_de_lei_no_28.2018.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/344/projeto_de_lei_no_30.2018.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/345/projeto_de_lei_no_31.2018.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/346/projeto_de_lei_no_32.2018.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/340/projeto_de_lei_no_23.2018.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/389/projeto_de_lei_n_34.2018.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/349/projeto_de_lei__n_35.2018.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/351/projeto_de_lei__n_36.2018.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/352/projeto_de_lei__n_37.2018.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/353/projeto_de_lei_n39.2018.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/355/projeto_de_lei_n40.2018.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/356/projeto_de_lei_n41.2018.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/357/projeto_de_lei_n43.2018.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/354/projeto_de_lei__n_44.2018.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/358/projeto_de_lei_n45.2018.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/359/projeto_de_lei_n46.2018.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/390/projeto_de_lei_n_50.2018.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/360/projeto_de_lei_n51.2018.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/391/projeto_de_lei_n_52.2018.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/361/projeto_de_lei_no53_de_2018.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/364/projeto_de_lei_no59.2018.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/392/projeto_de_lei_n_56.2018.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/393/projeto_de_lei_n_57.2018.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/394/projeto_de_lei_n_58.2018.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/365/projeto_de_lei_no59.2018.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/366/projeto_de_lei_no60.2018.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/369/projeto_de_lei_no_61_de_2018.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/371/projeto_de_lei_no_62-2018.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/372/projeto_de_lei_no_63_de_2018.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/375/projeto_de_lei_no_64_de_2018.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/376/projeto_de_lei_n_65_de_2018.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/377/projeto_de_lei_no_67_de_2018.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/378/projeto_de_lei_no_68_de_2018.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/381/projeo_de_lei_n_69.2018.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/374/projeto_de_lei_no_70.2018.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/379/projeto_de_lei_no_71.2018.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/382/projeo_de_lei_n_72.2018.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/380/projeto_de_lei_no_73-2018.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/400/projeto_de_lei_n_74.2018.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/387/projeto_de_lei_n_75.2018.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/395/projeto_de_lei_n_76.2018_loa.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/388/projeto_de_lei_n_77.2018.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/383/projeo_de_lei_n_78.2018.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/396/projeto_de_lei_n_79.2018.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/397/projeto_de_lei_n_80.2018.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/399/projeto_de_lei_n_81.2018.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/398/projeto_de_lei_n_82.2018.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/402/projeto_de_lei_n_83.2018.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/403/projeto_de_lei_n_85.2018.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/404/projeto_de_lei_n_86.2018.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/12/projeto-de-lei-n-01.2017-executivo-municpal.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/13/projeto_de_lei_no_02.2017.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/14/projeto-de-lei-n-03.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/15/projeto_de_lei_no_04-2017.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/16/projeto-de-lei-n-05.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/17/projeto-de-lei-n-06.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/18/projeto-de-lei-n-07.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/19/projeto-de-lei-n-08.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/20/projeto-de-lei-n-09.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/21/projeto-de-lei-n-10.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/22/projeto-de-lei-n-11.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/23/projeto-de-lei-n-12.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/24/projeto-de-lei-n-13.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/25/projeto-de-lei-n-14.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/26/projeto-de-lei-n-15.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/27/projeto-de-lei-n-16.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/28/projeto-de-lei-n-17.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/29/projeto-de-lei-n-18.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/30/projeto-de-lei-n-19.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/31/projeto-de-lei-n-20.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/32/projeto-de-lei-n-21.2017-executivo-municipal_z3MGmX0.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/33/projeto-de-lei-n-22.2017-executivo-municipal_EdlZI4r.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/34/projeto-de-lei-n-23.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/35/projeto-de-lei-n-24.2017-executivo-municipal_JQvjRrx.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/36/projeto-de-lei-n-25.2017-executivo-municipal_9ZyOfNN.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/37/projeto-de-lei-n-26.2017-executivo-municipal_bB41cnT.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/38/projeto-de-lei-n-27.2017-executivo-municipal_VGAiUqU.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/39/projeto-de-lei-n-29.2017-executivo-municipal_KZGa5Yw.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/40/projeto-de-lei-n-30.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/65/projeto-de-lei-n-31.2017.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/41/projeto-de-lei-n-32.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/66/projeto-de-lei-n-33.2017.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/120/projeto-de-lei-n-35.2017.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/92/projeto-de-lei-n-38.2017.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/93/projeto-de-lei-n-39.2017.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/98/projeto-de-lei-n-40.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/94/projeto-de-lei-n-41.2017.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/96/projeto-de-lei-n-43.2017.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/124/projeto-de-lei-n-44.2017.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/99/projeto-de-lei-n-45.2017.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/101/ldo.2018.parte-i.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/103/projeto-de-lei-n-48.2017.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/100/projeto-de-lei-n-49.2017.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/130/projeto-de-lei-n-50.2017.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/131/projeto-de-lei-n-51.2017-.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/132/projeto-de-lei-n-52.2017.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/134/projeto-de-lei-n-53.2017.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/133/projeto-de-lei-n-54.2017.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/302/projeto-de-lei-n-55.2017.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/299/projeto-de-lei-n-57.2017.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/300/projeto-de-lei-n-58.2017.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/304/projeto-de-lei-n-59-2017.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/303/projeto-de-lei-n-60-2017-do-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/307/projeto-de-lei-n-61-2017.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/308/projeto-de-lei-n-62.2017.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/309/projeto-de-lei-n-64.2017.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3715/projeto_de_lei_n_001.2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3716/projeto_de_lei_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3717/projeto_de_lei_n_003.2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3719/projeto_de_lei_no04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3723/projeto_de_lei_no05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3721/projeto_de_lei_n_16.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3722/projeto_de_lei_no07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3724/projeto_de_lei_no_08.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3725/projeto_de_lei_no_09.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3735/projeto_de_lei_no10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3736/projeto_de_lei_no14-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3740/projeto_de_lei_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3741/projeto_de_lei_no16-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3758/projeto_de_lei_n_17-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4011/projeto_de_lei_no18-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3760/projeto_de_lei_substitutivo_n19-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3761/projeto_de_lei_n20-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3762/projeto_de_lei_substitutivo_n21-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3763/projeto_de_lei_substitutivo_n22-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3759/projeto_de_lei_n_23-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3745/projeto_de_lei_no24-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3746/projeto_de_lei_no25-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3750/projeto_de_lei_no26-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3778/projeto_de_lei_n_27-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3801/projeto_de_lei_no28-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3802/projeto_de_lei_no29-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3803/projeto_de_lei_no30-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3804/projeto_de_lei_n31-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3824/projeto_de_lei_no32-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3836/projeto_de_lei_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3859/projeto_de_lei_no34-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3860/projeto_de_lei_no35-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3861/projeto_de_lei_no36-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3862/projeto_de_lei_no37-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3858/projeto_de_lei_n38-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3857/projeto_de_lei_n39-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3855/projeto_de_lei_n40-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3856/projeto_de_lei_n41-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3916/projeto_de_lei_no42-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3955/projeto_de_lei_n43-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3966/projeto_de_lei_n44-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4013/projeto_de_lei_no45-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3968/projeto_de_lei_n47-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3969/projeto_de_lei_n48-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3972/projeto_de_lei_n49-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/3973/projeto_de_lei_no50-2025_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4083/projeto_de_lei_no51-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4085/projeto_de_lei_no52-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4016/projeto_de_lei_no53-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4084/projeto_de_lei_no54-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4133/projeto_de_lei_n55-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4037/projeto_de_lei_n_56-2025_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4054/projeto_de_lei_n57-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4164/projeto_de_lei_no58-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4061/projeto_de_lei_no59-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4065/projeto_de_lei_n60-2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4069/projeto_de_lei_n61-2025_exec._municipal.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4070/projeto_de_lei_n62-2025_exec._municipal.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4074/projeto_de_lei_n63-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4073/projeto_de_lei_n64-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4090/projeto_de_lei_no65-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4091/projeto_de_lei_no66-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4093/projeto_de_lei_no67-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4092/projeto_de_lei_no68-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4103/projeto_de_lei_n69-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4119/projeto_de_lei_no70-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4120/substitutivo_do_projeto_de_lei_no_71.2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4112/projeto_de_lei_no72-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4126/projeto_de_lei_no73-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4122/projeto_de_lei_no74-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4123/projeto_de_lei_no75-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4124/projeto_de_lei_no76-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4125/projeto_de_lei_no77-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4121/projeto_de_lei_no78-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4156/projeto_de_lei_n80-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4134/projeto_de_lei_n81-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4135/projeto_de_lei_n82-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4136/projeto_de_lei_no83-2025_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4143/projeto_de_lei_no85-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4146/projeto_de_lei_n86-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4173/projeto_de_lei_n_87-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4154/projeto_de_lei_n88-2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4157/projeto_de_lei_n_89-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4165/projeto_de_lei_no90-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4174/projeto_de_lei_n91-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4175/substitutivo_projeto_de_lei_n_92-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4183/projeto_de_lei_n93-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4196/projeto_de_lei_n_94.2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4208/projeto_de_lei_n_95-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4261/projeto_de_lei_n96-2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4258/projeto_de_lei_n97-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4259/projeto_de_lei_n98-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4288/projeto_de_lei_n099.2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4265/projeto_de_lei_n_100-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4280/projeto_de_lei_n101-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4294/projeto_de_lei_n_102.2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4292/projeto_de_lei_n_103.2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4293/projeto_de_lei_n_104.2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4310/projeto_de_lei_n105-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4311/projeto_de_lei_n106-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4317/substitutivo_ao_projeto_de_lei_n107-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4327/projeto_de_lei_n108-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4380/projeto_de_lei_n109-2025_do_exe._municipal.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4384/projeto_de_lei_n110-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4381/projeto_de_lei_n111-2025_do_exec._municipal.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4494/projeto_de_lei_n_112-2025_exec._municipal.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4439/projeto_de_lei_n113-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4463/projeto_de_lei_n114-2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4464/projeto_de_lei_n115-2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4581/projeto_de_lei_n117-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4470/projeto_de_lei_n118-2025_do_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4546/projeto_de_lei_n119-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4572/projeto_de_lei_n120-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4573/projeto_de_lei_n121-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4574/projeto_de_lei_n122-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4598/projeto_de_lei_n123-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4593/projeto_de_lei_124-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4600/projeto_de_lei_n_125-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4609/projeto_de_lei_n126-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4804/projeto_de_lei_n127-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2025/4818/projeto_de_lei_n129-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3105/projeto_de_lei_no01_-_2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3106/projeto_de_lei_no02_-_2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3107/projeto_de_lei_no03_-_2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3108/projeto_de_lei_no04_-_2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3109/projeto_de_lei_no05_-_2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3115/projeto_de_lei_n_06-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3119/projeto_de_lei_no_07.2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3120/projeto_de_lei_no_08.2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3121/projeto_de_lei_no_09.2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3123/projeto_de_lei_no10-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3135/projeto_de_lei_n_11-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3136/projeto_de_lei_n_12-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3146/projeto_de_lei_no13-2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3144/projeto_de_lei_n14-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3145/projeto_de_lei_no15-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3150/projeto_de_lei_n_16-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3151/projeto_de_lei_n_17-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3177/projeto_de_lei_no18-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3187/projeto_de_lei_n_19-2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3196/projeto_de_lei_n20-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3216/projeto_de_lei_no21-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3217/projeto_de_lei_no22-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3219/projeto_de_lei_no23-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3220/projeto_de_lei_no_24-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3221/projeto_de_lei_n25-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3238/projeto_de_lei_no26-2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3269/projeto_de_lei_n27-2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3283/projeto_de_lei_n28-2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3302/projeto_de_lei_n29-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3301/projeto_de_lei_n30-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3303/projeto_de_lei_n_31-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3326/projeto_de_lei_no32-2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3327/projeto_de_lei_no33-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3328/projeto_delei_n34-2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3329/projeto_de_lei_n35-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3330/projeto_de_lei_n36-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3354/projeto_de_lei_no_37.2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3370/projeto_de_lei_n_39-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3371/projeto_de_lei_n_40-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3373/projeto_de_lei_n41-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3382/projeto_de_lei_n_42-2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3427/projeto_de_lei_n43-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3429/projeto_de_lei_n44-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3431/projeto_de_lei_no45-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3443/projeto_de_lei_n46-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3444/projeto_de_lei_n47-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3445/projeto_de_lei_n48-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3446/projeto_de_lei_n49-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3454/projeto_de_lei_n50-2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3467/projeto_de_lei_no51-2024_ldo.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3469/pl_no52-2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3468/pl_no53-2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3505/projeto_de_lei_no54-2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3543/projeto_de_lei_n_55.2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3544/projeto_de_lei_n_56.2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3559/projeto_de_lei_n57-2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3562/projeto_de_lei_n58-2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3564/projeto_de_lei_n_59.2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3668/projeto_de_lei_no61-2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3692/projeto_de_lei_n_62.2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2024/3669/projeto_de_lei_no63-2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2426/projeto_de_lei_n_01-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2427/projeto_de_lei_n_02-2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2428/projeto_de_lei_no_03-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2429/projeto_de_lei_n_04-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2430/projeto_de_lei_n_05-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2431/projeto_de_lei_n_06-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2432/projeto_de_lei_n_07-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2433/projeto_de_lei_n_08-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2434/projeto_de_lei_no_09.2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2445/projeto_de_lei_no_10.2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2447/projeto_de_lei_n11-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2461/projeto_de_lei_n12-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2490/projeto_de_lei_n13-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2518/projeto_de_lei_n14-2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2536/projeto_de_lei_n15-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2549/projeto_de_lei_no_17-2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2575/projeto_de_lei_n18-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2577/projeto_de_lei_n_19-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2574/projeto_de_lei_no_20-2023_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2578/projeto_de_lei_n_21-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2579/projeto_de_lei_n_22-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2600/projeto_de_lei_n23-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2584/projeto_de_lei_n24-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2624/projeto_de_lei_n26-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2625/projeto_de_lei_n27-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2635/projeto_de_lei_n28-2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2636/projeto_de_lei_n29-2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2637/projeto_de_lei_n30-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2661/projeto_de_lei_n_32-2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2662/projeto_de_lei_n_33-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2663/projeto_de_lei_n34-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2671/projeto_de_lei_n35-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2672/projeto_de_lei_no36-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2673/projeto_de_lei_no37-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2674/projeto_de_lei_no38-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2675/projeto_de_lei_no39-2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2683/projeto_de_lei_no40-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2684/projeto_de_lei_no_41-2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2707/projeto_de_lei_no_42-2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2708/projeto_de_lei_no_43-2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2719/projeto_de_lei_no_44-2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2720/projeto_de_no_lei_45-2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2727/projeto_de_lei_n_46-2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2740/projeto_de_lei_n47-2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2741/projeto_de_lei_no_48-2023_lei_de_diretizes_orcamentarias_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2742/projeto_de_lei_n49-2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2762/projeto_de_lei_n_51-2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2769/projeto_de_lei_no53-2023.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2775/projeto_de_lei_n54-2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2785/projeto_de_lei_no55-2023.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2786/projeto_de_lei_no56-2023.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2791/projeto_de_lei_no57-2023.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2792/projeto_de_lei_n_58-2023.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2798/projeto_de_lei_n_59-2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2799/projeto_de_lei_n_60-2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2800/projeto_de_lei_n_61-2023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2803/projeto_de_lei_no_62.2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2824/projeto_de_lei_no_63.2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2840/projeto_de_lei_n_64-2023.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2839/projeto_de_lei_n_65.2023.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2856/projeto_de_lei_n_66-2023.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2857/projeto_de_lei_67-2023.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2858/projeto_de_lei_n_68-2023.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/2872/projeto_de_lei_n69-2023.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3090/projeto_de_lei_n_71.2023.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2023/3093/projeto_de_lei_n_72.2023.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1682/projeto_de_lei_n_01-2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1684/projeto_de_lei_n_03-2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1685/projeto_de_lei_n_05-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1686/projeto_de_lei_n_06-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1687/projeto_de_lei_n_07-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1688/projeto_de_lei_n_08-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1693/projeto_de_lei_no_09.2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1694/projeto_de_lei_no_10.2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1695/projeto_de_lei_no_11.2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1696/projeto_de_lei_no_12.2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1697/projeto_de_lei_no_13.2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1698/projeto_de_lei_n_14-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1699/projeto_de_lei_n_15-2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1700/projeto_de_lei_n_16-2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1701/projeto_de_lei_n_17-2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1702/projeto_de_lei_n_18-2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1721/projeto_de_lei_n_20-2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1722/projeto_de_lei_n_21-2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1885/projeto_de_lei_n_22-2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1724/projeto_de_lei_n_24-2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1725/projeto_de_lei_n_25-2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1726/projeto_de_lei_n_26-2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1727/projeto_de_lei_n_27-2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1728/projeto_de_lei_n_28-2022.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1733/projeto_de_lei_n_29-2022.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1729/projeto_de_lei_n_30-2022.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1730/projeto_de_lei_n_31-2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1731/projeto_de_lei_n_32-2022.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1732/projeto_de_lei_n_33-2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1747/projeto_de_lei_n_34-2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1748/projeto_de_lei_n_35-2022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1749/projeto_de_lei_n_36-2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1807/projeto_de_lei_n_37-2022.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1776/projeto_de_lei_n_38-2022.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1790/projeto_n39-2022.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1791/projeto_de_lei_n_40-2022.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1792/projeto_de_lei_n_41-2022.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1808/projeto_de_lei_n_42-2022.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1811/projeto_de_lei_n_43-2022.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1826/projeto_de_lei_no_44-2022.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1827/projeto_de_lei_no_45-2022.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1868/projeto_de_lei_n51-2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1881/projeto_de_lei_n_52-2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1882/projeto_de_lei_n_53-2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1883/projeto_de_lei_n_54-2022.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1884/projeto_de_lei_n_55-2022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1914/projeto_de_lei_executivo_56-2022.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1938/projeto_de_lei_n_57-2022.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1916/projeto_de_lei_n58-2022.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1935/projeto_de_lei_n_59-2022.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1936/projeto_de_lei_n_60-2022.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1937/projeto_de_lei_n_61-2022.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1968/projeto_de_lei_n_62-2022.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1952/projeto_de_lei_n63-2022.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1953/projeto_de_lei_n64-2022.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1970/projeto_de_lei_n65-2022.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/1992/projeto_de_lei_n_66-2022.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2005/projeto_de_lei_n_67-2022.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2006/projeto_de_lei_n_68-2022.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2007/projeto_de_lei_69-2022.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2008/projeto_de_lei_n_70-2022.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2009/projeto_de_lei_n_71-2022.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2010/projeto_de_lei_n_72-2022.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2047/projeto_de_lei_no_73.2022.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2048/projeto_de_lei_n_74-2022.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2049/projeto_de_lei_n_75-2022.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2050/projeto_de_lei_n_76-2022.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2071/projeto_de_lei_n77-2022.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2072/projeto_de_lei_no_78-2022.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2073/lei_de_diretrizes_orcamentarias_2023.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2083/projeto_de_lei_executivo_80-2022.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2104/projeto_de_lei_no_81-2022.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2105/projeto_de_lei_no_82-2022.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2106/projeto_de_lei_no_83-2022.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2162/projeto_de_lei_n_85-2022.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2175/projeto_de_lei_n86-2022.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2191/proejto_de_lei_n_87-2022.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2189/lei_orcamentaria_anual_-_loa.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2190/projeto_de_lei_no_89-2022.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2211/projeto_de_lei_no_90-2022.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2365/projeto_de_lei_no_91-2022.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2366/projeto_de_lei_n92-2022.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2407/projeto_de_lei_n93-2022.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2406/projeto_de_lei_n_94-2022.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2022/2416/projeto_de_lei_n_95-2022.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1069/projeto_de_lei_no_001-2021_2.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1070/projeto_de_lei_no_002-2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1072/projeto_de_lei_no_003.2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1081/projeto_de_lei_n_04-2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1090/projeto_de_lei_n06-2021_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1091/projeto_de_lei_n07-2021_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1100/projeto_de_lei_n008-2021_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1107/projeto_de_lei_no_10-2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1127/projeto_de_lei_n_11-2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1138/projeto_de_lei_n_12.2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1159/projeto_de_lei_n_13-2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1184/projeto_de_lei_n_16-2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1205/projeto_de_lei_n_17-2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1206/projeto_de_lei_n_18-2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1222/projeto_de_lei_n_19-2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1223/projeto_de_lei_n_20-2021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1234/projeto_de_lei_no_21.2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1243/projeto_de_lei_n_22-2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1251/projeto_de_lei_n_23-2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1266/projeto_de_lei_n_24-2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1307/projeto_de_lei_n_26-2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1321/projeto_de_lei_n_27-2021.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1340/projeto_de_lei_no_29-2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1342/projeto_de_lei_no_30-2021.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1347/projeto_de_lei_no_31-2021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1357/projeto_de_lei_no_32-2021.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1360/projeto_de_lei_n_33-2021.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1388/projeto_de_lei_no_34-2021.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1401/projeto_de_lei_n_35-2021.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1403/projeto_de_lei_no_36-2021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1404/projeto_de_lei_no_37-2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1405/projeto_de_lei_n38-2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1419/projeto_de_lei_n_39-2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1420/projeto_de_lei__n_40-2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1421/projeto_de_lei__n_41-2021.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1427/projeto_de_lei_no_043-2021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1428/projeto_de_lei_no_044-2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1436/projeto_de_lei_n_45-2021.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1444/projeto_de_lei_n_46-2021.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1463/projeto_de_lei_n_47-2021.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1477/projeto_de_lei_n50-2021.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1498/projeto_de_lei_n_51-2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1525/projeto_de_lei_n_52-2021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1532/projeto_de_lei_n_53-2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1533/projeto_de_lei_n_54-2021.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1534/projeto_de_lei_n_55-2021.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1535/projeto_de_lei_n_56-2021.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1544/projeto_de_lei_no_57-2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1556/projeto_de_lei_no_58-2021.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1557/projeto_de_lei_no_59-2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1558/projeto_de_lei_n_60-2021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1559/projeto_de_lei_n_61-2021.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1574/projeto_de_lei_n_62-2021.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1582/projeto_de_lei_n63-2021.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1595/projeto_de_lei_n_64-2021.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1583/projeto_de_lei_n_65-2021.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1594/projeto_de_lei_n_66-2021.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1625/projeto_de_lei_n_68-2021.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1615/projeto_de_lei_n_69.2021.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1620/projeto_de_lei_n_70-2021.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1634/projeto_de_lei_n_72-2021.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1638/projeto_de_lei_n_73-2021.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1642/projeto_de_lei_n_75-2021.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1650/projeto_de_lei_n_76-2021.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2021/1651/pl_no_77-2021.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/723/projeto_de_lei_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/724/projeto_de_lei_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/725/projeto_de_lei_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/726/projeto_de_lei_no_04-2020.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/727/projeto_de_lei_no_05-2020.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/728/projeto_de_lei_no_06-2020.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/729/projeto_de_lei_no_07-2020.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/743/projeto_de_lei_n_08.2020.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/767/projeto_de_lei_no_09-2020_fci6Oq6.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/769/projeto_de_lei_no_10.2020_ImWKxwu.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/777/projeto_de_lei_no_11-2020.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/778/projeto_de_lei_no_12-2020_ZgqhS6w.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/796/projeto_de_lei_no_13-2020.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/797/projeto_de_lei_no_14-2020.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/798/projeto_de_lei_no_15-2020.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/826/projeto_de_lei_no_16-2020.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/835/projeto_de_lei_no_17.2020.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/836/projeto_de_lei_no_18.2020.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/889/projeto_no_19.2020.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/858/projeto_de_lei_n_20.2020.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/867/projeto_de_lei_no_21.2020.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/868/projeto_de_lei_no_22.2020.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/869/projeto_de_lei_no_23.2020.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/870/projeto_de_lei_no_24.2020.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/900/projeto_de_lei_no_25-2020.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/907/projeto_de_lei_n26-2020.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/908/projeto_de_lei_n27-2020.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/919/projeto_de_lei_no_29-2020.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/920/projeto_de_lei_no_30.2020.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/929/projeto_de_lei_no_31-2020.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/935/projeto_de_lei_no_32-2020.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/930/projeto_de_lei_no_33-2020.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/931/projeto_de_lei_no_34-2020.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/934/projeto_de_lei_no_35-2020.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/936/projeto_de_lei_no_36-2020.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/937/projeto_de_lei_no_37-2020.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/938/projeto_de_lei_no_38-2020.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/953/projeto_de_lei_40-2020.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/952/projeto_de_lei_no_41-2020.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/965/projeto_de_lei_n42-2020.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/970/projeto_de_lei__no_43-2020.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/972/projeto_de_lei_no_44-2020.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/990/projeto_de_lei_n_45-2020.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/997/projeto_de_lei_no_46-2020.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/998/projeto_de_lei_no_47-2020.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/999/projeto_de_lei_no_48-2020.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1000/projeto_de_lei_no_49-2020.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1007/projeto_de_lei_50-2020.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1008/projeto_de_lei_no_51-2020.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1009/projeto_de_lei_no_52-2020.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1010/projeto_de_lei_no_53-2020.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1022/projeto_de_lei_n_54-2020.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1025/projeto_de_lei_no_55-2020.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1026/projeto_de_lei_no_56-2020.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2020/1593/projeto_de_lei_n_65-2021.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/406/projeto_de_lei_001.2019.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/409/projeto_de_lei_n_04.2019.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/410/projeto_de_lei_n_05.2019.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/415/projeto_de_lei_n_06.2019.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/414/projeto_de_lei_n_08.2019.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/412/projeto_de_lei_n_09.2019.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/411/projeto_de_lei_n_10.2019.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/417/projeto_de_lei_no12.2019pdf.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/418/projeto_de_lei_no13pdf.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/421/projeto_de_lei_no_14.2019.pdf.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/423/projeto_de_lei_no15.2019.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/425/projeto_de_lei_no16.2019.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/435/projeto_de_lei_n_17.2019.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/436/projeto_de_lei_n_18.2019.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/437/projeto_de_lei_n_19.2019.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/438/projeto_de_lei_no_20.2019_.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/443/projeito_de_lei_n_21.2019.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/454/projeto_de_lei_no_22.2019.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/455/projeto_de_lei_no_23.2019.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/463/projeto_de_lei_no_24.2019.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/476/projeto_de_lei_no_25.2019.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/477/projeto_de_lei_no_26.2019.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/512/projeto_de_lei_n_27.2019.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/489/projeto_de_lei_n_28.2019.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/490/projeto_de_lei_n_29.2019.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/501/projeto_de_lei_n_30.2019.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/509/projeto_de_lei_n_31.2019.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/510/projeto_de_lei_n_32.2019.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/511/projeto_de_lei_n_33.2019.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/521/projeto_de_lei_n_35.2019.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/543/projeto_de_lei_n36.2019.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/547/projeto_de_lei_n_37.2019.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/548/projeto_de_lei_n_38.2019.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/555/projeto_de_lei_n_39.2019.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/574/projeto_de_lei_n_41.2019.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/575/projeto_de_lei_n_42.2019.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/573/projeto_de_lei_n_43.2019.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/585/projeto_de_lei_n_44.2019.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/598/projeto_de_lei_n_45.2019.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/596/projeto_de_lei_n_46.2019.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/602/projeto_de_lei_n_47.2019.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/610/projeto_de_lei_n_48.2019.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/608/projeto_de_lei_n_49.2019.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/621/projeto_de_lei_50.2019.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/642/projeto_de_lei_n_51.2019.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/674/projeto_de_lei_52.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/675/projeto_de_lein_53.2019.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/676/projeto_de_lei_n_54.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/684/projeto_de_lei_n_55.2019_g6TSKhp.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/685/projeto_de_lei_n_56.2019.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/697/projeto_de_lei_n_57.2019.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/719/projeto_de_lei_no_58-2019.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/720/projeto_de_lei_no_59-2019.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/708/projeto_de_lei_n_60.2019.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/709/projeto_de_lei_n_61.2019.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/710/projeto_de_lei_n_62.2019.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/711/projeto_de_lei_n_63.2019.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/712/projeto_de_lei_n_64.2019.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2019/722/projeto_de_lei_no_66-2019.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/314/projeto-de-lei-n-01.2018.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/310/projeto-de-lei-n-02.2018.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/311/projeto-de-lei-n-03.2018.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/312/projeto-de-lei-n-04.2018.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/315/projeto-de-lei-n-05.2018.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/316/projeto-de-lei-n-06.2018.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/313/projeto-de-lei-n-07.2018.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/317/projeto-de-lei-n-08.2018.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/318/projeto-de-lei-n-09.2018.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/319/projeto-de-lei-n-10.2018.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/320/projeto-de-lei-n-11.2018.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/323/projeto-de-lei-n-13.2018-.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/324/projeto-de-lei-n-14.2018-.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/325/projeto-de-lei-n-15.2018-.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/326/projeto-de-lei-16.2018.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/330/projeto-de-lei-17.2018.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/331/projeto-de-lei-18.2018.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/327/projeto-de-lei-19.2018.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/336/projeto_de_lei_no_20.2018.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/337/projeto_de_lei_no_22.2018.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/332/projeto-de-lei-n-23.2018.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/333/projeto-de-lei-n-24.2018.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/341/projeto_de_lei_no_26.2018.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/343/projeto_de_lei_no_28.2018.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/344/projeto_de_lei_no_30.2018.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/345/projeto_de_lei_no_31.2018.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/346/projeto_de_lei_no_32.2018.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/340/projeto_de_lei_no_23.2018.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/389/projeto_de_lei_n_34.2018.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/349/projeto_de_lei__n_35.2018.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/351/projeto_de_lei__n_36.2018.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/352/projeto_de_lei__n_37.2018.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/353/projeto_de_lei_n39.2018.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/355/projeto_de_lei_n40.2018.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/356/projeto_de_lei_n41.2018.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/357/projeto_de_lei_n43.2018.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/354/projeto_de_lei__n_44.2018.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/358/projeto_de_lei_n45.2018.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/359/projeto_de_lei_n46.2018.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/390/projeto_de_lei_n_50.2018.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/360/projeto_de_lei_n51.2018.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/391/projeto_de_lei_n_52.2018.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/361/projeto_de_lei_no53_de_2018.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/364/projeto_de_lei_no59.2018.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/392/projeto_de_lei_n_56.2018.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/393/projeto_de_lei_n_57.2018.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/394/projeto_de_lei_n_58.2018.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/365/projeto_de_lei_no59.2018.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/366/projeto_de_lei_no60.2018.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/369/projeto_de_lei_no_61_de_2018.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/371/projeto_de_lei_no_62-2018.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/372/projeto_de_lei_no_63_de_2018.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/375/projeto_de_lei_no_64_de_2018.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/376/projeto_de_lei_n_65_de_2018.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/377/projeto_de_lei_no_67_de_2018.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/378/projeto_de_lei_no_68_de_2018.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/381/projeo_de_lei_n_69.2018.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/374/projeto_de_lei_no_70.2018.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/379/projeto_de_lei_no_71.2018.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/382/projeo_de_lei_n_72.2018.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/380/projeto_de_lei_no_73-2018.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/400/projeto_de_lei_n_74.2018.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/387/projeto_de_lei_n_75.2018.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/395/projeto_de_lei_n_76.2018_loa.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/388/projeto_de_lei_n_77.2018.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/383/projeo_de_lei_n_78.2018.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/396/projeto_de_lei_n_79.2018.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/397/projeto_de_lei_n_80.2018.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/399/projeto_de_lei_n_81.2018.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/398/projeto_de_lei_n_82.2018.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/402/projeto_de_lei_n_83.2018.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/403/projeto_de_lei_n_85.2018.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2018/404/projeto_de_lei_n_86.2018.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/12/projeto-de-lei-n-01.2017-executivo-municpal.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/13/projeto_de_lei_no_02.2017.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/14/projeto-de-lei-n-03.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/15/projeto_de_lei_no_04-2017.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/16/projeto-de-lei-n-05.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/17/projeto-de-lei-n-06.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/18/projeto-de-lei-n-07.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/19/projeto-de-lei-n-08.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/20/projeto-de-lei-n-09.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/21/projeto-de-lei-n-10.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/22/projeto-de-lei-n-11.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/23/projeto-de-lei-n-12.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/24/projeto-de-lei-n-13.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/25/projeto-de-lei-n-14.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/26/projeto-de-lei-n-15.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/27/projeto-de-lei-n-16.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/28/projeto-de-lei-n-17.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/29/projeto-de-lei-n-18.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/30/projeto-de-lei-n-19.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/31/projeto-de-lei-n-20.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/32/projeto-de-lei-n-21.2017-executivo-municipal_z3MGmX0.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/33/projeto-de-lei-n-22.2017-executivo-municipal_EdlZI4r.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/34/projeto-de-lei-n-23.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/35/projeto-de-lei-n-24.2017-executivo-municipal_JQvjRrx.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/36/projeto-de-lei-n-25.2017-executivo-municipal_9ZyOfNN.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/37/projeto-de-lei-n-26.2017-executivo-municipal_bB41cnT.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/38/projeto-de-lei-n-27.2017-executivo-municipal_VGAiUqU.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/39/projeto-de-lei-n-29.2017-executivo-municipal_KZGa5Yw.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/40/projeto-de-lei-n-30.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/65/projeto-de-lei-n-31.2017.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/41/projeto-de-lei-n-32.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/66/projeto-de-lei-n-33.2017.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/120/projeto-de-lei-n-35.2017.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/92/projeto-de-lei-n-38.2017.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/93/projeto-de-lei-n-39.2017.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/98/projeto-de-lei-n-40.2017-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/94/projeto-de-lei-n-41.2017.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/96/projeto-de-lei-n-43.2017.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/124/projeto-de-lei-n-44.2017.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/99/projeto-de-lei-n-45.2017.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/101/ldo.2018.parte-i.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/103/projeto-de-lei-n-48.2017.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/100/projeto-de-lei-n-49.2017.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/130/projeto-de-lei-n-50.2017.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/131/projeto-de-lei-n-51.2017-.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/132/projeto-de-lei-n-52.2017.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/134/projeto-de-lei-n-53.2017.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/133/projeto-de-lei-n-54.2017.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/302/projeto-de-lei-n-55.2017.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/299/projeto-de-lei-n-57.2017.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/300/projeto-de-lei-n-58.2017.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/304/projeto-de-lei-n-59-2017.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/303/projeto-de-lei-n-60-2017-do-executivo-municipal.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/307/projeto-de-lei-n-61-2017.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/308/projeto-de-lei-n-62.2017.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/materialegislativa/2017/309/projeto-de-lei-n-64.2017.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H654"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="143.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="142.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>