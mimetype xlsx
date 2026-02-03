--- v0 (2025-12-15)
+++ v1 (2026-02-03)
@@ -10,88 +10,247 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3115" uniqueCount="1385">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3206" uniqueCount="1424">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>1475</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>Pt</t>
+  </si>
+  <si>
+    <t>Portaria</t>
+  </si>
+  <si>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1475/portaria_no_13.2026.pdf</t>
+  </si>
+  <si>
+    <t>Concedendo férias regulamentares a Servidora Dioni Denisia Medeiros da Silva</t>
+  </si>
+  <si>
+    <t>1474</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1474/portaria_no_12.2026.pdf</t>
+  </si>
+  <si>
+    <t>Designando Fiscal de Contrato</t>
+  </si>
+  <si>
+    <t>1472</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1472/portaria_no_11.2026.pdf</t>
+  </si>
+  <si>
+    <t>Concedendo férias regulamentares a Assessora de Comunicação Laíse Haigert Uberti</t>
+  </si>
+  <si>
+    <t>1470</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1470/portaria_n_10.2026.pdf</t>
+  </si>
+  <si>
+    <t>Concedendo um triênio à Servidora Mari Bela Cortes Pereira.</t>
+  </si>
+  <si>
+    <t>1469</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1469/portaria_n_09.2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera período considerado para concessão do triênio da Servidora Mari Bela Cortes Pereira.</t>
+  </si>
+  <si>
+    <t>1468</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1468/portaria_n_08.2026.pdf</t>
+  </si>
+  <si>
+    <t>Concedendo um triênio à Servidora Dioni Denisia Medeiros da Silva.</t>
+  </si>
+  <si>
+    <t>1467</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1467/portaria_n_07.2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera período considerado para concessão do triênio da Servidora Dioni Denisia Medeiros da Silva.</t>
+  </si>
+  <si>
+    <t>1466</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1466/portaria_n_06.2026.pdf</t>
+  </si>
+  <si>
+    <t>Concedendo um triênio a Servidora Eliana Lopes Rios.</t>
+  </si>
+  <si>
+    <t>1465</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1465/portaria_n_05.2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera período considerado para concessão do triênio da Servidora Eliana Lopes Rios.</t>
+  </si>
+  <si>
+    <t>1464</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1464/portaria_n_04-2026.pdf</t>
+  </si>
+  <si>
+    <t>“Cessa a licença anteriormente concedida e concede 08 (oito) dias consecutivos de afastamento à servidora Cleonice Brites da Silva.”</t>
+  </si>
+  <si>
+    <t>1461</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1461/portaria_n03.2025.pdf</t>
+  </si>
+  <si>
+    <t>Concedendo férias regulamentares ao Assessor Parlamentar Guilherme Gripa Vidal.</t>
+  </si>
+  <si>
+    <t>1460</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1460/portaria_n02.2026.pdf</t>
+  </si>
+  <si>
+    <t>Concedendo férias regulamentares a Coordenadora de Bancada Tania Maria Motta Flores Stivanin.</t>
+  </si>
+  <si>
+    <t>1459</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1459/portaria_n_01-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Concedendo Licença para tratamento de pessoa da família, a servidora Cleonice Brites da Silva."</t>
+  </si>
+  <si>
     <t>1441</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>Pt</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1441/portaria_n59.2025.pdf</t>
   </si>
   <si>
     <t>Concedendo um triênio a Servidora Paula Lazzari Dorneles.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1435/portaria_n58.2025.pdf</t>
   </si>
   <si>
     <t>Designar a servidora comissionada Jussiele Alvarenga Frigo, como fiscal do Contrato n°02/2025, da Dispensa de Licitação n°10/2025</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1434/portaria_n57.2025.pdf</t>
@@ -492,53 +651,50 @@
   <si>
     <t>Concedendo Licença Prêmio de 90 (noventa) dias, ao Servidor Erico Reni Pereira Camargo.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1249/portaria_n_23-2025.pdf</t>
   </si>
   <si>
     <t>Alterando a composição da Comissão de Avaliação de Estágio Probatório da Câmara de Vereadores de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1241/portaria_no22-2025.pdf</t>
   </si>
   <si>
-    <t>Concedendo férias regulamentares a Coordenadora de Bancada Tania Maria Motta Flores Stivanin.</t>
-[...1 lines deleted...]
-  <si>
     <t>1237</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1237/portaria_no21-2025.pdf</t>
   </si>
   <si>
     <t>Concedendo Adicional de Escolaridade a Servidora Eliana Lopes Rios.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1233/portaria_no_20-2025.pdf</t>
   </si>
   <si>
     <t>"Concedendo férias regulamentares ao Assessor Parlamentar Guilherme Gripa Vidal"</t>
   </si>
   <si>
     <t>1229</t>
@@ -585,195 +741,156 @@
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1226/portaria_n_16.2024.pdf</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1225/portaria_n_15.2024.pdf</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1224/portaria_n_14.2024.pdf</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
-    <t>13</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1223/portaria_n_13.2024.pdf</t>
   </si>
   <si>
     <t>designando Servidores para compor a Comissão de Inventário e Patrimônio.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>12</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1221/portaria_n_12.2024.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Dilamar Alberto Bordignon Salbego no Cargo de Coordenador de Bancada.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>11</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1219/portaria_n_11.2024.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Vanessa Fontana de Lima Maciel no Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
-    <t>10</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1218/portaria_n_10.2024.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Robert Dinis Garrot Biscaino no Cargo de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>9</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1217/portaria_n_09.2024.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Vitória de Lima Kuhn no Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>8</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1216/portaria_n_08.2024.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Larissa Aires Bataglin no Cargo Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>7</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1215/portaria_n_07.2024.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Thays Lopes Sudati no Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>6</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1214/portaria_n_06.2024.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Mayara Gonçalves Fortes no Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1213/portaria_n_05.2024.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Waléria Meira Costacurta do Cargo de Coordenadora de Bancada.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1212/portaria_n_04.2024.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Jussiele Alvarenga Frigo no Cargo de Coordenadora do Gabinete da Presidência.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
-    <t>3</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1211/portaria_n_03.2024.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Laíse Haigert Uberti no cargo de Assessora de Comunicação.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1210/portaria_n_02.2024.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Lennon dos Santos Dorneles no Cargo de Assessor Legislativo.</t>
   </si>
   <si>
     <t>1209</t>
-  </si>
-[...1 lines deleted...]
-    <t>1</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1209/portaria_n_01.2024.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Lennon dos Santos Dorneles do Cargo de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1206/portaria_no95-2024.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Eduardo de Moura Martins do Cargo de Assessor Legislativo.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
@@ -4516,56 +4633,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1441/portaria_n59.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1435/portaria_n58.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1434/portaria_n57.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1409/portaria_n_56-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1401/portaria_n55-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1398/portaria_n54-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1381/portaria_n53-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1379/portaria_n52-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1377/portaria_n51.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1375/portaria_n50-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1374/portaria_n49-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1373/portaria_48-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1368/portaria_n47-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1364/portaria_n_46-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1349/portaria_n_45-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1320/portaria__n44-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1315/portaria_n43-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1312/portaria_n42-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1309/portaria_n41-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1308/portaria_n40-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1306/portaria_no39-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1299/portaria_no38-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1297/portaria_no37-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1289/portaria_no36-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1280/portaria_no35-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1274/portaria_no34-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1272/portaria_no33-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1271/portaria_n_32.2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1268/portaria_n31-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1263/portaria_n30-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1262/portaria_no29-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1261/portaria_no28-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1260/portaria_27-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1259/portoria_n_26-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1255/portaria_no25-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1252/portaria_n_24-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1249/portaria_n_23-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1241/portaria_no22-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1237/portaria_no21-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1233/portaria_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1229/portaria_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1228/portaria_n_18.2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1227/portaria_n_17.2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1226/portaria_n_16.2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1225/portaria_n_15.2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1224/portaria_n_14.2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1223/portaria_n_13.2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1221/portaria_n_12.2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1219/portaria_n_11.2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1218/portaria_n_10.2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1217/portaria_n_09.2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1216/portaria_n_08.2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1215/portaria_n_07.2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1214/portaria_n_06.2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1213/portaria_n_05.2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1212/portaria_n_04.2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1211/portaria_n_03.2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1210/portaria_n_02.2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1209/portaria_n_01.2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1206/portaria_no95-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1205/portaria_no94-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1204/portaria_no93-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1203/portaria_no92-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1202/portaria_no91-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1201/portaria_no90-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1200/portaria_no89-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1199/portaria_no88-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1198/portaria_no87-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1194/portaria_no86-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1191/portaria_no85-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1187/portaria_n_84.2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1186/portaria_n_83-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1185/portaria_n82-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1184/portaria_no81-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1183/portaria_no80-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1182/portaria_no79-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1181/portaria_n78-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1180/portaria_n_77-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1179/portaria_n76-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1178/portaria_n75-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1171/portaria_no74-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1169/portaria_n73-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1168/portaria_n72-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1167/portaria_n71-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1166/portaria_n70.2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1155/portaria_n69-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1148/portaria_n68-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1142/portaria_no67-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1141/portaria_n66-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1140/portaria_no65-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1139/portaria_n64-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1138/portaria_n63-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1132/portaria_no62-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1130/portaria_n_61-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1129/portaria_n_60-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1124/portaria_no59-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1123/portaria_no58-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1122/portaria_no57-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1120/portaria_no56-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1115/portaria_n55-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1114/portaria_n54-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1113/portaria_n53-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1112/portaria_n52-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1111/portaria_n51-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1110/portaria_n50-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1109/portaria_n49-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1108/portaria_n48-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1107/portaria_no47-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1095/portaria_n_46-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1094/portaria_n45-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1093/portaria_n44-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1092/portaria_n43-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1091/portaria_no42-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1090/portaria_no41-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1085/portaria_n40-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1082/portaria_n39-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1067/portaria_no38-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1066/portaria_no37-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1065/portaria_no36-2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1064/portaria_no35-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1063/portaria_n_34-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1062/portaria_n_33-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1061/portaria_no32-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1060/portaria_no31-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1059/portaria_no30-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1058/portaria_no29-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1050/portaria_no28-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1049/portaria_no27-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1045/portaria_no26-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1043/portaria_no25-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1042/portaria_no24-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1041/portaria_no23-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1035/portaria_no22-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1034/portaria_no21-2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1033/portaria_n_20.2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1032/portaria_n_19-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1031/portaria_n_18-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1028/portaria_n17-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1027/portaria_n_16-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1026/portaria_n_15-2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1024/portaria_n14-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1023/portaria_n13-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1018/portaria_n12-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1017/portaria_no11-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1015/portaria_no10-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1013/portaria_n_09-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1011/portaria_n_08-2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1010/portaria_n07-2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1009/portaria_n06-2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1008/portaria_no_05-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1007/portaria_no04-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/999/portaria_no03-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/997/portaria_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/994/portaria_n01-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/987/portaria_n_50.2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/984/portaria_n49-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/982/portaria_n48-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/981/portaria_n47-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/980/portaria_n46-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/979/portaria_no45-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/973/portaria_no_44.2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/966/portaria_no_43.2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/963/portaria_no_42.2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/962/portaria_no_41.2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/958/portaria_n40-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/957/portaria_n39-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/956/portaria_n38-2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/951/portaria_n37-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/950/portaria_n36-2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/949/portaria_n35-2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/948/portaria_n34-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/947/portaria_n33-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/946/portaria_n32-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/945/portaria_n31-2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/944/portaria_n30-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/943/portaria_n29-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/942/portaria_n28-2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/941/portaria_n27-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/940/portaria_n26-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/939/portaria_n25-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/928/portaria_no24-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/925/portaria_no_23.2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/924/portaria_no_22.2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/920/portaria_no21-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/908/portaria_no_20.2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/907/portaria_n19-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/887/portaria_n18-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/886/portaria_n17-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/881/portaria_no_16-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/880/portaria_n15-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/865/portaria_no_14-2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/864/portaria_n13-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/857/portaria_no_12.2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/856/portaria_no_11.2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/855/portaria_no_10.2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/852/portaria_n09-2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/842/portaria_n_08-2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/838/portaria_n_07-2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/837/portaria_n_06-2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/835/portaria_n_05-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/834/portaria_n_04-2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/833/portaria_n_03-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/832/portaria_n_02-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/831/portaria_n_01-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/830/portaria_n_45-2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/826/portaria_no_44-2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/825/portaria_no_43-2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/824/portaria_no_42-2022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/823/portaria_no_41-2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/820/portaria_no_40-2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/819/portaria_no_39-2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/816/portaria_n_38-2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/811/portaria_n_37-2022.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/804/portaria_n36-2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/803/portaria_n35-2022.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/795/portaria_n34-2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/791/portaria_n33-2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/789/portaria_n32-2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/785/portaria_n31-2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/776/portaria_n30-2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/775/portaria_no_29-2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/772/portaria_n28-2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/771/portaria_n_27-2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/766/portaria_n26-2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/765/portaria_n_25-2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/741/portaria_n_23-2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/736/portaria_n_22-2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/732/portaria_n_21-2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/729/portaria_n_20-2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/727/portaria_19-2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/718/portaria_n_18-2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/712/portaria_17-2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/711/portaria_n_16-2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/710/portaria_n_15-2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/709/portaria_n_14-2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/708/portaria_n_13-2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/705/portaria_n_12-2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/704/portaria_n_11-2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/687/portaria_no10-2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/675/portaria_n_09-2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/674/portaria_n_08-2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/671/portaria_n_07-2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/670/portaria_n_06-2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/663/portaria_n_05-2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/662/portaria_n_04-2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/648/portaria_n_03-2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/647/portaria_n_02-2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/646/portaria_n_01-2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/644/portaria_no_56-2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/641/portaria_n_55-2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/627/portaria_n_54-2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/626/portaria_n_53-2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/616/portaria_n_52-2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/615/portaria_n_51-2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/614/portaria_n_50-2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/613/portaria_n_49-2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/612/portaria_n_48-2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/609/portaria_n_47-2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/604/portaria_n_46-2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/603/portaria_n_45-2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/602/portaria_no_44.2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/601/portaria_no_43.2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/600/portaria_n_42-2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/599/portaria_n_41-2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/591/portaria_n_40-2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/569/portaria_no_39-2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/563/portaria_n_38-2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/562/portaria_n_37-2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/561/portaria_n_36-2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/548/portaria_n_35-2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/537/portaria_n_34-2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/533/portaria_n_33-2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/532/portaria_n_32-2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/527/portaria_no_31.2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/525/portaria_no_30.2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/524/portaria_no_29.2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/523/portaria_n27-2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/522/portaria_n26-2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/517/portaria_no25.2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/516/portaria.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/513/portaria_no_23.2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/510/portaria_22.2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/509/portaria_n21-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/508/portaria_20_2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/507/portaria_19_2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/506/portaria_18_2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/505/portaria_no_17.2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/496/portaria_n_15-2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/495/ordem_de_servico_n_03-2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/494/portaria_n_13-2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/493/portaria_n_12-2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/492/portaria_n_11-2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/490/portaria_no_10.2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/489/portaria_n09-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/488/portaria_n08-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/487/portaria_n07-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/486/portaria_n06-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/485/portaria_n05-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/484/portaria_n04-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/483/portaria_n03-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/482/portaria_n02-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/481/portaria_n_01-2021_001-convertido_1.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/479/portaria_55-convertido.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/478/portaria_54-convertido.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/477/portaria_53-convertido.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/476/portaria_52-convertido.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/475/portaria_51-convertido.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/474/portaria_50-convertido.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/473/portaria_49-convertido.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/470/portaria_n_48-2020.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/457/portaria_n_47-2020.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/454/portaria_no_46-2020.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/453/portaria_no_45-2020.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/434/portaria_no_44-2020.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/427/portaria_no_43-2020.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/424/portaria_no_42-2020.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/420/portaria_no_41-2020.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/417/portaria_no_40-2020.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/416/portaria_no_39-2020.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/415/portaria_no_38-2020.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/414/portaria_no_37-2020.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/413/portaria_no_36-2020.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/412/portaria_no_35-2020.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/386/portaria_no_34-2020.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/385/portaria_no_33-2020.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/381/portaria_no_32-2020.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/277/portaria_no_31-2020.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/276/portaria_no_30-2020.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/275/portaria_no_29-2020.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/274/portaria_no_28-2020.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/272/portaria_no_27.2020.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/271/portaria_no_26-2020.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/270/portaria_no_25-2020.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/268/portaria_no_24-2020.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/267/portaria_no_23-2020.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/263/portaria_no_22-2020.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/262/portaria_no_21-2020.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/261/portaria_no_20-2020.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/260/portaria_no_19-2020.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/259/portaria_no_18-2020.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/256/portaria_n_17.2020.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/257/portaria_n_16.2020.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/255/portaria_n_15.2020.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/258/portaria_n_14.2020.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/253/portaria_no_13-2020.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/252/portaria_no_12-2020.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/250/portaria_no_11-2020.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/251/portaria_no_10-2020.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/249/portaria_no_09-2020.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/248/portaria_no_08-2020.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/247/portaria_no_07-2020.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/246/portaria_no_06-2020.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/245/portaria_no_05-2020.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/244/portaria_no_04-2020.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/243/portaria_no_03-2019.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/242/portaria_no_02-2019.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/241/portaria_no_01-2019.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/236/portaria_n_51.2019.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/235/portaria_n_50.2019.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/234/portaria_n_49.2019.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/233/portaria_48.2019.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/232/portaria_47.2019.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/231/portaria_46.2019.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/226/portaria_n__45.2019.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/224/portaria_n_44.2019.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/223/portaria_n_43.2019_0lhyERD.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/222/portaria_n_42.2019_kvZQQxE.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/221/portaria_n_41.2019_K4d6lJf.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/220/portaria_n_40.2019_0VV9S4V.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/219/portaria_n_39.2019_jQdlPMM.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/218/portaria_n_38.2019.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/217/portaria_n_37.2019.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/215/portaria_n_36.2019.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/209/portaria_n_33.2019.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/208/portaria_no_32.2019.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/214/portaria_n_35.2019.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/213/portaria_n_34.2019.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/206/portaria_n_31.2019_.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/202/portaria_no30.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/204/portaria_no_29.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/199/portaria_n_27.2019.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/198/portaria_n_26.2019.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/197/portaria_n_25.2019.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/196/paula.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/195/portaria_n_23.2019.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/194/portaria22.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/193/portaria_n_21.2019.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/191/portaiano20.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/189/portaria_n_19.2019.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/188/portaria_n_18.2019.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/178/portaria_n_17.2019.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/177/portaria_n_16.2019.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/176/portaria_no15.2019.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/175/portaria_no14.2019.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/173/portaria_n_13.2019.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/172/portaria_n_12.2019.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/171/portaria_n_11.2019.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/170/portaria_n_10.2019.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/169/portaria_n_09.2019.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/168/portaria_n_08.2019.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/167/portaria_n072019.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/160/portaria_n_06.2019.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/159/portaria_n_05.2019.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/158/portaria_n_04.2019.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/157/portaria_n_03.2019_KOPyO27.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/156/portaria_n_02.2019.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/155/portaria_n_01.2019.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/162/portaria_n_43.2018.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/161/portaria_n_42.2018.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/152/portaria41.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/151/portaria40.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/150/portaria39.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/149/portaria38_YxWMyWj.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/153/portaria_n_37.2018.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/147/portaria36.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/145/portaria_no_35.2018.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/144/portaria_no_34.2018_qrZGPqN.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/143/portaria_no_33.2018.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/899/portaria_no_27.2018.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/136/portaria_no_23.2018.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/135/portaria_no_23.2018.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/105/portaria_n22.2018.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/134/portaria_no_212018.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/133/portaria_no_20.2018.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/104/portaria_no_19.2018.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/103/portaria_no_18.2018.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/102/portaria_no_17.2018.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/91/portaria_no_13.2018.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/90/portaria_no_12.2018.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/89/portaria_no_11.2018.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/88/portaria-n-10.2018.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/87/portaria-n-09.2018.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/1/portaria-n-07.2018.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/7/portaria-n-06.2018.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/6/portaria-n-05.2018.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/5/portaria-n-04.2018.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/4/portaria-n-03.2018.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/3/portaria-n-02.2018.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/2/portaria-n-01.2018.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/743/portaria_n_24-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1475/portaria_no_13.2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1474/portaria_no_12.2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1472/portaria_no_11.2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1470/portaria_n_10.2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1469/portaria_n_09.2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1468/portaria_n_08.2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1467/portaria_n_07.2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1466/portaria_n_06.2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1465/portaria_n_05.2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1464/portaria_n_04-2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1461/portaria_n03.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1460/portaria_n02.2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1459/portaria_n_01-2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1441/portaria_n59.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1435/portaria_n58.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1434/portaria_n57.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1409/portaria_n_56-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1401/portaria_n55-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1398/portaria_n54-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1381/portaria_n53-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1379/portaria_n52-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1377/portaria_n51.2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1375/portaria_n50-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1374/portaria_n49-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1373/portaria_48-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1368/portaria_n47-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1364/portaria_n_46-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1349/portaria_n_45-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1320/portaria__n44-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1315/portaria_n43-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1312/portaria_n42-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1309/portaria_n41-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1308/portaria_n40-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1306/portaria_no39-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1299/portaria_no38-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1297/portaria_no37-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1289/portaria_no36-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1280/portaria_no35-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1274/portaria_no34-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1272/portaria_no33-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1271/portaria_n_32.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1268/portaria_n31-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1263/portaria_n30-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1262/portaria_no29-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1261/portaria_no28-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1260/portaria_27-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1259/portoria_n_26-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1255/portaria_no25-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1252/portaria_n_24-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1249/portaria_n_23-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1241/portaria_no22-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1237/portaria_no21-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1233/portaria_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1229/portaria_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1228/portaria_n_18.2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1227/portaria_n_17.2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1226/portaria_n_16.2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1225/portaria_n_15.2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1224/portaria_n_14.2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1223/portaria_n_13.2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1221/portaria_n_12.2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1219/portaria_n_11.2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1218/portaria_n_10.2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1217/portaria_n_09.2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1216/portaria_n_08.2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1215/portaria_n_07.2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1214/portaria_n_06.2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1213/portaria_n_05.2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1212/portaria_n_04.2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1211/portaria_n_03.2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1210/portaria_n_02.2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1209/portaria_n_01.2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1206/portaria_no95-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1205/portaria_no94-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1204/portaria_no93-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1203/portaria_no92-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1202/portaria_no91-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1201/portaria_no90-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1200/portaria_no89-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1199/portaria_no88-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1198/portaria_no87-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1194/portaria_no86-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1191/portaria_no85-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1187/portaria_n_84.2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1186/portaria_n_83-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1185/portaria_n82-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1184/portaria_no81-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1183/portaria_no80-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1182/portaria_no79-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1181/portaria_n78-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1180/portaria_n_77-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1179/portaria_n76-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1178/portaria_n75-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1171/portaria_no74-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1169/portaria_n73-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1168/portaria_n72-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1167/portaria_n71-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1166/portaria_n70.2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1155/portaria_n69-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1148/portaria_n68-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1142/portaria_no67-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1141/portaria_n66-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1140/portaria_no65-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1139/portaria_n64-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1138/portaria_n63-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1132/portaria_no62-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1130/portaria_n_61-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1129/portaria_n_60-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1124/portaria_no59-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1123/portaria_no58-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1122/portaria_no57-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1120/portaria_no56-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1115/portaria_n55-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1114/portaria_n54-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1113/portaria_n53-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1112/portaria_n52-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1111/portaria_n51-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1110/portaria_n50-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1109/portaria_n49-2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1108/portaria_n48-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1107/portaria_no47-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1095/portaria_n_46-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1094/portaria_n45-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1093/portaria_n44-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1092/portaria_n43-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1091/portaria_no42-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1090/portaria_no41-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1085/portaria_n40-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1082/portaria_n39-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1067/portaria_no38-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1066/portaria_no37-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1065/portaria_no36-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1064/portaria_no35-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1063/portaria_n_34-2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1062/portaria_n_33-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1061/portaria_no32-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1060/portaria_no31-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1059/portaria_no30-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1058/portaria_no29-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1050/portaria_no28-2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1049/portaria_no27-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1045/portaria_no26-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1043/portaria_no25-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1042/portaria_no24-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1041/portaria_no23-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1035/portaria_no22-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1034/portaria_no21-2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1033/portaria_n_20.2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1032/portaria_n_19-2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1031/portaria_n_18-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1028/portaria_n17-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1027/portaria_n_16-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1026/portaria_n_15-2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1024/portaria_n14-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1023/portaria_n13-2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1018/portaria_n12-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1017/portaria_no11-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1015/portaria_no10-2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1013/portaria_n_09-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1011/portaria_n_08-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1010/portaria_n07-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1009/portaria_n06-2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1008/portaria_no_05-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1007/portaria_no04-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/999/portaria_no03-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/997/portaria_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/994/portaria_n01-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/987/portaria_n_50.2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/984/portaria_n49-2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/982/portaria_n48-2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/981/portaria_n47-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/980/portaria_n46-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/979/portaria_no45-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/973/portaria_no_44.2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/966/portaria_no_43.2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/963/portaria_no_42.2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/962/portaria_no_41.2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/958/portaria_n40-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/957/portaria_n39-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/956/portaria_n38-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/951/portaria_n37-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/950/portaria_n36-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/949/portaria_n35-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/948/portaria_n34-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/947/portaria_n33-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/946/portaria_n32-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/945/portaria_n31-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/944/portaria_n30-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/943/portaria_n29-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/942/portaria_n28-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/941/portaria_n27-2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/940/portaria_n26-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/939/portaria_n25-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/928/portaria_no24-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/925/portaria_no_23.2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/924/portaria_no_22.2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/920/portaria_no21-2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/908/portaria_no_20.2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/907/portaria_n19-2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/887/portaria_n18-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/886/portaria_n17-2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/881/portaria_no_16-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/880/portaria_n15-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/865/portaria_no_14-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/864/portaria_n13-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/857/portaria_no_12.2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/856/portaria_no_11.2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/855/portaria_no_10.2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/852/portaria_n09-2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/842/portaria_n_08-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/838/portaria_n_07-2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/837/portaria_n_06-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/835/portaria_n_05-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/834/portaria_n_04-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/833/portaria_n_03-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/832/portaria_n_02-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/831/portaria_n_01-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/830/portaria_n_45-2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/826/portaria_no_44-2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/825/portaria_no_43-2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/824/portaria_no_42-2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/823/portaria_no_41-2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/820/portaria_no_40-2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/819/portaria_no_39-2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/816/portaria_n_38-2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/811/portaria_n_37-2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/804/portaria_n36-2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/803/portaria_n35-2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/795/portaria_n34-2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/791/portaria_n33-2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/789/portaria_n32-2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/785/portaria_n31-2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/776/portaria_n30-2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/775/portaria_no_29-2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/772/portaria_n28-2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/771/portaria_n_27-2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/766/portaria_n26-2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/765/portaria_n_25-2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/741/portaria_n_23-2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/736/portaria_n_22-2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/732/portaria_n_21-2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/729/portaria_n_20-2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/727/portaria_19-2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/718/portaria_n_18-2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/712/portaria_17-2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/711/portaria_n_16-2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/710/portaria_n_15-2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/709/portaria_n_14-2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/708/portaria_n_13-2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/705/portaria_n_12-2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/704/portaria_n_11-2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/687/portaria_no10-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/675/portaria_n_09-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/674/portaria_n_08-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/671/portaria_n_07-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/670/portaria_n_06-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/663/portaria_n_05-2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/662/portaria_n_04-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/648/portaria_n_03-2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/647/portaria_n_02-2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/646/portaria_n_01-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/644/portaria_no_56-2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/641/portaria_n_55-2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/627/portaria_n_54-2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/626/portaria_n_53-2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/616/portaria_n_52-2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/615/portaria_n_51-2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/614/portaria_n_50-2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/613/portaria_n_49-2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/612/portaria_n_48-2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/609/portaria_n_47-2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/604/portaria_n_46-2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/603/portaria_n_45-2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/602/portaria_no_44.2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/601/portaria_no_43.2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/600/portaria_n_42-2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/599/portaria_n_41-2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/591/portaria_n_40-2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/569/portaria_no_39-2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/563/portaria_n_38-2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/562/portaria_n_37-2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/561/portaria_n_36-2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/548/portaria_n_35-2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/537/portaria_n_34-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/533/portaria_n_33-2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/532/portaria_n_32-2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/527/portaria_no_31.2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/525/portaria_no_30.2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/524/portaria_no_29.2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/523/portaria_n27-2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/522/portaria_n26-2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/517/portaria_no25.2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/516/portaria.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/513/portaria_no_23.2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/510/portaria_22.2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/509/portaria_n21-2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/508/portaria_20_2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/507/portaria_19_2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/506/portaria_18_2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/505/portaria_no_17.2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/496/portaria_n_15-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/495/ordem_de_servico_n_03-2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/494/portaria_n_13-2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/493/portaria_n_12-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/492/portaria_n_11-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/490/portaria_no_10.2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/489/portaria_n09-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/488/portaria_n08-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/487/portaria_n07-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/486/portaria_n06-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/485/portaria_n05-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/484/portaria_n04-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/483/portaria_n03-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/482/portaria_n02-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/481/portaria_n_01-2021_001-convertido_1.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/479/portaria_55-convertido.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/478/portaria_54-convertido.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/477/portaria_53-convertido.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/476/portaria_52-convertido.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/475/portaria_51-convertido.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/474/portaria_50-convertido.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/473/portaria_49-convertido.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/470/portaria_n_48-2020.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/457/portaria_n_47-2020.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/454/portaria_no_46-2020.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/453/portaria_no_45-2020.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/434/portaria_no_44-2020.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/427/portaria_no_43-2020.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/424/portaria_no_42-2020.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/420/portaria_no_41-2020.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/417/portaria_no_40-2020.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/416/portaria_no_39-2020.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/415/portaria_no_38-2020.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/414/portaria_no_37-2020.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/413/portaria_no_36-2020.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/412/portaria_no_35-2020.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/386/portaria_no_34-2020.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/385/portaria_no_33-2020.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/381/portaria_no_32-2020.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/277/portaria_no_31-2020.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/276/portaria_no_30-2020.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/275/portaria_no_29-2020.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/274/portaria_no_28-2020.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/272/portaria_no_27.2020.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/271/portaria_no_26-2020.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/270/portaria_no_25-2020.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/268/portaria_no_24-2020.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/267/portaria_no_23-2020.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/263/portaria_no_22-2020.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/262/portaria_no_21-2020.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/261/portaria_no_20-2020.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/260/portaria_no_19-2020.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/259/portaria_no_18-2020.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/256/portaria_n_17.2020.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/257/portaria_n_16.2020.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/255/portaria_n_15.2020.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/258/portaria_n_14.2020.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/253/portaria_no_13-2020.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/252/portaria_no_12-2020.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/250/portaria_no_11-2020.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/251/portaria_no_10-2020.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/249/portaria_no_09-2020.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/248/portaria_no_08-2020.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/247/portaria_no_07-2020.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/246/portaria_no_06-2020.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/245/portaria_no_05-2020.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/244/portaria_no_04-2020.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/243/portaria_no_03-2019.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/242/portaria_no_02-2019.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/241/portaria_no_01-2019.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/236/portaria_n_51.2019.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/235/portaria_n_50.2019.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/234/portaria_n_49.2019.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/233/portaria_48.2019.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/232/portaria_47.2019.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/231/portaria_46.2019.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/226/portaria_n__45.2019.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/224/portaria_n_44.2019.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/223/portaria_n_43.2019_0lhyERD.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/222/portaria_n_42.2019_kvZQQxE.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/221/portaria_n_41.2019_K4d6lJf.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/220/portaria_n_40.2019_0VV9S4V.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/219/portaria_n_39.2019_jQdlPMM.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/218/portaria_n_38.2019.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/217/portaria_n_37.2019.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/215/portaria_n_36.2019.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/209/portaria_n_33.2019.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/208/portaria_no_32.2019.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/214/portaria_n_35.2019.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/213/portaria_n_34.2019.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/206/portaria_n_31.2019_.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/202/portaria_no30.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/204/portaria_no_29.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/199/portaria_n_27.2019.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/198/portaria_n_26.2019.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/197/portaria_n_25.2019.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/196/paula.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/195/portaria_n_23.2019.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/194/portaria22.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/193/portaria_n_21.2019.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/191/portaiano20.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/189/portaria_n_19.2019.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/188/portaria_n_18.2019.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/178/portaria_n_17.2019.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/177/portaria_n_16.2019.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/176/portaria_no15.2019.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/175/portaria_no14.2019.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/173/portaria_n_13.2019.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/172/portaria_n_12.2019.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/171/portaria_n_11.2019.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/170/portaria_n_10.2019.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/169/portaria_n_09.2019.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/168/portaria_n_08.2019.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/167/portaria_n072019.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/160/portaria_n_06.2019.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/159/portaria_n_05.2019.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/158/portaria_n_04.2019.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/157/portaria_n_03.2019_KOPyO27.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/156/portaria_n_02.2019.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/155/portaria_n_01.2019.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/162/portaria_n_43.2018.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/161/portaria_n_42.2018.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/152/portaria41.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/151/portaria40.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/150/portaria39.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/149/portaria38_YxWMyWj.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/153/portaria_n_37.2018.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/147/portaria36.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/145/portaria_no_35.2018.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/144/portaria_no_34.2018_qrZGPqN.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/143/portaria_no_33.2018.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/899/portaria_no_27.2018.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/136/portaria_no_23.2018.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/135/portaria_no_23.2018.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/105/portaria_n22.2018.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/134/portaria_no_212018.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/133/portaria_no_20.2018.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/104/portaria_no_19.2018.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/103/portaria_no_18.2018.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/102/portaria_no_17.2018.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/91/portaria_no_13.2018.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/90/portaria_no_12.2018.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/89/portaria_no_11.2018.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/88/portaria-n-10.2018.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/87/portaria-n-09.2018.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/1/portaria-n-07.2018.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/7/portaria-n-06.2018.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/6/portaria-n-05.2018.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/5/portaria-n-04.2018.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/4/portaria-n-03.2018.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/3/portaria-n-02.2018.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/2/portaria-n-01.2018.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/743/portaria_n_24-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G445"/>
+  <dimension ref="A1:G458"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="113.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -4862,9956 +4979,10255 @@
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
         <v>59</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>60</v>
       </c>
       <c r="G14" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>62</v>
       </c>
       <c r="B15" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B16" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C16" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G16" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B17" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C17" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G17" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B18" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C18" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="G18" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B19" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C19" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="G19" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B20" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C20" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="G20" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B21" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C21" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G21" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B22" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C22" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="G22" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B23" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C23" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="G23" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B24" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C24" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="G24" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B25" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C25" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="G25" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B26" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C26" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="G26" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B27" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C27" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="G27" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B28" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C28" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="G28" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B29" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C29" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="G29" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B30" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C30" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="G30" t="s">
-        <v>124</v>
+        <v>94</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B31" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C31" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G31" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B32" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C32" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="G32" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B33" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C33" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G33" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B34" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C34" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="G34" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B35" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C35" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="G35" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B36" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C36" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G36" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B37" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C37" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="G37" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B38" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C38" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="G38" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B39" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C39" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="G39" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B40" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C40" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G40" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B41" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C41" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="G41" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B42" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C42" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="G42" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B43" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C43" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="G43" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B44" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C44" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="G44" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B45" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C45" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="G45" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B46" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C46" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="G46" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B47" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C47" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="G47" t="s">
-        <v>180</v>
+        <v>193</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B48" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C48" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="G48" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="B49" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C49" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="G49" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="B50" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C50" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="G50" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="B51" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C51" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="G51" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="B52" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C52" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="G52" t="s">
-        <v>209</v>
+        <v>57</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B53" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C53" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="G53" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B54" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C54" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="G54" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="B55" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C55" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="G55" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="B56" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C56" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="G56" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="B57" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C57" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="G57" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="B58" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C58" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="G58" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B59" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C59" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="G59" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B60" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C60" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="G60" t="s">
-        <v>241</v>
+        <v>232</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>242</v>
       </c>
       <c r="B61" t="s">
+        <v>63</v>
+      </c>
+      <c r="C61" t="s">
+        <v>9</v>
+      </c>
+      <c r="D61" t="s">
+        <v>10</v>
+      </c>
+      <c r="E61" t="s">
+        <v>11</v>
+      </c>
+      <c r="F61" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="C61" t="s">
+      <c r="G61" t="s">
         <v>244</v>
-      </c>
-[...10 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
+        <v>245</v>
+      </c>
+      <c r="B62" t="s">
+        <v>63</v>
+      </c>
+      <c r="C62" t="s">
+        <v>15</v>
+      </c>
+      <c r="D62" t="s">
+        <v>10</v>
+      </c>
+      <c r="E62" t="s">
+        <v>11</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="G62" t="s">
         <v>247</v>
-      </c>
-[...16 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="B63" t="s">
-        <v>243</v>
+        <v>63</v>
       </c>
       <c r="C63" t="s">
-        <v>252</v>
+        <v>19</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="G63" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="B64" t="s">
-        <v>243</v>
+        <v>63</v>
       </c>
       <c r="C64" t="s">
-        <v>256</v>
+        <v>23</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="G64" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="B65" t="s">
-        <v>243</v>
+        <v>63</v>
       </c>
       <c r="C65" t="s">
-        <v>260</v>
+        <v>27</v>
       </c>
       <c r="D65" t="s">
         <v>10</v>
       </c>
       <c r="E65" t="s">
         <v>11</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="G65" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="B66" t="s">
-        <v>243</v>
+        <v>63</v>
       </c>
       <c r="C66" t="s">
-        <v>264</v>
+        <v>31</v>
       </c>
       <c r="D66" t="s">
         <v>10</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="G66" t="s">
-        <v>266</v>
+        <v>259</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="B67" t="s">
-        <v>243</v>
+        <v>63</v>
       </c>
       <c r="C67" t="s">
-        <v>268</v>
+        <v>35</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>269</v>
+        <v>261</v>
       </c>
       <c r="G67" t="s">
-        <v>270</v>
+        <v>262</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>271</v>
+        <v>263</v>
       </c>
       <c r="B68" t="s">
-        <v>243</v>
+        <v>63</v>
       </c>
       <c r="C68" t="s">
-        <v>272</v>
+        <v>39</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>273</v>
+        <v>264</v>
       </c>
       <c r="G68" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>275</v>
+        <v>266</v>
       </c>
       <c r="B69" t="s">
-        <v>243</v>
+        <v>63</v>
       </c>
       <c r="C69" t="s">
-        <v>276</v>
+        <v>43</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>277</v>
+        <v>267</v>
       </c>
       <c r="G69" t="s">
-        <v>278</v>
+        <v>268</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="B70" t="s">
-        <v>243</v>
+        <v>63</v>
       </c>
       <c r="C70" t="s">
-        <v>280</v>
+        <v>47</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>281</v>
+        <v>270</v>
       </c>
       <c r="G70" t="s">
-        <v>282</v>
+        <v>271</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>283</v>
+        <v>272</v>
       </c>
       <c r="B71" t="s">
-        <v>243</v>
+        <v>63</v>
       </c>
       <c r="C71" t="s">
-        <v>284</v>
+        <v>51</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>285</v>
+        <v>273</v>
       </c>
       <c r="G71" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>287</v>
+        <v>275</v>
       </c>
       <c r="B72" t="s">
-        <v>243</v>
+        <v>63</v>
       </c>
       <c r="C72" t="s">
-        <v>288</v>
+        <v>55</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>289</v>
+        <v>276</v>
       </c>
       <c r="G72" t="s">
-        <v>290</v>
+        <v>277</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>291</v>
+        <v>278</v>
       </c>
       <c r="B73" t="s">
-        <v>243</v>
+        <v>63</v>
       </c>
       <c r="C73" t="s">
-        <v>292</v>
+        <v>59</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>293</v>
+        <v>279</v>
       </c>
       <c r="G73" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>295</v>
+        <v>281</v>
       </c>
       <c r="B74" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C74" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="D74" t="s">
         <v>10</v>
       </c>
       <c r="E74" t="s">
         <v>11</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>297</v>
+        <v>284</v>
       </c>
       <c r="G74" t="s">
-        <v>298</v>
+        <v>285</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>299</v>
+        <v>286</v>
       </c>
       <c r="B75" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C75" t="s">
-        <v>300</v>
+        <v>287</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
         <v>11</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>301</v>
+        <v>288</v>
       </c>
       <c r="G75" t="s">
-        <v>302</v>
+        <v>289</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>303</v>
+        <v>290</v>
       </c>
       <c r="B76" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C76" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="G76" t="s">
-        <v>306</v>
+        <v>293</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>307</v>
+        <v>294</v>
       </c>
       <c r="B77" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C77" t="s">
-        <v>308</v>
+        <v>295</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77" t="s">
         <v>11</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>309</v>
+        <v>296</v>
       </c>
       <c r="G77" t="s">
-        <v>310</v>
+        <v>297</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>311</v>
+        <v>298</v>
       </c>
       <c r="B78" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C78" t="s">
-        <v>312</v>
+        <v>299</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>313</v>
+        <v>300</v>
       </c>
       <c r="G78" t="s">
-        <v>314</v>
+        <v>301</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>315</v>
+        <v>302</v>
       </c>
       <c r="B79" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C79" t="s">
-        <v>316</v>
+        <v>303</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>317</v>
+        <v>304</v>
       </c>
       <c r="G79" t="s">
-        <v>318</v>
+        <v>305</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>319</v>
+        <v>306</v>
       </c>
       <c r="B80" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C80" t="s">
-        <v>320</v>
+        <v>307</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>321</v>
+        <v>308</v>
       </c>
       <c r="G80" t="s">
-        <v>322</v>
+        <v>309</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>323</v>
+        <v>310</v>
       </c>
       <c r="B81" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C81" t="s">
-        <v>324</v>
+        <v>311</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>325</v>
+        <v>312</v>
       </c>
       <c r="G81" t="s">
-        <v>326</v>
+        <v>313</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>327</v>
+        <v>314</v>
       </c>
       <c r="B82" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C82" t="s">
-        <v>328</v>
+        <v>315</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>329</v>
+        <v>316</v>
       </c>
       <c r="G82" t="s">
-        <v>330</v>
+        <v>317</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>331</v>
+        <v>318</v>
       </c>
       <c r="B83" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C83" t="s">
-        <v>332</v>
+        <v>319</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
         <v>11</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>333</v>
+        <v>320</v>
       </c>
       <c r="G83" t="s">
-        <v>334</v>
+        <v>321</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>335</v>
+        <v>322</v>
       </c>
       <c r="B84" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C84" t="s">
-        <v>336</v>
+        <v>323</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>337</v>
+        <v>324</v>
       </c>
       <c r="G84" t="s">
-        <v>29</v>
+        <v>325</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>338</v>
+        <v>326</v>
       </c>
       <c r="B85" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C85" t="s">
-        <v>339</v>
+        <v>327</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>11</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>340</v>
+        <v>328</v>
       </c>
       <c r="G85" t="s">
-        <v>341</v>
+        <v>329</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>342</v>
+        <v>330</v>
       </c>
       <c r="B86" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C86" t="s">
-        <v>343</v>
+        <v>331</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
         <v>11</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>344</v>
+        <v>332</v>
       </c>
       <c r="G86" t="s">
-        <v>345</v>
+        <v>333</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>346</v>
+        <v>334</v>
       </c>
       <c r="B87" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C87" t="s">
-        <v>347</v>
+        <v>335</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
         <v>11</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>348</v>
+        <v>336</v>
       </c>
       <c r="G87" t="s">
-        <v>180</v>
+        <v>337</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>349</v>
+        <v>338</v>
       </c>
       <c r="B88" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C88" t="s">
-        <v>350</v>
+        <v>339</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
         <v>11</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>351</v>
+        <v>340</v>
       </c>
       <c r="G88" t="s">
-        <v>352</v>
+        <v>341</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>353</v>
+        <v>342</v>
       </c>
       <c r="B89" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C89" t="s">
-        <v>354</v>
+        <v>343</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>11</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>355</v>
+        <v>344</v>
       </c>
       <c r="G89" t="s">
-        <v>356</v>
+        <v>345</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>357</v>
+        <v>346</v>
       </c>
       <c r="B90" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C90" t="s">
-        <v>358</v>
+        <v>347</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
         <v>11</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>359</v>
+        <v>348</v>
       </c>
       <c r="G90" t="s">
-        <v>360</v>
+        <v>349</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>361</v>
+        <v>350</v>
       </c>
       <c r="B91" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C91" t="s">
-        <v>362</v>
+        <v>351</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>363</v>
+        <v>352</v>
       </c>
       <c r="G91" t="s">
-        <v>364</v>
+        <v>353</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>365</v>
+        <v>354</v>
       </c>
       <c r="B92" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C92" t="s">
-        <v>366</v>
+        <v>355</v>
       </c>
       <c r="D92" t="s">
         <v>10</v>
       </c>
       <c r="E92" t="s">
         <v>11</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>367</v>
+        <v>356</v>
       </c>
       <c r="G92" t="s">
-        <v>368</v>
+        <v>357</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>369</v>
+        <v>358</v>
       </c>
       <c r="B93" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C93" t="s">
-        <v>370</v>
+        <v>359</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
         <v>11</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>371</v>
+        <v>360</v>
       </c>
       <c r="G93" t="s">
-        <v>372</v>
+        <v>361</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>373</v>
+        <v>362</v>
       </c>
       <c r="B94" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C94" t="s">
-        <v>374</v>
+        <v>363</v>
       </c>
       <c r="D94" t="s">
         <v>10</v>
       </c>
       <c r="E94" t="s">
         <v>11</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>375</v>
+        <v>364</v>
       </c>
       <c r="G94" t="s">
-        <v>376</v>
+        <v>365</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>377</v>
+        <v>366</v>
       </c>
       <c r="B95" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C95" t="s">
-        <v>378</v>
+        <v>367</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95" t="s">
         <v>11</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>379</v>
+        <v>368</v>
       </c>
       <c r="G95" t="s">
-        <v>380</v>
+        <v>369</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>381</v>
+        <v>370</v>
       </c>
       <c r="B96" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C96" t="s">
-        <v>382</v>
+        <v>371</v>
       </c>
       <c r="D96" t="s">
         <v>10</v>
       </c>
       <c r="E96" t="s">
         <v>11</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>383</v>
+        <v>372</v>
       </c>
       <c r="G96" t="s">
-        <v>384</v>
+        <v>373</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>385</v>
+        <v>374</v>
       </c>
       <c r="B97" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C97" t="s">
-        <v>9</v>
+        <v>375</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
         <v>11</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
       <c r="G97" t="s">
-        <v>387</v>
+        <v>82</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>388</v>
+        <v>377</v>
       </c>
       <c r="B98" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C98" t="s">
-        <v>15</v>
+        <v>378</v>
       </c>
       <c r="D98" t="s">
         <v>10</v>
       </c>
       <c r="E98" t="s">
         <v>11</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>389</v>
+        <v>379</v>
       </c>
       <c r="G98" t="s">
-        <v>390</v>
+        <v>380</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>391</v>
+        <v>381</v>
       </c>
       <c r="B99" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C99" t="s">
-        <v>19</v>
+        <v>382</v>
       </c>
       <c r="D99" t="s">
         <v>10</v>
       </c>
       <c r="E99" t="s">
         <v>11</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>392</v>
+        <v>383</v>
       </c>
       <c r="G99" t="s">
-        <v>393</v>
+        <v>384</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>394</v>
+        <v>385</v>
       </c>
       <c r="B100" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C100" t="s">
-        <v>23</v>
+        <v>386</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100" t="s">
         <v>11</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>395</v>
+        <v>387</v>
       </c>
       <c r="G100" t="s">
-        <v>396</v>
+        <v>232</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>397</v>
+        <v>388</v>
       </c>
       <c r="B101" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C101" t="s">
-        <v>27</v>
+        <v>389</v>
       </c>
       <c r="D101" t="s">
         <v>10</v>
       </c>
       <c r="E101" t="s">
         <v>11</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="G101" t="s">
-        <v>368</v>
+        <v>391</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>399</v>
+        <v>392</v>
       </c>
       <c r="B102" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C102" t="s">
-        <v>31</v>
+        <v>393</v>
       </c>
       <c r="D102" t="s">
         <v>10</v>
       </c>
       <c r="E102" t="s">
         <v>11</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>400</v>
+        <v>394</v>
       </c>
       <c r="G102" t="s">
-        <v>401</v>
+        <v>395</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>402</v>
+        <v>396</v>
       </c>
       <c r="B103" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C103" t="s">
-        <v>35</v>
+        <v>397</v>
       </c>
       <c r="D103" t="s">
         <v>10</v>
       </c>
       <c r="E103" t="s">
         <v>11</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="G103" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="B104" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C104" t="s">
-        <v>39</v>
+        <v>401</v>
       </c>
       <c r="D104" t="s">
         <v>10</v>
       </c>
       <c r="E104" t="s">
         <v>11</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G104" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="B105" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C105" t="s">
-        <v>43</v>
+        <v>405</v>
       </c>
       <c r="D105" t="s">
         <v>10</v>
       </c>
       <c r="E105" t="s">
         <v>11</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="G105" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
+        <v>408</v>
+      </c>
+      <c r="B106" t="s">
+        <v>282</v>
+      </c>
+      <c r="C106" t="s">
+        <v>409</v>
+      </c>
+      <c r="D106" t="s">
+        <v>10</v>
+      </c>
+      <c r="E106" t="s">
+        <v>11</v>
+      </c>
+      <c r="F106" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="G106" t="s">
         <v>411</v>
-      </c>
-[...16 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
+        <v>412</v>
+      </c>
+      <c r="B107" t="s">
+        <v>282</v>
+      </c>
+      <c r="C107" t="s">
+        <v>413</v>
+      </c>
+      <c r="D107" t="s">
+        <v>10</v>
+      </c>
+      <c r="E107" t="s">
+        <v>11</v>
+      </c>
+      <c r="F107" s="1" t="s">
         <v>414</v>
       </c>
-      <c r="B107" t="s">
-[...11 lines deleted...]
-      <c r="F107" s="1" t="s">
+      <c r="G107" t="s">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
+        <v>416</v>
+      </c>
+      <c r="B108" t="s">
+        <v>282</v>
+      </c>
+      <c r="C108" t="s">
         <v>417</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D108" t="s">
         <v>10</v>
       </c>
       <c r="E108" t="s">
         <v>11</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>418</v>
       </c>
       <c r="G108" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>420</v>
       </c>
       <c r="B109" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C109" t="s">
-        <v>59</v>
+        <v>421</v>
       </c>
       <c r="D109" t="s">
         <v>10</v>
       </c>
       <c r="E109" t="s">
         <v>11</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="G109" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B110" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C110" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D110" t="s">
         <v>10</v>
       </c>
       <c r="E110" t="s">
         <v>11</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="G110" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B111" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C111" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D111" t="s">
         <v>10</v>
       </c>
       <c r="E111" t="s">
         <v>11</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="G111" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B112" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C112" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D112" t="s">
         <v>10</v>
       </c>
       <c r="E112" t="s">
         <v>11</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="G112" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B113" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C113" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D113" t="s">
         <v>10</v>
       </c>
       <c r="E113" t="s">
         <v>11</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="G113" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B114" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C114" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D114" t="s">
         <v>10</v>
       </c>
       <c r="E114" t="s">
         <v>11</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="G114" t="s">
-        <v>437</v>
+        <v>407</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
         <v>438</v>
       </c>
       <c r="B115" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C115" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D115" t="s">
         <v>10</v>
       </c>
       <c r="E115" t="s">
         <v>11</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>439</v>
       </c>
       <c r="G115" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
         <v>441</v>
       </c>
       <c r="B116" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C116" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D116" t="s">
         <v>10</v>
       </c>
       <c r="E116" t="s">
         <v>11</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>442</v>
       </c>
       <c r="G116" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
         <v>444</v>
       </c>
       <c r="B117" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C117" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D117" t="s">
         <v>10</v>
       </c>
       <c r="E117" t="s">
         <v>11</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>445</v>
       </c>
       <c r="G117" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
         <v>447</v>
       </c>
       <c r="B118" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C118" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D118" t="s">
         <v>10</v>
       </c>
       <c r="E118" t="s">
         <v>11</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>448</v>
       </c>
       <c r="G118" t="s">
-        <v>29</v>
+        <v>449</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B119" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C119" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D119" t="s">
         <v>10</v>
       </c>
       <c r="E119" t="s">
         <v>11</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="G119" t="s">
-        <v>306</v>
+        <v>452</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B120" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C120" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D120" t="s">
         <v>10</v>
       </c>
       <c r="E120" t="s">
         <v>11</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="G120" t="s">
-        <v>298</v>
+        <v>455</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B121" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C121" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D121" t="s">
         <v>10</v>
       </c>
       <c r="E121" t="s">
         <v>11</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="G121" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B122" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C122" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D122" t="s">
         <v>10</v>
       </c>
       <c r="E122" t="s">
         <v>11</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="G122" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B123" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C123" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D123" t="s">
         <v>10</v>
       </c>
       <c r="E123" t="s">
         <v>11</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="G123" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B124" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C124" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D124" t="s">
         <v>10</v>
       </c>
       <c r="E124" t="s">
         <v>11</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="G124" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B125" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C125" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D125" t="s">
         <v>10</v>
       </c>
       <c r="E125" t="s">
         <v>11</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="G125" t="s">
-        <v>314</v>
+        <v>470</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="B126" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C126" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D126" t="s">
         <v>10</v>
       </c>
       <c r="E126" t="s">
         <v>11</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="G126" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="B127" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C127" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D127" t="s">
         <v>10</v>
       </c>
       <c r="E127" t="s">
         <v>11</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="G127" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="B128" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C128" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D128" t="s">
         <v>10</v>
       </c>
       <c r="E128" t="s">
         <v>11</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="G128" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="B129" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C129" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D129" t="s">
         <v>10</v>
       </c>
       <c r="E129" t="s">
         <v>11</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="G129" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="B130" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C130" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D130" t="s">
         <v>10</v>
       </c>
       <c r="E130" t="s">
         <v>11</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="G130" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="B131" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C131" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D131" t="s">
         <v>10</v>
       </c>
       <c r="E131" t="s">
         <v>11</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="G131" t="s">
-        <v>484</v>
+        <v>82</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="B132" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C132" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D132" t="s">
         <v>10</v>
       </c>
       <c r="E132" t="s">
         <v>11</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="G132" t="s">
-        <v>487</v>
+        <v>345</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B133" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C133" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D133" t="s">
         <v>10</v>
       </c>
       <c r="E133" t="s">
         <v>11</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="G133" t="s">
-        <v>490</v>
+        <v>337</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B134" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C134" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D134" t="s">
         <v>10</v>
       </c>
       <c r="E134" t="s">
         <v>11</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="G134" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B135" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C135" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D135" t="s">
         <v>10</v>
       </c>
       <c r="E135" t="s">
         <v>11</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="G135" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B136" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C136" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D136" t="s">
         <v>10</v>
       </c>
       <c r="E136" t="s">
         <v>11</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="G136" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B137" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C137" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D137" t="s">
         <v>10</v>
       </c>
       <c r="E137" t="s">
         <v>11</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="G137" t="s">
-        <v>128</v>
+        <v>503</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B138" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C138" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D138" t="s">
         <v>10</v>
       </c>
       <c r="E138" t="s">
         <v>11</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="G138" t="s">
-        <v>504</v>
+        <v>353</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B139" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C139" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D139" t="s">
         <v>10</v>
       </c>
       <c r="E139" t="s">
         <v>11</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="G139" t="s">
-        <v>314</v>
+        <v>508</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B140" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C140" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D140" t="s">
         <v>10</v>
       </c>
       <c r="E140" t="s">
         <v>11</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="G140" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B141" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C141" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D141" t="s">
         <v>10</v>
       </c>
       <c r="E141" t="s">
         <v>11</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="G141" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="B142" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C142" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="D142" t="s">
         <v>10</v>
       </c>
       <c r="E142" t="s">
         <v>11</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="G142" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B143" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C143" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="D143" t="s">
         <v>10</v>
       </c>
       <c r="E143" t="s">
         <v>11</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="G143" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B144" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C144" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="D144" t="s">
         <v>10</v>
       </c>
       <c r="E144" t="s">
         <v>11</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="G144" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B145" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C145" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="D145" t="s">
         <v>10</v>
       </c>
       <c r="E145" t="s">
         <v>11</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="G145" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B146" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C146" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="D146" t="s">
         <v>10</v>
       </c>
       <c r="E146" t="s">
         <v>11</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="G146" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="B147" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C147" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147" t="s">
         <v>11</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="G147" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="B148" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C148" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="D148" t="s">
         <v>10</v>
       </c>
       <c r="E148" t="s">
         <v>11</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="G148" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B149" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C149" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="D149" t="s">
         <v>10</v>
       </c>
       <c r="E149" t="s">
         <v>11</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="G149" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="B150" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C150" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="D150" t="s">
         <v>10</v>
       </c>
       <c r="E150" t="s">
         <v>11</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="G150" t="s">
-        <v>539</v>
+        <v>181</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B151" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C151" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="D151" t="s">
         <v>10</v>
       </c>
       <c r="E151" t="s">
         <v>11</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="G151" t="s">
-        <v>314</v>
+        <v>543</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="B152" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C152" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="D152" t="s">
         <v>10</v>
       </c>
       <c r="E152" t="s">
         <v>11</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="G152" t="s">
-        <v>45</v>
+        <v>353</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="B153" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C153" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="D153" t="s">
         <v>10</v>
       </c>
       <c r="E153" t="s">
         <v>11</v>
       </c>
       <c r="F153" s="1" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="G153" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="B154" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C154" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D154" t="s">
         <v>10</v>
       </c>
       <c r="E154" t="s">
         <v>11</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="G154" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="B155" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="C155" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D155" t="s">
         <v>10</v>
       </c>
       <c r="E155" t="s">
         <v>11</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="G155" t="s">
-        <v>341</v>
+        <v>554</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="B156" t="s">
-        <v>553</v>
+        <v>282</v>
       </c>
       <c r="C156" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="D156" t="s">
         <v>10</v>
       </c>
       <c r="E156" t="s">
         <v>11</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="G156" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="B157" t="s">
-        <v>553</v>
+        <v>282</v>
       </c>
       <c r="C157" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="D157" t="s">
         <v>10</v>
       </c>
       <c r="E157" t="s">
         <v>11</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="G157" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="B158" t="s">
-        <v>553</v>
+        <v>282</v>
       </c>
       <c r="C158" t="s">
-        <v>55</v>
+        <v>19</v>
       </c>
       <c r="D158" t="s">
         <v>10</v>
       </c>
       <c r="E158" t="s">
         <v>11</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="G158" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="B159" t="s">
-        <v>553</v>
+        <v>282</v>
       </c>
       <c r="C159" t="s">
-        <v>59</v>
+        <v>23</v>
       </c>
       <c r="D159" t="s">
         <v>10</v>
       </c>
       <c r="E159" t="s">
         <v>11</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="G159" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="B160" t="s">
-        <v>553</v>
+        <v>282</v>
       </c>
       <c r="C160" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="D160" t="s">
         <v>10</v>
       </c>
       <c r="E160" t="s">
         <v>11</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="G160" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="B161" t="s">
-        <v>553</v>
+        <v>282</v>
       </c>
       <c r="C161" t="s">
-        <v>67</v>
+        <v>31</v>
       </c>
       <c r="D161" t="s">
         <v>10</v>
       </c>
       <c r="E161" t="s">
         <v>11</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="G161" t="s">
-        <v>490</v>
+        <v>572</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="B162" t="s">
-        <v>553</v>
+        <v>282</v>
       </c>
       <c r="C162" t="s">
-        <v>71</v>
+        <v>35</v>
       </c>
       <c r="D162" t="s">
         <v>10</v>
       </c>
       <c r="E162" t="s">
         <v>11</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="G162" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="B163" t="s">
-        <v>553</v>
+        <v>282</v>
       </c>
       <c r="C163" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="D163" t="s">
         <v>10</v>
       </c>
       <c r="E163" t="s">
         <v>11</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="G163" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="B164" t="s">
-        <v>553</v>
+        <v>282</v>
       </c>
       <c r="C164" t="s">
-        <v>78</v>
+        <v>43</v>
       </c>
       <c r="D164" t="s">
         <v>10</v>
       </c>
       <c r="E164" t="s">
         <v>11</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="G164" t="s">
-        <v>578</v>
+        <v>353</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="B165" t="s">
-        <v>553</v>
+        <v>282</v>
       </c>
       <c r="C165" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="D165" t="s">
         <v>10</v>
       </c>
       <c r="E165" t="s">
         <v>11</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="G165" t="s">
-        <v>581</v>
+        <v>98</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B166" t="s">
-        <v>553</v>
+        <v>282</v>
       </c>
       <c r="C166" t="s">
-        <v>86</v>
+        <v>51</v>
       </c>
       <c r="D166" t="s">
         <v>10</v>
       </c>
       <c r="E166" t="s">
         <v>11</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="G166" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="B167" t="s">
-        <v>553</v>
+        <v>282</v>
       </c>
       <c r="C167" t="s">
-        <v>90</v>
+        <v>55</v>
       </c>
       <c r="D167" t="s">
         <v>10</v>
       </c>
       <c r="E167" t="s">
         <v>11</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="G167" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="B168" t="s">
-        <v>553</v>
+        <v>282</v>
       </c>
       <c r="C168" t="s">
-        <v>94</v>
+        <v>59</v>
       </c>
       <c r="D168" t="s">
         <v>10</v>
       </c>
       <c r="E168" t="s">
         <v>11</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="G168" t="s">
-        <v>590</v>
+        <v>380</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
         <v>591</v>
       </c>
       <c r="B169" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C169" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D169" t="s">
         <v>10</v>
       </c>
       <c r="E169" t="s">
         <v>11</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="G169" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="B170" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C170" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D170" t="s">
         <v>10</v>
       </c>
       <c r="E170" t="s">
         <v>11</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="G170" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="B171" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C171" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D171" t="s">
         <v>10</v>
       </c>
       <c r="E171" t="s">
         <v>11</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="G171" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="B172" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C172" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D172" t="s">
         <v>10</v>
       </c>
       <c r="E172" t="s">
         <v>11</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="G172" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B173" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C173" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D173" t="s">
         <v>10</v>
       </c>
       <c r="E173" t="s">
         <v>11</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="G173" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B174" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C174" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D174" t="s">
         <v>10</v>
       </c>
       <c r="E174" t="s">
         <v>11</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="G174" t="s">
-        <v>608</v>
+        <v>529</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
         <v>609</v>
       </c>
       <c r="B175" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C175" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D175" t="s">
         <v>10</v>
       </c>
       <c r="E175" t="s">
         <v>11</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>610</v>
       </c>
       <c r="G175" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
         <v>612</v>
       </c>
       <c r="B176" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C176" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D176" t="s">
         <v>10</v>
       </c>
       <c r="E176" t="s">
         <v>11</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>613</v>
       </c>
       <c r="G176" t="s">
         <v>614</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
         <v>615</v>
       </c>
       <c r="B177" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C177" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D177" t="s">
         <v>10</v>
       </c>
       <c r="E177" t="s">
         <v>11</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>616</v>
       </c>
       <c r="G177" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
         <v>618</v>
       </c>
       <c r="B178" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C178" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D178" t="s">
         <v>10</v>
       </c>
       <c r="E178" t="s">
         <v>11</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>619</v>
       </c>
       <c r="G178" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
         <v>621</v>
       </c>
       <c r="B179" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C179" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D179" t="s">
         <v>10</v>
       </c>
       <c r="E179" t="s">
         <v>11</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>622</v>
       </c>
       <c r="G179" t="s">
         <v>623</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
         <v>624</v>
       </c>
       <c r="B180" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C180" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D180" t="s">
         <v>10</v>
       </c>
       <c r="E180" t="s">
         <v>11</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>625</v>
       </c>
       <c r="G180" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
         <v>627</v>
       </c>
       <c r="B181" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C181" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D181" t="s">
         <v>10</v>
       </c>
       <c r="E181" t="s">
         <v>11</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>628</v>
       </c>
       <c r="G181" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
         <v>630</v>
       </c>
       <c r="B182" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C182" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D182" t="s">
         <v>10</v>
       </c>
       <c r="E182" t="s">
         <v>11</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>631</v>
       </c>
       <c r="G182" t="s">
         <v>632</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
         <v>633</v>
       </c>
       <c r="B183" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C183" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D183" t="s">
         <v>10</v>
       </c>
       <c r="E183" t="s">
         <v>11</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>634</v>
       </c>
       <c r="G183" t="s">
         <v>635</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
         <v>636</v>
       </c>
       <c r="B184" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C184" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D184" t="s">
         <v>10</v>
       </c>
       <c r="E184" t="s">
         <v>11</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>637</v>
       </c>
       <c r="G184" t="s">
         <v>638</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
         <v>639</v>
       </c>
       <c r="B185" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C185" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D185" t="s">
         <v>10</v>
       </c>
       <c r="E185" t="s">
         <v>11</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>640</v>
       </c>
       <c r="G185" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
         <v>642</v>
       </c>
       <c r="B186" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C186" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D186" t="s">
         <v>10</v>
       </c>
       <c r="E186" t="s">
         <v>11</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>643</v>
       </c>
       <c r="G186" t="s">
         <v>644</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
         <v>645</v>
       </c>
       <c r="B187" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C187" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D187" t="s">
         <v>10</v>
       </c>
       <c r="E187" t="s">
         <v>11</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>646</v>
       </c>
       <c r="G187" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
         <v>648</v>
       </c>
       <c r="B188" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C188" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D188" t="s">
         <v>10</v>
       </c>
       <c r="E188" t="s">
         <v>11</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>649</v>
       </c>
       <c r="G188" t="s">
         <v>650</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
         <v>651</v>
       </c>
       <c r="B189" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C189" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D189" t="s">
         <v>10</v>
       </c>
       <c r="E189" t="s">
         <v>11</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>652</v>
       </c>
       <c r="G189" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
         <v>654</v>
       </c>
       <c r="B190" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C190" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D190" t="s">
         <v>10</v>
       </c>
       <c r="E190" t="s">
         <v>11</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>655</v>
       </c>
       <c r="G190" t="s">
         <v>656</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
         <v>657</v>
       </c>
       <c r="B191" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C191" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D191" t="s">
         <v>10</v>
       </c>
       <c r="E191" t="s">
         <v>11</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>658</v>
       </c>
       <c r="G191" t="s">
         <v>659</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
         <v>660</v>
       </c>
       <c r="B192" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C192" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="D192" t="s">
         <v>10</v>
       </c>
       <c r="E192" t="s">
         <v>11</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>661</v>
       </c>
       <c r="G192" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
         <v>663</v>
       </c>
       <c r="B193" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C193" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="D193" t="s">
         <v>10</v>
       </c>
       <c r="E193" t="s">
         <v>11</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>664</v>
       </c>
       <c r="G193" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
         <v>666</v>
       </c>
       <c r="B194" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C194" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="D194" t="s">
         <v>10</v>
       </c>
       <c r="E194" t="s">
         <v>11</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>667</v>
       </c>
       <c r="G194" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
         <v>669</v>
       </c>
       <c r="B195" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C195" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="D195" t="s">
         <v>10</v>
       </c>
       <c r="E195" t="s">
         <v>11</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>670</v>
       </c>
       <c r="G195" t="s">
         <v>671</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
         <v>672</v>
       </c>
       <c r="B196" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C196" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="D196" t="s">
         <v>10</v>
       </c>
       <c r="E196" t="s">
         <v>11</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>673</v>
       </c>
       <c r="G196" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
         <v>675</v>
       </c>
       <c r="B197" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C197" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="D197" t="s">
         <v>10</v>
       </c>
       <c r="E197" t="s">
         <v>11</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>676</v>
       </c>
       <c r="G197" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
         <v>678</v>
       </c>
       <c r="B198" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C198" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="D198" t="s">
         <v>10</v>
       </c>
       <c r="E198" t="s">
         <v>11</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>679</v>
       </c>
       <c r="G198" t="s">
-        <v>518</v>
+        <v>680</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="B199" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C199" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="D199" t="s">
         <v>10</v>
       </c>
       <c r="E199" t="s">
         <v>11</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="G199" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="B200" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C200" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="D200" t="s">
         <v>10</v>
       </c>
       <c r="E200" t="s">
         <v>11</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="G200" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="B201" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C201" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="D201" t="s">
         <v>10</v>
       </c>
       <c r="E201" t="s">
         <v>11</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="G201" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="B202" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C202" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="D202" t="s">
         <v>10</v>
       </c>
       <c r="E202" t="s">
         <v>11</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="G202" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="B203" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C203" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="D203" t="s">
         <v>10</v>
       </c>
       <c r="E203" t="s">
         <v>11</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="G203" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="B204" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C204" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D204" t="s">
         <v>10</v>
       </c>
       <c r="E204" t="s">
         <v>11</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="G204" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="B205" t="s">
-        <v>553</v>
+        <v>592</v>
       </c>
       <c r="C205" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D205" t="s">
         <v>10</v>
       </c>
       <c r="E205" t="s">
         <v>11</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="G205" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="B206" t="s">
-        <v>702</v>
+        <v>592</v>
       </c>
       <c r="C206" t="s">
-        <v>67</v>
+        <v>9</v>
       </c>
       <c r="D206" t="s">
         <v>10</v>
       </c>
       <c r="E206" t="s">
         <v>11</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>703</v>
       </c>
       <c r="G206" t="s">
-        <v>360</v>
+        <v>704</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="B207" t="s">
-        <v>702</v>
+        <v>592</v>
       </c>
       <c r="C207" t="s">
-        <v>71</v>
+        <v>15</v>
       </c>
       <c r="D207" t="s">
         <v>10</v>
       </c>
       <c r="E207" t="s">
         <v>11</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="G207" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="B208" t="s">
-        <v>702</v>
+        <v>592</v>
       </c>
       <c r="C208" t="s">
-        <v>74</v>
+        <v>19</v>
       </c>
       <c r="D208" t="s">
         <v>10</v>
       </c>
       <c r="E208" t="s">
         <v>11</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="G208" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="B209" t="s">
-        <v>702</v>
+        <v>592</v>
       </c>
       <c r="C209" t="s">
-        <v>78</v>
+        <v>23</v>
       </c>
       <c r="D209" t="s">
         <v>10</v>
       </c>
       <c r="E209" t="s">
         <v>11</v>
       </c>
       <c r="F209" s="1" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="G209" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="B210" t="s">
-        <v>702</v>
+        <v>592</v>
       </c>
       <c r="C210" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="D210" t="s">
         <v>10</v>
       </c>
       <c r="E210" t="s">
         <v>11</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="G210" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B211" t="s">
-        <v>702</v>
+        <v>592</v>
       </c>
       <c r="C211" t="s">
-        <v>86</v>
+        <v>31</v>
       </c>
       <c r="D211" t="s">
         <v>10</v>
       </c>
       <c r="E211" t="s">
         <v>11</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="G211" t="s">
-        <v>718</v>
+        <v>557</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
         <v>719</v>
       </c>
       <c r="B212" t="s">
-        <v>702</v>
+        <v>592</v>
       </c>
       <c r="C212" t="s">
-        <v>90</v>
+        <v>35</v>
       </c>
       <c r="D212" t="s">
         <v>10</v>
       </c>
       <c r="E212" t="s">
         <v>11</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>720</v>
       </c>
       <c r="G212" t="s">
         <v>721</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
         <v>722</v>
       </c>
       <c r="B213" t="s">
-        <v>702</v>
+        <v>592</v>
       </c>
       <c r="C213" t="s">
-        <v>94</v>
+        <v>39</v>
       </c>
       <c r="D213" t="s">
         <v>10</v>
       </c>
       <c r="E213" t="s">
         <v>11</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>723</v>
       </c>
       <c r="G213" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
         <v>725</v>
       </c>
       <c r="B214" t="s">
-        <v>702</v>
+        <v>592</v>
       </c>
       <c r="C214" t="s">
-        <v>98</v>
+        <v>43</v>
       </c>
       <c r="D214" t="s">
         <v>10</v>
       </c>
       <c r="E214" t="s">
         <v>11</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>726</v>
       </c>
       <c r="G214" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
         <v>728</v>
       </c>
       <c r="B215" t="s">
-        <v>702</v>
+        <v>592</v>
       </c>
       <c r="C215" t="s">
-        <v>102</v>
+        <v>47</v>
       </c>
       <c r="D215" t="s">
         <v>10</v>
       </c>
       <c r="E215" t="s">
         <v>11</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>729</v>
       </c>
       <c r="G215" t="s">
         <v>730</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
         <v>731</v>
       </c>
       <c r="B216" t="s">
-        <v>702</v>
+        <v>592</v>
       </c>
       <c r="C216" t="s">
-        <v>106</v>
+        <v>51</v>
       </c>
       <c r="D216" t="s">
         <v>10</v>
       </c>
       <c r="E216" t="s">
         <v>11</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>732</v>
       </c>
       <c r="G216" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
         <v>734</v>
       </c>
       <c r="B217" t="s">
-        <v>702</v>
+        <v>592</v>
       </c>
       <c r="C217" t="s">
-        <v>110</v>
+        <v>55</v>
       </c>
       <c r="D217" t="s">
         <v>10</v>
       </c>
       <c r="E217" t="s">
         <v>11</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>735</v>
       </c>
       <c r="G217" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
         <v>737</v>
       </c>
       <c r="B218" t="s">
-        <v>702</v>
+        <v>592</v>
       </c>
       <c r="C218" t="s">
-        <v>114</v>
+        <v>59</v>
       </c>
       <c r="D218" t="s">
         <v>10</v>
       </c>
       <c r="E218" t="s">
         <v>11</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>738</v>
       </c>
       <c r="G218" t="s">
         <v>739</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
         <v>740</v>
       </c>
       <c r="B219" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C219" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D219" t="s">
         <v>10</v>
       </c>
       <c r="E219" t="s">
         <v>11</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="G219" t="s">
-        <v>742</v>
+        <v>399</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
         <v>743</v>
       </c>
       <c r="B220" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C220" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D220" t="s">
         <v>10</v>
       </c>
       <c r="E220" t="s">
         <v>11</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>744</v>
       </c>
       <c r="G220" t="s">
         <v>745</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
         <v>746</v>
       </c>
       <c r="B221" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C221" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D221" t="s">
         <v>10</v>
       </c>
       <c r="E221" t="s">
         <v>11</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>747</v>
       </c>
       <c r="G221" t="s">
         <v>748</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
         <v>749</v>
       </c>
       <c r="B222" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C222" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D222" t="s">
         <v>10</v>
       </c>
       <c r="E222" t="s">
         <v>11</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>750</v>
       </c>
       <c r="G222" t="s">
         <v>751</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
         <v>752</v>
       </c>
       <c r="B223" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C223" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D223" t="s">
         <v>10</v>
       </c>
       <c r="E223" t="s">
         <v>11</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>753</v>
       </c>
       <c r="G223" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
         <v>755</v>
       </c>
       <c r="B224" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C224" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D224" t="s">
         <v>10</v>
       </c>
       <c r="E224" t="s">
         <v>11</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>756</v>
       </c>
       <c r="G224" t="s">
-        <v>617</v>
+        <v>757</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="B225" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C225" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D225" t="s">
         <v>10</v>
       </c>
       <c r="E225" t="s">
         <v>11</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="G225" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="B226" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C226" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D226" t="s">
         <v>10</v>
       </c>
       <c r="E226" t="s">
         <v>11</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="G226" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="B227" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C227" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="D227" t="s">
         <v>10</v>
       </c>
       <c r="E227" t="s">
         <v>11</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="G227" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="B228" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C228" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="D228" t="s">
         <v>10</v>
       </c>
       <c r="E228" t="s">
         <v>11</v>
       </c>
       <c r="F228" s="1" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="G228" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="B229" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C229" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="D229" t="s">
         <v>10</v>
       </c>
       <c r="E229" t="s">
         <v>11</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="G229" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="B230" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C230" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="D230" t="s">
         <v>10</v>
       </c>
       <c r="E230" t="s">
         <v>11</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="G230" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="B231" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C231" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D231" t="s">
         <v>10</v>
       </c>
       <c r="E231" t="s">
         <v>11</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="G231" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="B232" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C232" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="D232" t="s">
         <v>10</v>
       </c>
       <c r="E232" t="s">
         <v>11</v>
       </c>
       <c r="F232" s="1" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="G232" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="B233" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C233" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="D233" t="s">
         <v>10</v>
       </c>
       <c r="E233" t="s">
         <v>11</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="G233" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="B234" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C234" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D234" t="s">
         <v>10</v>
       </c>
       <c r="E234" t="s">
         <v>11</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="G234" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="B235" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C235" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="D235" t="s">
         <v>10</v>
       </c>
       <c r="E235" t="s">
         <v>11</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="G235" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="B236" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C236" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="D236" t="s">
         <v>10</v>
       </c>
       <c r="E236" t="s">
         <v>11</v>
       </c>
       <c r="F236" s="1" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="G236" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="B237" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C237" t="s">
         <v>191</v>
       </c>
       <c r="D237" t="s">
         <v>10</v>
       </c>
       <c r="E237" t="s">
         <v>11</v>
       </c>
       <c r="F237" s="1" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="G237" t="s">
-        <v>795</v>
+        <v>656</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
         <v>796</v>
       </c>
       <c r="B238" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C238" t="s">
         <v>195</v>
       </c>
       <c r="D238" t="s">
         <v>10</v>
       </c>
       <c r="E238" t="s">
         <v>11</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>797</v>
       </c>
       <c r="G238" t="s">
         <v>798</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
         <v>799</v>
       </c>
       <c r="B239" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C239" t="s">
         <v>199</v>
       </c>
       <c r="D239" t="s">
         <v>10</v>
       </c>
       <c r="E239" t="s">
         <v>11</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>800</v>
       </c>
       <c r="G239" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
         <v>802</v>
       </c>
       <c r="B240" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C240" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="D240" t="s">
         <v>10</v>
       </c>
       <c r="E240" t="s">
         <v>11</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>803</v>
       </c>
       <c r="G240" t="s">
         <v>804</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
         <v>805</v>
       </c>
       <c r="B241" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C241" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="D241" t="s">
         <v>10</v>
       </c>
       <c r="E241" t="s">
         <v>11</v>
       </c>
       <c r="F241" s="1" t="s">
         <v>806</v>
       </c>
       <c r="G241" t="s">
         <v>807</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
         <v>808</v>
       </c>
       <c r="B242" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C242" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="D242" t="s">
         <v>10</v>
       </c>
       <c r="E242" t="s">
         <v>11</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>809</v>
       </c>
       <c r="G242" t="s">
         <v>810</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
         <v>811</v>
       </c>
       <c r="B243" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C243" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="D243" t="s">
         <v>10</v>
       </c>
       <c r="E243" t="s">
         <v>11</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>812</v>
       </c>
       <c r="G243" t="s">
         <v>813</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
         <v>814</v>
       </c>
       <c r="B244" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C244" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="D244" t="s">
         <v>10</v>
       </c>
       <c r="E244" t="s">
         <v>11</v>
       </c>
       <c r="F244" s="1" t="s">
         <v>815</v>
       </c>
       <c r="G244" t="s">
         <v>816</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
         <v>817</v>
       </c>
       <c r="B245" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C245" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="D245" t="s">
         <v>10</v>
       </c>
       <c r="E245" t="s">
         <v>11</v>
       </c>
       <c r="F245" s="1" t="s">
         <v>818</v>
       </c>
       <c r="G245" t="s">
         <v>819</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
         <v>820</v>
       </c>
       <c r="B246" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C246" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="D246" t="s">
         <v>10</v>
       </c>
       <c r="E246" t="s">
         <v>11</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>821</v>
       </c>
       <c r="G246" t="s">
         <v>822</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
         <v>823</v>
       </c>
       <c r="B247" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C247" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="D247" t="s">
         <v>10</v>
       </c>
       <c r="E247" t="s">
         <v>11</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>824</v>
       </c>
       <c r="G247" t="s">
         <v>825</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
         <v>826</v>
       </c>
       <c r="B248" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C248" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D248" t="s">
         <v>10</v>
       </c>
       <c r="E248" t="s">
         <v>11</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>827</v>
       </c>
       <c r="G248" t="s">
         <v>828</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
         <v>829</v>
       </c>
       <c r="B249" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="C249" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D249" t="s">
         <v>10</v>
       </c>
       <c r="E249" t="s">
         <v>11</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>830</v>
       </c>
       <c r="G249" t="s">
         <v>831</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
         <v>832</v>
       </c>
       <c r="B250" t="s">
+        <v>741</v>
+      </c>
+      <c r="C250" t="s">
+        <v>9</v>
+      </c>
+      <c r="D250" t="s">
+        <v>10</v>
+      </c>
+      <c r="E250" t="s">
+        <v>11</v>
+      </c>
+      <c r="F250" s="1" t="s">
         <v>833</v>
       </c>
-      <c r="C250" t="s">
-[...8 lines deleted...]
-      <c r="F250" s="1" t="s">
+      <c r="G250" t="s">
         <v>834</v>
-      </c>
-[...1 lines deleted...]
-        <v>835</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
+        <v>835</v>
+      </c>
+      <c r="B251" t="s">
+        <v>741</v>
+      </c>
+      <c r="C251" t="s">
+        <v>15</v>
+      </c>
+      <c r="D251" t="s">
+        <v>10</v>
+      </c>
+      <c r="E251" t="s">
+        <v>11</v>
+      </c>
+      <c r="F251" s="1" t="s">
         <v>836</v>
       </c>
-      <c r="B251" t="s">
-[...11 lines deleted...]
-      <c r="F251" s="1" t="s">
+      <c r="G251" t="s">
         <v>837</v>
-      </c>
-[...1 lines deleted...]
-        <v>838</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
+        <v>838</v>
+      </c>
+      <c r="B252" t="s">
+        <v>741</v>
+      </c>
+      <c r="C252" t="s">
+        <v>19</v>
+      </c>
+      <c r="D252" t="s">
+        <v>10</v>
+      </c>
+      <c r="E252" t="s">
+        <v>11</v>
+      </c>
+      <c r="F252" s="1" t="s">
         <v>839</v>
       </c>
-      <c r="B252" t="s">
-[...11 lines deleted...]
-      <c r="F252" s="1" t="s">
+      <c r="G252" t="s">
         <v>840</v>
-      </c>
-[...1 lines deleted...]
-        <v>841</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
+        <v>841</v>
+      </c>
+      <c r="B253" t="s">
+        <v>741</v>
+      </c>
+      <c r="C253" t="s">
+        <v>23</v>
+      </c>
+      <c r="D253" t="s">
+        <v>10</v>
+      </c>
+      <c r="E253" t="s">
+        <v>11</v>
+      </c>
+      <c r="F253" s="1" t="s">
         <v>842</v>
       </c>
-      <c r="B253" t="s">
-[...11 lines deleted...]
-      <c r="F253" s="1" t="s">
+      <c r="G253" t="s">
         <v>843</v>
-      </c>
-[...1 lines deleted...]
-        <v>844</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
+        <v>844</v>
+      </c>
+      <c r="B254" t="s">
+        <v>741</v>
+      </c>
+      <c r="C254" t="s">
+        <v>27</v>
+      </c>
+      <c r="D254" t="s">
+        <v>10</v>
+      </c>
+      <c r="E254" t="s">
+        <v>11</v>
+      </c>
+      <c r="F254" s="1" t="s">
         <v>845</v>
       </c>
-      <c r="B254" t="s">
-[...11 lines deleted...]
-      <c r="F254" s="1" t="s">
+      <c r="G254" t="s">
         <v>846</v>
-      </c>
-[...1 lines deleted...]
-        <v>847</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
+        <v>847</v>
+      </c>
+      <c r="B255" t="s">
+        <v>741</v>
+      </c>
+      <c r="C255" t="s">
+        <v>31</v>
+      </c>
+      <c r="D255" t="s">
+        <v>10</v>
+      </c>
+      <c r="E255" t="s">
+        <v>11</v>
+      </c>
+      <c r="F255" s="1" t="s">
         <v>848</v>
       </c>
-      <c r="B255" t="s">
-[...11 lines deleted...]
-      <c r="F255" s="1" t="s">
+      <c r="G255" t="s">
         <v>849</v>
-      </c>
-[...1 lines deleted...]
-        <v>850</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
+        <v>850</v>
+      </c>
+      <c r="B256" t="s">
+        <v>741</v>
+      </c>
+      <c r="C256" t="s">
+        <v>35</v>
+      </c>
+      <c r="D256" t="s">
+        <v>10</v>
+      </c>
+      <c r="E256" t="s">
+        <v>11</v>
+      </c>
+      <c r="F256" s="1" t="s">
         <v>851</v>
       </c>
-      <c r="B256" t="s">
-[...11 lines deleted...]
-      <c r="F256" s="1" t="s">
+      <c r="G256" t="s">
         <v>852</v>
-      </c>
-[...1 lines deleted...]
-        <v>853</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
+        <v>853</v>
+      </c>
+      <c r="B257" t="s">
+        <v>741</v>
+      </c>
+      <c r="C257" t="s">
+        <v>39</v>
+      </c>
+      <c r="D257" t="s">
+        <v>10</v>
+      </c>
+      <c r="E257" t="s">
+        <v>11</v>
+      </c>
+      <c r="F257" s="1" t="s">
         <v>854</v>
       </c>
-      <c r="B257" t="s">
-[...11 lines deleted...]
-      <c r="F257" s="1" t="s">
+      <c r="G257" t="s">
         <v>855</v>
-      </c>
-[...1 lines deleted...]
-        <v>856</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
+        <v>856</v>
+      </c>
+      <c r="B258" t="s">
+        <v>741</v>
+      </c>
+      <c r="C258" t="s">
+        <v>43</v>
+      </c>
+      <c r="D258" t="s">
+        <v>10</v>
+      </c>
+      <c r="E258" t="s">
+        <v>11</v>
+      </c>
+      <c r="F258" s="1" t="s">
         <v>857</v>
       </c>
-      <c r="B258" t="s">
-[...11 lines deleted...]
-      <c r="F258" s="1" t="s">
+      <c r="G258" t="s">
         <v>858</v>
-      </c>
-[...1 lines deleted...]
-        <v>859</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
+        <v>859</v>
+      </c>
+      <c r="B259" t="s">
+        <v>741</v>
+      </c>
+      <c r="C259" t="s">
+        <v>47</v>
+      </c>
+      <c r="D259" t="s">
+        <v>10</v>
+      </c>
+      <c r="E259" t="s">
+        <v>11</v>
+      </c>
+      <c r="F259" s="1" t="s">
         <v>860</v>
       </c>
-      <c r="B259" t="s">
-[...11 lines deleted...]
-      <c r="F259" s="1" t="s">
+      <c r="G259" t="s">
         <v>861</v>
-      </c>
-[...1 lines deleted...]
-        <v>862</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
+        <v>862</v>
+      </c>
+      <c r="B260" t="s">
+        <v>741</v>
+      </c>
+      <c r="C260" t="s">
+        <v>51</v>
+      </c>
+      <c r="D260" t="s">
+        <v>10</v>
+      </c>
+      <c r="E260" t="s">
+        <v>11</v>
+      </c>
+      <c r="F260" s="1" t="s">
         <v>863</v>
       </c>
-      <c r="B260" t="s">
-[...11 lines deleted...]
-      <c r="F260" s="1" t="s">
+      <c r="G260" t="s">
         <v>864</v>
-      </c>
-[...1 lines deleted...]
-        <v>865</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
+        <v>865</v>
+      </c>
+      <c r="B261" t="s">
+        <v>741</v>
+      </c>
+      <c r="C261" t="s">
+        <v>55</v>
+      </c>
+      <c r="D261" t="s">
+        <v>10</v>
+      </c>
+      <c r="E261" t="s">
+        <v>11</v>
+      </c>
+      <c r="F261" s="1" t="s">
         <v>866</v>
       </c>
-      <c r="B261" t="s">
-[...11 lines deleted...]
-      <c r="F261" s="1" t="s">
+      <c r="G261" t="s">
         <v>867</v>
-      </c>
-[...1 lines deleted...]
-        <v>868</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
+        <v>868</v>
+      </c>
+      <c r="B262" t="s">
+        <v>741</v>
+      </c>
+      <c r="C262" t="s">
+        <v>59</v>
+      </c>
+      <c r="D262" t="s">
+        <v>10</v>
+      </c>
+      <c r="E262" t="s">
+        <v>11</v>
+      </c>
+      <c r="F262" s="1" t="s">
         <v>869</v>
       </c>
-      <c r="B262" t="s">
-[...11 lines deleted...]
-      <c r="F262" s="1" t="s">
+      <c r="G262" t="s">
         <v>870</v>
-      </c>
-[...1 lines deleted...]
-        <v>871</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
+        <v>871</v>
+      </c>
+      <c r="B263" t="s">
         <v>872</v>
       </c>
-      <c r="B263" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C263" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D263" t="s">
         <v>10</v>
       </c>
       <c r="E263" t="s">
         <v>11</v>
       </c>
       <c r="F263" s="1" t="s">
         <v>873</v>
       </c>
       <c r="G263" t="s">
         <v>874</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
         <v>875</v>
       </c>
       <c r="B264" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C264" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D264" t="s">
         <v>10</v>
       </c>
       <c r="E264" t="s">
         <v>11</v>
       </c>
       <c r="F264" s="1" t="s">
         <v>876</v>
       </c>
       <c r="G264" t="s">
-        <v>632</v>
+        <v>877</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="B265" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C265" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D265" t="s">
         <v>10</v>
       </c>
       <c r="E265" t="s">
         <v>11</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="G265" t="s">
-        <v>751</v>
+        <v>880</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="B266" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C266" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D266" t="s">
         <v>10</v>
       </c>
       <c r="E266" t="s">
         <v>11</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="G266" t="s">
-        <v>759</v>
+        <v>883</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="B267" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C267" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D267" t="s">
         <v>10</v>
       </c>
       <c r="E267" t="s">
         <v>11</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="G267" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="B268" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C268" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D268" t="s">
         <v>10</v>
       </c>
       <c r="E268" t="s">
         <v>11</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>885</v>
+        <v>888</v>
       </c>
       <c r="G268" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
       <c r="B269" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C269" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D269" t="s">
         <v>10</v>
       </c>
       <c r="E269" t="s">
         <v>11</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>888</v>
+        <v>891</v>
       </c>
       <c r="G269" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
       <c r="B270" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C270" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D270" t="s">
         <v>10</v>
       </c>
       <c r="E270" t="s">
         <v>11</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
       <c r="G270" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="B271" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C271" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D271" t="s">
         <v>10</v>
       </c>
       <c r="E271" t="s">
         <v>11</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="G271" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
       <c r="B272" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C272" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D272" t="s">
         <v>10</v>
       </c>
       <c r="E272" t="s">
         <v>11</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="G272" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="B273" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C273" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D273" t="s">
         <v>10</v>
       </c>
       <c r="E273" t="s">
         <v>11</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="G273" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="B274" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C274" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D274" t="s">
         <v>10</v>
       </c>
       <c r="E274" t="s">
         <v>11</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="G274" t="s">
-        <v>759</v>
+        <v>907</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="B275" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C275" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D275" t="s">
         <v>10</v>
       </c>
       <c r="E275" t="s">
         <v>11</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="G275" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
       <c r="B276" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C276" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D276" t="s">
         <v>10</v>
       </c>
       <c r="E276" t="s">
         <v>11</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="G276" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="B277" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C277" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D277" t="s">
         <v>10</v>
       </c>
       <c r="E277" t="s">
         <v>11</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="G277" t="s">
-        <v>912</v>
+        <v>671</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="B278" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C278" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D278" t="s">
         <v>10</v>
       </c>
       <c r="E278" t="s">
         <v>11</v>
       </c>
       <c r="F278" s="1" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="G278" t="s">
-        <v>915</v>
+        <v>790</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="B279" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C279" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D279" t="s">
         <v>10</v>
       </c>
       <c r="E279" t="s">
         <v>11</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="G279" t="s">
-        <v>918</v>
+        <v>798</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="B280" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C280" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D280" t="s">
         <v>10</v>
       </c>
       <c r="E280" t="s">
         <v>11</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="G280" t="s">
-        <v>665</v>
+        <v>922</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="B281" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C281" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D281" t="s">
         <v>10</v>
       </c>
       <c r="E281" t="s">
         <v>11</v>
       </c>
       <c r="F281" s="1" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="G281" t="s">
-        <v>37</v>
+        <v>925</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="B282" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C282" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D282" t="s">
         <v>10</v>
       </c>
       <c r="E282" t="s">
         <v>11</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="G282" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="B283" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C283" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D283" t="s">
         <v>10</v>
       </c>
       <c r="E283" t="s">
         <v>11</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="G283" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
       <c r="B284" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C284" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D284" t="s">
         <v>10</v>
       </c>
       <c r="E284" t="s">
         <v>11</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="G284" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="B285" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C285" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D285" t="s">
         <v>10</v>
       </c>
       <c r="E285" t="s">
         <v>11</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
       <c r="G285" t="s">
-        <v>865</v>
+        <v>937</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B286" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C286" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D286" t="s">
         <v>10</v>
       </c>
       <c r="E286" t="s">
         <v>11</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="G286" t="s">
-        <v>936</v>
+        <v>940</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B287" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C287" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D287" t="s">
         <v>10</v>
       </c>
       <c r="E287" t="s">
         <v>11</v>
       </c>
       <c r="F287" s="1" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="G287" t="s">
-        <v>665</v>
+        <v>798</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="B288" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C288" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D288" t="s">
         <v>10</v>
       </c>
       <c r="E288" t="s">
         <v>11</v>
       </c>
       <c r="F288" s="1" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="G288" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="B289" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C289" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D289" t="s">
         <v>10</v>
       </c>
       <c r="E289" t="s">
         <v>11</v>
       </c>
       <c r="F289" s="1" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="G289" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B290" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C290" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D290" t="s">
         <v>10</v>
       </c>
       <c r="E290" t="s">
         <v>11</v>
       </c>
       <c r="F290" s="1" t="s">
-        <v>914</v>
+        <v>950</v>
       </c>
       <c r="G290" t="s">
-        <v>946</v>
+        <v>951</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
-        <v>947</v>
+        <v>952</v>
       </c>
       <c r="B291" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C291" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D291" t="s">
         <v>10</v>
       </c>
       <c r="E291" t="s">
         <v>11</v>
       </c>
       <c r="F291" s="1" t="s">
-        <v>948</v>
+        <v>953</v>
       </c>
       <c r="G291" t="s">
-        <v>949</v>
+        <v>954</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
-        <v>950</v>
+        <v>955</v>
       </c>
       <c r="B292" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C292" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="D292" t="s">
         <v>10</v>
       </c>
       <c r="E292" t="s">
         <v>11</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>951</v>
+        <v>956</v>
       </c>
       <c r="G292" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
-        <v>953</v>
+        <v>958</v>
       </c>
       <c r="B293" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C293" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="D293" t="s">
         <v>10</v>
       </c>
       <c r="E293" t="s">
         <v>11</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>954</v>
+        <v>959</v>
       </c>
       <c r="G293" t="s">
-        <v>955</v>
+        <v>704</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="B294" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C294" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="D294" t="s">
         <v>10</v>
       </c>
       <c r="E294" t="s">
         <v>11</v>
       </c>
       <c r="F294" s="1" t="s">
-        <v>957</v>
+        <v>961</v>
       </c>
       <c r="G294" t="s">
-        <v>958</v>
+        <v>90</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
       <c r="B295" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C295" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="D295" t="s">
         <v>10</v>
       </c>
       <c r="E295" t="s">
         <v>11</v>
       </c>
       <c r="F295" s="1" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
       <c r="G295" t="s">
-        <v>828</v>
+        <v>964</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="B296" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C296" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="D296" t="s">
         <v>10</v>
       </c>
       <c r="E296" t="s">
         <v>11</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
       <c r="G296" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="B297" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C297" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="D297" t="s">
         <v>10</v>
       </c>
       <c r="E297" t="s">
         <v>11</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="G297" t="s">
-        <v>966</v>
+        <v>970</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
-        <v>967</v>
+        <v>971</v>
       </c>
       <c r="B298" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C298" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="D298" t="s">
         <v>10</v>
       </c>
       <c r="E298" t="s">
         <v>11</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>968</v>
+        <v>972</v>
       </c>
       <c r="G298" t="s">
-        <v>969</v>
+        <v>904</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
       <c r="B299" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C299" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="D299" t="s">
         <v>10</v>
       </c>
       <c r="E299" t="s">
         <v>11</v>
       </c>
       <c r="F299" s="1" t="s">
-        <v>971</v>
+        <v>974</v>
       </c>
       <c r="G299" t="s">
-        <v>972</v>
+        <v>975</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
-        <v>973</v>
+        <v>976</v>
       </c>
       <c r="B300" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C300" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="D300" t="s">
         <v>10</v>
       </c>
       <c r="E300" t="s">
         <v>11</v>
       </c>
       <c r="F300" s="1" t="s">
-        <v>974</v>
+        <v>977</v>
       </c>
       <c r="G300" t="s">
-        <v>975</v>
+        <v>704</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="B301" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C301" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="D301" t="s">
         <v>10</v>
       </c>
       <c r="E301" t="s">
         <v>11</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="G301" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="B302" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C302" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="D302" t="s">
         <v>10</v>
       </c>
       <c r="E302" t="s">
         <v>11</v>
       </c>
       <c r="F302" s="1" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="G302" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="B303" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C303" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="D303" t="s">
         <v>10</v>
       </c>
       <c r="E303" t="s">
         <v>11</v>
       </c>
       <c r="F303" s="1" t="s">
-        <v>983</v>
+        <v>953</v>
       </c>
       <c r="G303" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="B304" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C304" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D304" t="s">
         <v>10</v>
       </c>
       <c r="E304" t="s">
         <v>11</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="G304" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="B305" t="s">
-        <v>833</v>
+        <v>872</v>
       </c>
       <c r="C305" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D305" t="s">
         <v>10</v>
       </c>
       <c r="E305" t="s">
         <v>11</v>
       </c>
       <c r="F305" s="1" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="G305" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="B306" t="s">
-        <v>992</v>
+        <v>872</v>
       </c>
       <c r="C306" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D306" t="s">
         <v>10</v>
       </c>
       <c r="E306" t="s">
         <v>11</v>
       </c>
       <c r="F306" s="1" t="s">
         <v>993</v>
       </c>
       <c r="G306" t="s">
         <v>994</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
         <v>995</v>
       </c>
       <c r="B307" t="s">
-        <v>992</v>
+        <v>872</v>
       </c>
       <c r="C307" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="D307" t="s">
         <v>10</v>
       </c>
       <c r="E307" t="s">
         <v>11</v>
       </c>
       <c r="F307" s="1" t="s">
         <v>996</v>
       </c>
       <c r="G307" t="s">
         <v>997</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
         <v>998</v>
       </c>
       <c r="B308" t="s">
-        <v>992</v>
+        <v>872</v>
       </c>
       <c r="C308" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="D308" t="s">
         <v>10</v>
       </c>
       <c r="E308" t="s">
         <v>11</v>
       </c>
       <c r="F308" s="1" t="s">
         <v>999</v>
       </c>
       <c r="G308" t="s">
-        <v>1000</v>
+        <v>867</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B309" t="s">
+        <v>872</v>
+      </c>
+      <c r="C309" t="s">
+        <v>23</v>
+      </c>
+      <c r="D309" t="s">
+        <v>10</v>
+      </c>
+      <c r="E309" t="s">
+        <v>11</v>
+      </c>
+      <c r="F309" s="1" t="s">
         <v>1001</v>
       </c>
-      <c r="B309" t="s">
-[...11 lines deleted...]
-      <c r="F309" s="1" t="s">
+      <c r="G309" t="s">
         <v>1002</v>
-      </c>
-[...1 lines deleted...]
-        <v>1003</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B310" t="s">
+        <v>872</v>
+      </c>
+      <c r="C310" t="s">
+        <v>27</v>
+      </c>
+      <c r="D310" t="s">
+        <v>10</v>
+      </c>
+      <c r="E310" t="s">
+        <v>11</v>
+      </c>
+      <c r="F310" s="1" t="s">
         <v>1004</v>
       </c>
-      <c r="B310" t="s">
-[...11 lines deleted...]
-      <c r="F310" s="1" t="s">
+      <c r="G310" t="s">
         <v>1005</v>
-      </c>
-[...1 lines deleted...]
-        <v>1006</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B311" t="s">
+        <v>872</v>
+      </c>
+      <c r="C311" t="s">
+        <v>31</v>
+      </c>
+      <c r="D311" t="s">
+        <v>10</v>
+      </c>
+      <c r="E311" t="s">
+        <v>11</v>
+      </c>
+      <c r="F311" s="1" t="s">
         <v>1007</v>
       </c>
-      <c r="B311" t="s">
-[...11 lines deleted...]
-      <c r="F311" s="1" t="s">
+      <c r="G311" t="s">
         <v>1008</v>
-      </c>
-[...1 lines deleted...]
-        <v>1009</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B312" t="s">
+        <v>872</v>
+      </c>
+      <c r="C312" t="s">
+        <v>35</v>
+      </c>
+      <c r="D312" t="s">
+        <v>10</v>
+      </c>
+      <c r="E312" t="s">
+        <v>11</v>
+      </c>
+      <c r="F312" s="1" t="s">
         <v>1010</v>
       </c>
-      <c r="B312" t="s">
-[...11 lines deleted...]
-      <c r="F312" s="1" t="s">
+      <c r="G312" t="s">
         <v>1011</v>
-      </c>
-[...1 lines deleted...]
-        <v>1012</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B313" t="s">
+        <v>872</v>
+      </c>
+      <c r="C313" t="s">
+        <v>39</v>
+      </c>
+      <c r="D313" t="s">
+        <v>10</v>
+      </c>
+      <c r="E313" t="s">
+        <v>11</v>
+      </c>
+      <c r="F313" s="1" t="s">
         <v>1013</v>
       </c>
-      <c r="B313" t="s">
-[...11 lines deleted...]
-      <c r="F313" s="1" t="s">
+      <c r="G313" t="s">
         <v>1014</v>
-      </c>
-[...1 lines deleted...]
-        <v>835</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
         <v>1015</v>
       </c>
       <c r="B314" t="s">
-        <v>992</v>
+        <v>872</v>
       </c>
       <c r="C314" t="s">
-        <v>59</v>
+        <v>43</v>
       </c>
       <c r="D314" t="s">
         <v>10</v>
       </c>
       <c r="E314" t="s">
         <v>11</v>
       </c>
       <c r="F314" s="1" t="s">
         <v>1016</v>
       </c>
       <c r="G314" t="s">
         <v>1017</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
         <v>1018</v>
       </c>
       <c r="B315" t="s">
-        <v>992</v>
+        <v>872</v>
       </c>
       <c r="C315" t="s">
-        <v>63</v>
+        <v>47</v>
       </c>
       <c r="D315" t="s">
         <v>10</v>
       </c>
       <c r="E315" t="s">
         <v>11</v>
       </c>
       <c r="F315" s="1" t="s">
         <v>1019</v>
       </c>
       <c r="G315" t="s">
-        <v>314</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="B316" t="s">
-        <v>992</v>
+        <v>872</v>
       </c>
       <c r="C316" t="s">
-        <v>67</v>
+        <v>51</v>
       </c>
       <c r="D316" t="s">
         <v>10</v>
       </c>
       <c r="E316" t="s">
         <v>11</v>
       </c>
       <c r="F316" s="1" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="G316" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="B317" t="s">
-        <v>992</v>
+        <v>872</v>
       </c>
       <c r="C317" t="s">
-        <v>71</v>
+        <v>55</v>
       </c>
       <c r="D317" t="s">
         <v>10</v>
       </c>
       <c r="E317" t="s">
         <v>11</v>
       </c>
       <c r="F317" s="1" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="G317" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="B318" t="s">
-        <v>992</v>
+        <v>872</v>
       </c>
       <c r="C318" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D318" t="s">
         <v>10</v>
       </c>
       <c r="E318" t="s">
         <v>11</v>
       </c>
       <c r="F318" s="1" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="G318" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="B319" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C319" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D319" t="s">
         <v>10</v>
       </c>
       <c r="E319" t="s">
         <v>11</v>
       </c>
       <c r="F319" s="1" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="G319" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="B320" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C320" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D320" t="s">
         <v>10</v>
       </c>
       <c r="E320" t="s">
         <v>11</v>
       </c>
       <c r="F320" s="1" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="G320" t="s">
-        <v>759</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="B321" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C321" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D321" t="s">
         <v>10</v>
       </c>
       <c r="E321" t="s">
         <v>11</v>
       </c>
       <c r="F321" s="1" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="G321" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="B322" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C322" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D322" t="s">
         <v>10</v>
       </c>
       <c r="E322" t="s">
         <v>11</v>
       </c>
       <c r="F322" s="1" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="G322" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="B323" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C323" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D323" t="s">
         <v>10</v>
       </c>
       <c r="E323" t="s">
         <v>11</v>
       </c>
       <c r="F323" s="1" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="G323" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="B324" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C324" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D324" t="s">
         <v>10</v>
       </c>
       <c r="E324" t="s">
         <v>11</v>
       </c>
       <c r="F324" s="1" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="G324" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="B325" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C325" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D325" t="s">
         <v>10</v>
       </c>
       <c r="E325" t="s">
         <v>11</v>
       </c>
       <c r="F325" s="1" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="G325" t="s">
-        <v>1048</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="B326" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C326" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D326" t="s">
         <v>10</v>
       </c>
       <c r="E326" t="s">
         <v>11</v>
       </c>
       <c r="F326" s="1" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
       <c r="G326" t="s">
-        <v>1051</v>
+        <v>874</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="B327" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C327" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D327" t="s">
         <v>10</v>
       </c>
       <c r="E327" t="s">
         <v>11</v>
       </c>
       <c r="F327" s="1" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="G327" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="B328" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C328" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D328" t="s">
         <v>10</v>
       </c>
       <c r="E328" t="s">
         <v>11</v>
       </c>
       <c r="F328" s="1" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="G328" t="s">
-        <v>1057</v>
+        <v>353</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="B329" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C329" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D329" t="s">
         <v>10</v>
       </c>
       <c r="E329" t="s">
         <v>11</v>
       </c>
       <c r="F329" s="1" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="G329" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="B330" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C330" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D330" t="s">
         <v>10</v>
       </c>
       <c r="E330" t="s">
         <v>11</v>
       </c>
       <c r="F330" s="1" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="G330" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="B331" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C331" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D331" t="s">
         <v>10</v>
       </c>
       <c r="E331" t="s">
         <v>11</v>
       </c>
       <c r="F331" s="1" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="G331" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="B332" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C332" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D332" t="s">
         <v>10</v>
       </c>
       <c r="E332" t="s">
         <v>11</v>
       </c>
       <c r="F332" s="1" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="G332" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="B333" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C333" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D333" t="s">
         <v>10</v>
       </c>
       <c r="E333" t="s">
         <v>11</v>
       </c>
       <c r="F333" s="1" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="G333" t="s">
-        <v>1072</v>
+        <v>798</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
         <v>1073</v>
       </c>
       <c r="B334" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C334" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D334" t="s">
         <v>10</v>
       </c>
       <c r="E334" t="s">
         <v>11</v>
       </c>
       <c r="F334" s="1" t="s">
         <v>1074</v>
       </c>
       <c r="G334" t="s">
         <v>1075</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
         <v>1076</v>
       </c>
       <c r="B335" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C335" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D335" t="s">
         <v>10</v>
       </c>
       <c r="E335" t="s">
         <v>11</v>
       </c>
       <c r="F335" s="1" t="s">
         <v>1077</v>
       </c>
       <c r="G335" t="s">
         <v>1078</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
         <v>1079</v>
       </c>
       <c r="B336" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C336" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D336" t="s">
         <v>10</v>
       </c>
       <c r="E336" t="s">
         <v>11</v>
       </c>
       <c r="F336" s="1" t="s">
         <v>1080</v>
       </c>
       <c r="G336" t="s">
         <v>1081</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
         <v>1082</v>
       </c>
       <c r="B337" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C337" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D337" t="s">
         <v>10</v>
       </c>
       <c r="E337" t="s">
         <v>11</v>
       </c>
       <c r="F337" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="G337" t="s">
         <v>1084</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
         <v>1085</v>
       </c>
       <c r="B338" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C338" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D338" t="s">
         <v>10</v>
       </c>
       <c r="E338" t="s">
         <v>11</v>
       </c>
       <c r="F338" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="G338" t="s">
         <v>1087</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
         <v>1088</v>
       </c>
       <c r="B339" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C339" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D339" t="s">
         <v>10</v>
       </c>
       <c r="E339" t="s">
         <v>11</v>
       </c>
       <c r="F339" s="1" t="s">
         <v>1089</v>
       </c>
       <c r="G339" t="s">
         <v>1090</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
         <v>1091</v>
       </c>
       <c r="B340" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C340" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D340" t="s">
         <v>10</v>
       </c>
       <c r="E340" t="s">
         <v>11</v>
       </c>
       <c r="F340" s="1" t="s">
         <v>1092</v>
       </c>
       <c r="G340" t="s">
-        <v>1039</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="B341" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C341" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D341" t="s">
         <v>10</v>
       </c>
       <c r="E341" t="s">
         <v>11</v>
       </c>
       <c r="F341" s="1" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="G341" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="B342" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C342" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D342" t="s">
         <v>10</v>
       </c>
       <c r="E342" t="s">
         <v>11</v>
       </c>
       <c r="F342" s="1" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="G342" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="B343" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C343" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D343" t="s">
         <v>10</v>
       </c>
       <c r="E343" t="s">
         <v>11</v>
       </c>
       <c r="F343" s="1" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="G343" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="B344" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C344" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D344" t="s">
         <v>10</v>
       </c>
       <c r="E344" t="s">
         <v>11</v>
       </c>
       <c r="F344" s="1" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="G344" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="B345" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C345" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D345" t="s">
         <v>10</v>
       </c>
       <c r="E345" t="s">
         <v>11</v>
       </c>
       <c r="F345" s="1" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="G345" t="s">
-        <v>874</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="B346" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C346" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D346" t="s">
         <v>10</v>
       </c>
       <c r="E346" t="s">
         <v>11</v>
       </c>
       <c r="F346" s="1" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="G346" t="s">
-        <v>909</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="B347" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C347" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="D347" t="s">
         <v>10</v>
       </c>
       <c r="E347" t="s">
         <v>11</v>
       </c>
       <c r="F347" s="1" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="G347" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="B348" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C348" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="D348" t="s">
         <v>10</v>
       </c>
       <c r="E348" t="s">
         <v>11</v>
       </c>
       <c r="F348" s="1" t="s">
-        <v>1113</v>
+        <v>1116</v>
       </c>
       <c r="G348" t="s">
-        <v>918</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
-        <v>1114</v>
+        <v>1118</v>
       </c>
       <c r="B349" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C349" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="D349" t="s">
         <v>10</v>
       </c>
       <c r="E349" t="s">
         <v>11</v>
       </c>
       <c r="F349" s="1" t="s">
-        <v>1115</v>
+        <v>1119</v>
       </c>
       <c r="G349" t="s">
-        <v>314</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
-        <v>1116</v>
+        <v>1121</v>
       </c>
       <c r="B350" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C350" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="D350" t="s">
         <v>10</v>
       </c>
       <c r="E350" t="s">
         <v>11</v>
       </c>
       <c r="F350" s="1" t="s">
-        <v>1117</v>
+        <v>1122</v>
       </c>
       <c r="G350" t="s">
-        <v>1118</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
-        <v>1119</v>
+        <v>1124</v>
       </c>
       <c r="B351" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C351" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="D351" t="s">
         <v>10</v>
       </c>
       <c r="E351" t="s">
         <v>11</v>
       </c>
       <c r="F351" s="1" t="s">
-        <v>1120</v>
+        <v>1125</v>
       </c>
       <c r="G351" t="s">
-        <v>1121</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
-        <v>1122</v>
+        <v>1127</v>
       </c>
       <c r="B352" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C352" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="D352" t="s">
         <v>10</v>
       </c>
       <c r="E352" t="s">
         <v>11</v>
       </c>
       <c r="F352" s="1" t="s">
-        <v>1123</v>
+        <v>1128</v>
       </c>
       <c r="G352" t="s">
-        <v>1124</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
-        <v>1125</v>
+        <v>1130</v>
       </c>
       <c r="B353" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C353" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="D353" t="s">
         <v>10</v>
       </c>
       <c r="E353" t="s">
         <v>11</v>
       </c>
       <c r="F353" s="1" t="s">
-        <v>1126</v>
+        <v>1131</v>
       </c>
       <c r="G353" t="s">
-        <v>1127</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
-        <v>1128</v>
+        <v>1132</v>
       </c>
       <c r="B354" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C354" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="D354" t="s">
         <v>10</v>
       </c>
       <c r="E354" t="s">
         <v>11</v>
       </c>
       <c r="F354" s="1" t="s">
-        <v>1129</v>
+        <v>1133</v>
       </c>
       <c r="G354" t="s">
-        <v>1130</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="B355" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C355" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="D355" t="s">
         <v>10</v>
       </c>
       <c r="E355" t="s">
         <v>11</v>
       </c>
       <c r="F355" s="1" t="s">
-        <v>1132</v>
+        <v>1136</v>
       </c>
       <c r="G355" t="s">
-        <v>1133</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
       <c r="B356" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C356" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="D356" t="s">
         <v>10</v>
       </c>
       <c r="E356" t="s">
         <v>11</v>
       </c>
       <c r="F356" s="1" t="s">
-        <v>1135</v>
+        <v>1139</v>
       </c>
       <c r="G356" t="s">
-        <v>1136</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="B357" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C357" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="D357" t="s">
         <v>10</v>
       </c>
       <c r="E357" t="s">
         <v>11</v>
       </c>
       <c r="F357" s="1" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
       <c r="G357" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
       <c r="B358" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C358" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="D358" t="s">
         <v>10</v>
       </c>
       <c r="E358" t="s">
         <v>11</v>
       </c>
       <c r="F358" s="1" t="s">
-        <v>1141</v>
+        <v>1145</v>
       </c>
       <c r="G358" t="s">
-        <v>665</v>
+        <v>913</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
-        <v>1142</v>
+        <v>1146</v>
       </c>
       <c r="B359" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C359" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D359" t="s">
         <v>10</v>
       </c>
       <c r="E359" t="s">
         <v>11</v>
       </c>
       <c r="F359" s="1" t="s">
-        <v>1143</v>
+        <v>1147</v>
       </c>
       <c r="G359" t="s">
-        <v>828</v>
+        <v>948</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
-        <v>1144</v>
+        <v>1148</v>
       </c>
       <c r="B360" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C360" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D360" t="s">
         <v>10</v>
       </c>
       <c r="E360" t="s">
         <v>11</v>
       </c>
       <c r="F360" s="1" t="s">
-        <v>1145</v>
+        <v>1149</v>
       </c>
       <c r="G360" t="s">
-        <v>1146</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
-        <v>1147</v>
+        <v>1151</v>
       </c>
       <c r="B361" t="s">
-        <v>1148</v>
+        <v>1031</v>
       </c>
       <c r="C361" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c r="D361" t="s">
         <v>10</v>
       </c>
       <c r="E361" t="s">
         <v>11</v>
       </c>
       <c r="F361" s="1" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="G361" t="s">
-        <v>1150</v>
+        <v>957</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="B362" t="s">
-        <v>1148</v>
+        <v>1031</v>
       </c>
       <c r="C362" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="D362" t="s">
         <v>10</v>
       </c>
       <c r="E362" t="s">
         <v>11</v>
       </c>
       <c r="F362" s="1" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="G362" t="s">
-        <v>918</v>
+        <v>353</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="B363" t="s">
-        <v>1148</v>
+        <v>1031</v>
       </c>
       <c r="C363" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
       <c r="D363" t="s">
         <v>10</v>
       </c>
       <c r="E363" t="s">
         <v>11</v>
       </c>
       <c r="F363" s="1" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="G363" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B364" t="s">
-        <v>1148</v>
+        <v>1031</v>
       </c>
       <c r="C364" t="s">
-        <v>55</v>
+        <v>23</v>
       </c>
       <c r="D364" t="s">
         <v>10</v>
       </c>
       <c r="E364" t="s">
         <v>11</v>
       </c>
       <c r="F364" s="1" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="G364" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="B365" t="s">
-        <v>1148</v>
+        <v>1031</v>
       </c>
       <c r="C365" t="s">
-        <v>59</v>
+        <v>27</v>
       </c>
       <c r="D365" t="s">
         <v>10</v>
       </c>
       <c r="E365" t="s">
         <v>11</v>
       </c>
       <c r="F365" s="1" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="G365" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="B366" t="s">
-        <v>1148</v>
+        <v>1031</v>
       </c>
       <c r="C366" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
       <c r="D366" t="s">
         <v>10</v>
       </c>
       <c r="E366" t="s">
         <v>11</v>
       </c>
       <c r="F366" s="1" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="G366" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="B367" t="s">
-        <v>1148</v>
+        <v>1031</v>
       </c>
       <c r="C367" t="s">
-        <v>67</v>
+        <v>35</v>
       </c>
       <c r="D367" t="s">
         <v>10</v>
       </c>
       <c r="E367" t="s">
         <v>11</v>
       </c>
       <c r="F367" s="1" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="G367" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="B368" t="s">
-        <v>1148</v>
+        <v>1031</v>
       </c>
       <c r="C368" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="D368" t="s">
         <v>10</v>
       </c>
       <c r="E368" t="s">
         <v>11</v>
       </c>
       <c r="F368" s="1" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="G368" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="B369" t="s">
-        <v>1148</v>
+        <v>1031</v>
       </c>
       <c r="C369" t="s">
-        <v>74</v>
+        <v>43</v>
       </c>
       <c r="D369" t="s">
         <v>10</v>
       </c>
       <c r="E369" t="s">
         <v>11</v>
       </c>
       <c r="F369" s="1" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="G369" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="B370" t="s">
-        <v>1148</v>
+        <v>1031</v>
       </c>
       <c r="C370" t="s">
-        <v>78</v>
+        <v>47</v>
       </c>
       <c r="D370" t="s">
         <v>10</v>
       </c>
       <c r="E370" t="s">
         <v>11</v>
       </c>
       <c r="F370" s="1" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="G370" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="B371" t="s">
-        <v>1148</v>
+        <v>1031</v>
       </c>
       <c r="C371" t="s">
-        <v>82</v>
+        <v>51</v>
       </c>
       <c r="D371" t="s">
         <v>10</v>
       </c>
       <c r="E371" t="s">
         <v>11</v>
       </c>
       <c r="F371" s="1" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="G371" t="s">
-        <v>1179</v>
+        <v>704</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="B372" t="s">
-        <v>1148</v>
+        <v>1031</v>
       </c>
       <c r="C372" t="s">
-        <v>86</v>
+        <v>55</v>
       </c>
       <c r="D372" t="s">
         <v>10</v>
       </c>
       <c r="E372" t="s">
         <v>11</v>
       </c>
       <c r="F372" s="1" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="G372" t="s">
-        <v>1182</v>
+        <v>867</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
         <v>1183</v>
       </c>
       <c r="B373" t="s">
-        <v>1148</v>
+        <v>1031</v>
       </c>
       <c r="C373" t="s">
-        <v>90</v>
+        <v>59</v>
       </c>
       <c r="D373" t="s">
         <v>10</v>
       </c>
       <c r="E373" t="s">
         <v>11</v>
       </c>
       <c r="F373" s="1" t="s">
         <v>1184</v>
       </c>
       <c r="G373" t="s">
         <v>1185</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
         <v>1186</v>
       </c>
       <c r="B374" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C374" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D374" t="s">
         <v>10</v>
       </c>
       <c r="E374" t="s">
         <v>11</v>
       </c>
       <c r="F374" s="1" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="G374" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="B375" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C375" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D375" t="s">
         <v>10</v>
       </c>
       <c r="E375" t="s">
         <v>11</v>
       </c>
       <c r="F375" s="1" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="G375" t="s">
-        <v>1191</v>
+        <v>957</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
         <v>1192</v>
       </c>
       <c r="B376" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C376" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D376" t="s">
         <v>10</v>
       </c>
       <c r="E376" t="s">
         <v>11</v>
       </c>
       <c r="F376" s="1" t="s">
         <v>1193</v>
       </c>
       <c r="G376" t="s">
         <v>1194</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
         <v>1195</v>
       </c>
       <c r="B377" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C377" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="D377" t="s">
         <v>10</v>
       </c>
       <c r="E377" t="s">
         <v>11</v>
       </c>
       <c r="F377" s="1" t="s">
         <v>1196</v>
       </c>
       <c r="G377" t="s">
         <v>1197</v>
       </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" t="s">
         <v>1198</v>
       </c>
       <c r="B378" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C378" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="D378" t="s">
         <v>10</v>
       </c>
       <c r="E378" t="s">
         <v>11</v>
       </c>
       <c r="F378" s="1" t="s">
         <v>1199</v>
       </c>
       <c r="G378" t="s">
         <v>1200</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" t="s">
         <v>1201</v>
       </c>
       <c r="B379" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C379" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="D379" t="s">
         <v>10</v>
       </c>
       <c r="E379" t="s">
         <v>11</v>
       </c>
       <c r="F379" s="1" t="s">
         <v>1202</v>
       </c>
       <c r="G379" t="s">
         <v>1203</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" t="s">
         <v>1204</v>
       </c>
       <c r="B380" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C380" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="D380" t="s">
         <v>10</v>
       </c>
       <c r="E380" t="s">
         <v>11</v>
       </c>
       <c r="F380" s="1" t="s">
         <v>1205</v>
       </c>
       <c r="G380" t="s">
         <v>1206</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" t="s">
         <v>1207</v>
       </c>
       <c r="B381" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C381" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D381" t="s">
         <v>10</v>
       </c>
       <c r="E381" t="s">
         <v>11</v>
       </c>
       <c r="F381" s="1" t="s">
         <v>1208</v>
       </c>
       <c r="G381" t="s">
         <v>1209</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" t="s">
         <v>1210</v>
       </c>
       <c r="B382" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C382" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D382" t="s">
         <v>10</v>
       </c>
       <c r="E382" t="s">
         <v>11</v>
       </c>
       <c r="F382" s="1" t="s">
         <v>1211</v>
       </c>
       <c r="G382" t="s">
         <v>1212</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" t="s">
         <v>1213</v>
       </c>
       <c r="B383" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C383" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D383" t="s">
         <v>10</v>
       </c>
       <c r="E383" t="s">
         <v>11</v>
       </c>
       <c r="F383" s="1" t="s">
         <v>1214</v>
       </c>
       <c r="G383" t="s">
         <v>1215</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" t="s">
         <v>1216</v>
       </c>
       <c r="B384" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C384" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D384" t="s">
         <v>10</v>
       </c>
       <c r="E384" t="s">
         <v>11</v>
       </c>
       <c r="F384" s="1" t="s">
-        <v>914</v>
+        <v>1217</v>
       </c>
       <c r="G384" t="s">
-        <v>314</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="B385" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C385" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D385" t="s">
         <v>10</v>
       </c>
       <c r="E385" t="s">
         <v>11</v>
       </c>
       <c r="F385" s="1" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="G385" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="B386" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C386" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D386" t="s">
         <v>10</v>
       </c>
       <c r="E386" t="s">
         <v>11</v>
       </c>
       <c r="F386" s="1" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="G386" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="B387" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C387" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D387" t="s">
         <v>10</v>
       </c>
       <c r="E387" t="s">
         <v>11</v>
       </c>
       <c r="F387" s="1" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="G387" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="B388" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C388" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D388" t="s">
         <v>10</v>
       </c>
       <c r="E388" t="s">
         <v>11</v>
       </c>
       <c r="F388" s="1" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="G388" t="s">
-        <v>1025</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
       <c r="B389" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C389" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D389" t="s">
         <v>10</v>
       </c>
       <c r="E389" t="s">
         <v>11</v>
       </c>
       <c r="F389" s="1" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
       <c r="G389" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
       <c r="B390" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C390" t="s">
-        <v>158</v>
+        <v>167</v>
       </c>
       <c r="D390" t="s">
         <v>10</v>
       </c>
       <c r="E390" t="s">
         <v>11</v>
       </c>
       <c r="F390" s="1" t="s">
-        <v>1232</v>
+        <v>1235</v>
       </c>
       <c r="G390" t="s">
-        <v>1233</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" t="s">
-        <v>1234</v>
+        <v>1237</v>
       </c>
       <c r="B391" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C391" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="D391" t="s">
         <v>10</v>
       </c>
       <c r="E391" t="s">
         <v>11</v>
       </c>
       <c r="F391" s="1" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
       <c r="G391" t="s">
-        <v>647</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" t="s">
-        <v>1236</v>
+        <v>1240</v>
       </c>
       <c r="B392" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C392" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="D392" t="s">
         <v>10</v>
       </c>
       <c r="E392" t="s">
         <v>11</v>
       </c>
       <c r="F392" s="1" t="s">
-        <v>1237</v>
+        <v>1241</v>
       </c>
       <c r="G392" t="s">
-        <v>112</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" t="s">
-        <v>1238</v>
+        <v>1243</v>
       </c>
       <c r="B393" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C393" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="D393" t="s">
         <v>10</v>
       </c>
       <c r="E393" t="s">
         <v>11</v>
       </c>
       <c r="F393" s="1" t="s">
-        <v>1239</v>
+        <v>1244</v>
       </c>
       <c r="G393" t="s">
-        <v>1240</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" t="s">
-        <v>1241</v>
+        <v>1246</v>
       </c>
       <c r="B394" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C394" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D394" t="s">
         <v>10</v>
       </c>
       <c r="E394" t="s">
         <v>11</v>
       </c>
       <c r="F394" s="1" t="s">
-        <v>1242</v>
+        <v>1247</v>
       </c>
       <c r="G394" t="s">
-        <v>1243</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" t="s">
-        <v>1244</v>
+        <v>1249</v>
       </c>
       <c r="B395" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C395" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D395" t="s">
         <v>10</v>
       </c>
       <c r="E395" t="s">
         <v>11</v>
       </c>
       <c r="F395" s="1" t="s">
-        <v>1245</v>
+        <v>1250</v>
       </c>
       <c r="G395" t="s">
-        <v>1246</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" t="s">
-        <v>1247</v>
+        <v>1252</v>
       </c>
       <c r="B396" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C396" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D396" t="s">
         <v>10</v>
       </c>
       <c r="E396" t="s">
         <v>11</v>
       </c>
       <c r="F396" s="1" t="s">
-        <v>1248</v>
+        <v>1253</v>
       </c>
       <c r="G396" t="s">
-        <v>1249</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" t="s">
-        <v>1250</v>
+        <v>1255</v>
       </c>
       <c r="B397" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C397" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D397" t="s">
         <v>10</v>
       </c>
       <c r="E397" t="s">
         <v>11</v>
       </c>
       <c r="F397" s="1" t="s">
-        <v>1251</v>
+        <v>953</v>
       </c>
       <c r="G397" t="s">
-        <v>1252</v>
+        <v>353</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" t="s">
-        <v>1253</v>
+        <v>1256</v>
       </c>
       <c r="B398" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C398" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="D398" t="s">
         <v>10</v>
       </c>
       <c r="E398" t="s">
         <v>11</v>
       </c>
       <c r="F398" s="1" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
       <c r="G398" t="s">
-        <v>1255</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" t="s">
-        <v>1256</v>
+        <v>1259</v>
       </c>
       <c r="B399" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C399" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="D399" t="s">
         <v>10</v>
       </c>
       <c r="E399" t="s">
         <v>11</v>
       </c>
       <c r="F399" s="1" t="s">
-        <v>1257</v>
+        <v>1260</v>
       </c>
       <c r="G399" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
       <c r="B400" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C400" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="D400" t="s">
         <v>10</v>
       </c>
       <c r="E400" t="s">
         <v>11</v>
       </c>
       <c r="F400" s="1" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
       <c r="G400" t="s">
-        <v>45</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="B401" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C401" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="D401" t="s">
         <v>10</v>
       </c>
       <c r="E401" t="s">
         <v>11</v>
       </c>
       <c r="F401" s="1" t="s">
-        <v>1262</v>
+        <v>1266</v>
       </c>
       <c r="G401" t="s">
-        <v>1263</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
       <c r="B402" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C402" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="D402" t="s">
         <v>10</v>
       </c>
       <c r="E402" t="s">
         <v>11</v>
       </c>
       <c r="F402" s="1" t="s">
-        <v>1265</v>
+        <v>1268</v>
       </c>
       <c r="G402" t="s">
-        <v>1240</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="B403" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C403" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="D403" t="s">
         <v>10</v>
       </c>
       <c r="E403" t="s">
         <v>11</v>
       </c>
       <c r="F403" s="1" t="s">
-        <v>1267</v>
+        <v>1271</v>
       </c>
       <c r="G403" t="s">
-        <v>1268</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" t="s">
-        <v>1269</v>
+        <v>1273</v>
       </c>
       <c r="B404" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C404" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="D404" t="s">
         <v>10</v>
       </c>
       <c r="E404" t="s">
         <v>11</v>
       </c>
       <c r="F404" s="1" t="s">
-        <v>1270</v>
+        <v>1274</v>
       </c>
       <c r="G404" t="s">
-        <v>1133</v>
+        <v>686</v>
       </c>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" t="s">
-        <v>1271</v>
+        <v>1275</v>
       </c>
       <c r="B405" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C405" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="D405" t="s">
         <v>10</v>
       </c>
       <c r="E405" t="s">
         <v>11</v>
       </c>
       <c r="F405" s="1" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
       <c r="G405" t="s">
-        <v>1273</v>
+        <v>165</v>
       </c>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" t="s">
-        <v>1274</v>
+        <v>1277</v>
       </c>
       <c r="B406" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C406" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="D406" t="s">
         <v>10</v>
       </c>
       <c r="E406" t="s">
         <v>11</v>
       </c>
       <c r="F406" s="1" t="s">
-        <v>1275</v>
+        <v>1278</v>
       </c>
       <c r="G406" t="s">
-        <v>1276</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" t="s">
-        <v>1277</v>
+        <v>1280</v>
       </c>
       <c r="B407" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C407" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="D407" t="s">
         <v>10</v>
       </c>
       <c r="E407" t="s">
         <v>11</v>
       </c>
       <c r="F407" s="1" t="s">
-        <v>1278</v>
+        <v>1281</v>
       </c>
       <c r="G407" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="B408" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C408" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="D408" t="s">
         <v>10</v>
       </c>
       <c r="E408" t="s">
         <v>11</v>
       </c>
       <c r="F408" s="1" t="s">
-        <v>1281</v>
+        <v>1284</v>
       </c>
       <c r="G408" t="s">
-        <v>1282</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
       <c r="B409" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C409" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="D409" t="s">
         <v>10</v>
       </c>
       <c r="E409" t="s">
         <v>11</v>
       </c>
       <c r="F409" s="1" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="G409" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="B410" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C410" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D410" t="s">
         <v>10</v>
       </c>
       <c r="E410" t="s">
         <v>11</v>
       </c>
       <c r="F410" s="1" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="G410" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="B411" t="s">
-        <v>1148</v>
+        <v>1187</v>
       </c>
       <c r="C411" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D411" t="s">
         <v>10</v>
       </c>
       <c r="E411" t="s">
         <v>11</v>
       </c>
       <c r="F411" s="1" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="G411" t="s">
-        <v>759</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
       <c r="B412" t="s">
-        <v>1292</v>
+        <v>1187</v>
       </c>
       <c r="C412" t="s">
-        <v>74</v>
+        <v>9</v>
       </c>
       <c r="D412" t="s">
         <v>10</v>
       </c>
       <c r="E412" t="s">
         <v>11</v>
       </c>
       <c r="F412" s="1" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="G412" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
       <c r="B413" t="s">
-        <v>1292</v>
+        <v>1187</v>
       </c>
       <c r="C413" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="D413" t="s">
         <v>10</v>
       </c>
       <c r="E413" t="s">
         <v>11</v>
       </c>
       <c r="F413" s="1" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="G413" t="s">
-        <v>1297</v>
+        <v>98</v>
       </c>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="B414" t="s">
-        <v>1292</v>
+        <v>1187</v>
       </c>
       <c r="C414" t="s">
-        <v>82</v>
+        <v>19</v>
       </c>
       <c r="D414" t="s">
         <v>10</v>
       </c>
       <c r="E414" t="s">
         <v>11</v>
       </c>
       <c r="F414" s="1" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="G414" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="B415" t="s">
-        <v>1292</v>
+        <v>1187</v>
       </c>
       <c r="C415" t="s">
-        <v>86</v>
+        <v>23</v>
       </c>
       <c r="D415" t="s">
         <v>10</v>
       </c>
       <c r="E415" t="s">
         <v>11</v>
       </c>
       <c r="F415" s="1" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="G415" t="s">
-        <v>1303</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="B416" t="s">
-        <v>1292</v>
+        <v>1187</v>
       </c>
       <c r="C416" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="D416" t="s">
         <v>10</v>
       </c>
       <c r="E416" t="s">
         <v>11</v>
       </c>
       <c r="F416" s="1" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="G416" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="B417" t="s">
-        <v>1292</v>
+        <v>1187</v>
       </c>
       <c r="C417" t="s">
-        <v>94</v>
+        <v>31</v>
       </c>
       <c r="D417" t="s">
         <v>10</v>
       </c>
       <c r="E417" t="s">
         <v>11</v>
       </c>
       <c r="F417" s="1" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="G417" t="s">
-        <v>1309</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" t="s">
         <v>1310</v>
       </c>
       <c r="B418" t="s">
-        <v>1292</v>
+        <v>1187</v>
       </c>
       <c r="C418" t="s">
-        <v>98</v>
+        <v>35</v>
       </c>
       <c r="D418" t="s">
         <v>10</v>
       </c>
       <c r="E418" t="s">
         <v>11</v>
       </c>
       <c r="F418" s="1" t="s">
         <v>1311</v>
       </c>
       <c r="G418" t="s">
         <v>1312</v>
       </c>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" t="s">
         <v>1313</v>
       </c>
       <c r="B419" t="s">
-        <v>1292</v>
+        <v>1187</v>
       </c>
       <c r="C419" t="s">
-        <v>102</v>
+        <v>39</v>
       </c>
       <c r="D419" t="s">
         <v>10</v>
       </c>
       <c r="E419" t="s">
         <v>11</v>
       </c>
       <c r="F419" s="1" t="s">
         <v>1314</v>
       </c>
       <c r="G419" t="s">
         <v>1315</v>
       </c>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" t="s">
         <v>1316</v>
       </c>
       <c r="B420" t="s">
-        <v>1292</v>
+        <v>1187</v>
       </c>
       <c r="C420" t="s">
-        <v>106</v>
+        <v>43</v>
       </c>
       <c r="D420" t="s">
         <v>10</v>
       </c>
       <c r="E420" t="s">
         <v>11</v>
       </c>
       <c r="F420" s="1" t="s">
         <v>1317</v>
       </c>
       <c r="G420" t="s">
         <v>1318</v>
       </c>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" t="s">
         <v>1319</v>
       </c>
       <c r="B421" t="s">
-        <v>1292</v>
+        <v>1187</v>
       </c>
       <c r="C421" t="s">
-        <v>110</v>
+        <v>47</v>
       </c>
       <c r="D421" t="s">
         <v>10</v>
       </c>
       <c r="E421" t="s">
         <v>11</v>
       </c>
       <c r="F421" s="1" t="s">
         <v>1320</v>
       </c>
       <c r="G421" t="s">
         <v>1321</v>
       </c>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" t="s">
         <v>1322</v>
       </c>
       <c r="B422" t="s">
-        <v>1292</v>
+        <v>1187</v>
       </c>
       <c r="C422" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="D422" t="s">
         <v>10</v>
       </c>
       <c r="E422" t="s">
         <v>11</v>
       </c>
       <c r="F422" s="1" t="s">
         <v>1323</v>
       </c>
       <c r="G422" t="s">
         <v>1324</v>
       </c>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" t="s">
         <v>1325</v>
       </c>
       <c r="B423" t="s">
-        <v>1292</v>
+        <v>1187</v>
       </c>
       <c r="C423" t="s">
-        <v>138</v>
+        <v>55</v>
       </c>
       <c r="D423" t="s">
         <v>10</v>
       </c>
       <c r="E423" t="s">
         <v>11</v>
       </c>
       <c r="F423" s="1" t="s">
         <v>1326</v>
       </c>
       <c r="G423" t="s">
         <v>1327</v>
       </c>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" t="s">
         <v>1328</v>
       </c>
       <c r="B424" t="s">
-        <v>1292</v>
+        <v>1187</v>
       </c>
       <c r="C424" t="s">
-        <v>150</v>
+        <v>59</v>
       </c>
       <c r="D424" t="s">
         <v>10</v>
       </c>
       <c r="E424" t="s">
         <v>11</v>
       </c>
       <c r="F424" s="1" t="s">
         <v>1329</v>
       </c>
       <c r="G424" t="s">
-        <v>1330</v>
+        <v>798</v>
       </c>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B425" t="s">
         <v>1331</v>
       </c>
-      <c r="B425" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C425" t="s">
-        <v>154</v>
+        <v>127</v>
       </c>
       <c r="D425" t="s">
         <v>10</v>
       </c>
       <c r="E425" t="s">
         <v>11</v>
       </c>
       <c r="F425" s="1" t="s">
         <v>1332</v>
       </c>
       <c r="G425" t="s">
         <v>1333</v>
       </c>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" t="s">
         <v>1334</v>
       </c>
       <c r="B426" t="s">
-        <v>1292</v>
+        <v>1331</v>
       </c>
       <c r="C426" t="s">
-        <v>158</v>
+        <v>131</v>
       </c>
       <c r="D426" t="s">
         <v>10</v>
       </c>
       <c r="E426" t="s">
         <v>11</v>
       </c>
       <c r="F426" s="1" t="s">
         <v>1335</v>
       </c>
       <c r="G426" t="s">
         <v>1336</v>
       </c>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" t="s">
         <v>1337</v>
       </c>
       <c r="B427" t="s">
-        <v>1292</v>
+        <v>1331</v>
       </c>
       <c r="C427" t="s">
-        <v>162</v>
+        <v>135</v>
       </c>
       <c r="D427" t="s">
         <v>10</v>
       </c>
       <c r="E427" t="s">
         <v>11</v>
       </c>
       <c r="F427" s="1" t="s">
         <v>1338</v>
       </c>
       <c r="G427" t="s">
         <v>1339</v>
       </c>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" t="s">
         <v>1340</v>
       </c>
       <c r="B428" t="s">
-        <v>1292</v>
+        <v>1331</v>
       </c>
       <c r="C428" t="s">
-        <v>166</v>
+        <v>139</v>
       </c>
       <c r="D428" t="s">
         <v>10</v>
       </c>
       <c r="E428" t="s">
         <v>11</v>
       </c>
       <c r="F428" s="1" t="s">
         <v>1341</v>
       </c>
       <c r="G428" t="s">
         <v>1342</v>
       </c>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" t="s">
         <v>1343</v>
       </c>
       <c r="B429" t="s">
-        <v>1292</v>
+        <v>1331</v>
       </c>
       <c r="C429" t="s">
-        <v>170</v>
+        <v>143</v>
       </c>
       <c r="D429" t="s">
         <v>10</v>
       </c>
       <c r="E429" t="s">
         <v>11</v>
       </c>
       <c r="F429" s="1" t="s">
         <v>1344</v>
       </c>
       <c r="G429" t="s">
         <v>1345</v>
       </c>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" t="s">
         <v>1346</v>
       </c>
       <c r="B430" t="s">
-        <v>1292</v>
+        <v>1331</v>
       </c>
       <c r="C430" t="s">
-        <v>174</v>
+        <v>147</v>
       </c>
       <c r="D430" t="s">
         <v>10</v>
       </c>
       <c r="E430" t="s">
         <v>11</v>
       </c>
       <c r="F430" s="1" t="s">
         <v>1347</v>
       </c>
       <c r="G430" t="s">
         <v>1348</v>
       </c>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" t="s">
         <v>1349</v>
       </c>
       <c r="B431" t="s">
-        <v>1292</v>
+        <v>1331</v>
       </c>
       <c r="C431" t="s">
-        <v>178</v>
+        <v>151</v>
       </c>
       <c r="D431" t="s">
         <v>10</v>
       </c>
       <c r="E431" t="s">
         <v>11</v>
       </c>
       <c r="F431" s="1" t="s">
         <v>1350</v>
       </c>
       <c r="G431" t="s">
         <v>1351</v>
       </c>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" t="s">
-        <v>260</v>
+        <v>1352</v>
       </c>
       <c r="B432" t="s">
-        <v>1292</v>
+        <v>1331</v>
       </c>
       <c r="C432" t="s">
-        <v>191</v>
+        <v>155</v>
       </c>
       <c r="D432" t="s">
         <v>10</v>
       </c>
       <c r="E432" t="s">
         <v>11</v>
       </c>
       <c r="F432" s="1" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="G432" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" t="s">
-        <v>264</v>
+        <v>1355</v>
       </c>
       <c r="B433" t="s">
-        <v>1292</v>
+        <v>1331</v>
       </c>
       <c r="C433" t="s">
-        <v>195</v>
+        <v>159</v>
       </c>
       <c r="D433" t="s">
         <v>10</v>
       </c>
       <c r="E433" t="s">
         <v>11</v>
       </c>
       <c r="F433" s="1" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="G433" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" t="s">
-        <v>268</v>
+        <v>1358</v>
       </c>
       <c r="B434" t="s">
-        <v>1292</v>
+        <v>1331</v>
       </c>
       <c r="C434" t="s">
-        <v>199</v>
+        <v>163</v>
       </c>
       <c r="D434" t="s">
         <v>10</v>
       </c>
       <c r="E434" t="s">
         <v>11</v>
       </c>
       <c r="F434" s="1" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
       <c r="G434" t="s">
-        <v>1127</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" t="s">
-        <v>272</v>
+        <v>1361</v>
       </c>
       <c r="B435" t="s">
-        <v>1292</v>
+        <v>1331</v>
       </c>
       <c r="C435" t="s">
-        <v>203</v>
+        <v>167</v>
       </c>
       <c r="D435" t="s">
         <v>10</v>
       </c>
       <c r="E435" t="s">
         <v>11</v>
       </c>
       <c r="F435" s="1" t="s">
-        <v>1357</v>
+        <v>1362</v>
       </c>
       <c r="G435" t="s">
-        <v>865</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" t="s">
-        <v>276</v>
+        <v>1364</v>
       </c>
       <c r="B436" t="s">
-        <v>1292</v>
+        <v>1331</v>
       </c>
       <c r="C436" t="s">
-        <v>207</v>
+        <v>191</v>
       </c>
       <c r="D436" t="s">
         <v>10</v>
       </c>
       <c r="E436" t="s">
         <v>11</v>
       </c>
       <c r="F436" s="1" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="G436" t="s">
-        <v>1359</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" t="s">
-        <v>280</v>
+        <v>1367</v>
       </c>
       <c r="B437" t="s">
-        <v>1292</v>
+        <v>1331</v>
       </c>
       <c r="C437" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="D437" t="s">
         <v>10</v>
       </c>
       <c r="E437" t="s">
         <v>11</v>
       </c>
       <c r="F437" s="1" t="s">
-        <v>914</v>
+        <v>1368</v>
       </c>
       <c r="G437" t="s">
-        <v>1360</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" t="s">
-        <v>239</v>
+        <v>1370</v>
       </c>
       <c r="B438" t="s">
-        <v>1292</v>
+        <v>1331</v>
       </c>
       <c r="C438" t="s">
-        <v>1361</v>
+        <v>207</v>
       </c>
       <c r="D438" t="s">
         <v>10</v>
       </c>
       <c r="E438" t="s">
         <v>11</v>
       </c>
       <c r="F438" s="1" t="s">
-        <v>1362</v>
+        <v>1371</v>
       </c>
       <c r="G438" t="s">
-        <v>1363</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" t="s">
-        <v>215</v>
+        <v>1373</v>
       </c>
       <c r="B439" t="s">
-        <v>1292</v>
+        <v>1331</v>
       </c>
       <c r="C439" t="s">
-        <v>1364</v>
+        <v>211</v>
       </c>
       <c r="D439" t="s">
         <v>10</v>
       </c>
       <c r="E439" t="s">
         <v>11</v>
       </c>
       <c r="F439" s="1" t="s">
-        <v>1365</v>
+        <v>1374</v>
       </c>
       <c r="G439" t="s">
-        <v>1366</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" t="s">
-        <v>219</v>
+        <v>1376</v>
       </c>
       <c r="B440" t="s">
-        <v>1292</v>
+        <v>1331</v>
       </c>
       <c r="C440" t="s">
-        <v>1367</v>
+        <v>214</v>
       </c>
       <c r="D440" t="s">
         <v>10</v>
       </c>
       <c r="E440" t="s">
         <v>11</v>
       </c>
       <c r="F440" s="1" t="s">
-        <v>1368</v>
+        <v>1377</v>
       </c>
       <c r="G440" t="s">
-        <v>1369</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" t="s">
-        <v>223</v>
+        <v>1379</v>
       </c>
       <c r="B441" t="s">
-        <v>1292</v>
+        <v>1331</v>
       </c>
       <c r="C441" t="s">
-        <v>1370</v>
+        <v>218</v>
       </c>
       <c r="D441" t="s">
         <v>10</v>
       </c>
       <c r="E441" t="s">
         <v>11</v>
       </c>
       <c r="F441" s="1" t="s">
-        <v>1371</v>
+        <v>1380</v>
       </c>
       <c r="G441" t="s">
-        <v>1372</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" t="s">
-        <v>227</v>
+        <v>1382</v>
       </c>
       <c r="B442" t="s">
-        <v>1292</v>
+        <v>1331</v>
       </c>
       <c r="C442" t="s">
-        <v>1373</v>
+        <v>222</v>
       </c>
       <c r="D442" t="s">
         <v>10</v>
       </c>
       <c r="E442" t="s">
         <v>11</v>
       </c>
       <c r="F442" s="1" t="s">
-        <v>1374</v>
+        <v>1383</v>
       </c>
       <c r="G442" t="s">
-        <v>1375</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" t="s">
-        <v>231</v>
+        <v>1385</v>
       </c>
       <c r="B443" t="s">
-        <v>1292</v>
+        <v>1331</v>
       </c>
       <c r="C443" t="s">
-        <v>1376</v>
+        <v>226</v>
       </c>
       <c r="D443" t="s">
         <v>10</v>
       </c>
       <c r="E443" t="s">
         <v>11</v>
       </c>
       <c r="F443" s="1" t="s">
-        <v>1377</v>
+        <v>1386</v>
       </c>
       <c r="G443" t="s">
-        <v>1378</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" t="s">
-        <v>235</v>
+        <v>1388</v>
       </c>
       <c r="B444" t="s">
-        <v>1292</v>
+        <v>1331</v>
       </c>
       <c r="C444" t="s">
-        <v>1379</v>
+        <v>230</v>
       </c>
       <c r="D444" t="s">
         <v>10</v>
       </c>
       <c r="E444" t="s">
         <v>11</v>
       </c>
       <c r="F444" s="1" t="s">
-        <v>1380</v>
+        <v>1389</v>
       </c>
       <c r="G444" t="s">
-        <v>1381</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" t="s">
-        <v>1382</v>
+        <v>299</v>
       </c>
       <c r="B445" t="s">
-        <v>702</v>
+        <v>1331</v>
       </c>
       <c r="C445" t="s">
-        <v>150</v>
+        <v>9</v>
       </c>
       <c r="D445" t="s">
         <v>10</v>
       </c>
       <c r="E445" t="s">
         <v>11</v>
       </c>
       <c r="F445" s="1" t="s">
-        <v>1383</v>
+        <v>1391</v>
       </c>
       <c r="G445" t="s">
-        <v>1384</v>
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="446" spans="1:7">
+      <c r="A446" t="s">
+        <v>303</v>
+      </c>
+      <c r="B446" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C446" t="s">
+        <v>15</v>
+      </c>
+      <c r="D446" t="s">
+        <v>10</v>
+      </c>
+      <c r="E446" t="s">
+        <v>11</v>
+      </c>
+      <c r="F446" s="1" t="s">
+        <v>1393</v>
+      </c>
+      <c r="G446" t="s">
+        <v>1394</v>
+      </c>
+    </row>
+    <row r="447" spans="1:7">
+      <c r="A447" t="s">
+        <v>307</v>
+      </c>
+      <c r="B447" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C447" t="s">
+        <v>19</v>
+      </c>
+      <c r="D447" t="s">
+        <v>10</v>
+      </c>
+      <c r="E447" t="s">
+        <v>11</v>
+      </c>
+      <c r="F447" s="1" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G447" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="448" spans="1:7">
+      <c r="A448" t="s">
+        <v>311</v>
+      </c>
+      <c r="B448" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C448" t="s">
+        <v>23</v>
+      </c>
+      <c r="D448" t="s">
+        <v>10</v>
+      </c>
+      <c r="E448" t="s">
+        <v>11</v>
+      </c>
+      <c r="F448" s="1" t="s">
+        <v>1396</v>
+      </c>
+      <c r="G448" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="449" spans="1:7">
+      <c r="A449" t="s">
+        <v>315</v>
+      </c>
+      <c r="B449" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C449" t="s">
+        <v>27</v>
+      </c>
+      <c r="D449" t="s">
+        <v>10</v>
+      </c>
+      <c r="E449" t="s">
+        <v>11</v>
+      </c>
+      <c r="F449" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="G449" t="s">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="450" spans="1:7">
+      <c r="A450" t="s">
+        <v>319</v>
+      </c>
+      <c r="B450" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C450" t="s">
+        <v>31</v>
+      </c>
+      <c r="D450" t="s">
+        <v>10</v>
+      </c>
+      <c r="E450" t="s">
+        <v>11</v>
+      </c>
+      <c r="F450" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="G450" t="s">
+        <v>1399</v>
+      </c>
+    </row>
+    <row r="451" spans="1:7">
+      <c r="A451" t="s">
+        <v>59</v>
+      </c>
+      <c r="B451" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C451" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D451" t="s">
+        <v>10</v>
+      </c>
+      <c r="E451" t="s">
+        <v>11</v>
+      </c>
+      <c r="F451" s="1" t="s">
+        <v>1401</v>
+      </c>
+      <c r="G451" t="s">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="452" spans="1:7">
+      <c r="A452" t="s">
+        <v>35</v>
+      </c>
+      <c r="B452" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C452" t="s">
+        <v>1403</v>
+      </c>
+      <c r="D452" t="s">
+        <v>10</v>
+      </c>
+      <c r="E452" t="s">
+        <v>11</v>
+      </c>
+      <c r="F452" s="1" t="s">
+        <v>1404</v>
+      </c>
+      <c r="G452" t="s">
+        <v>1405</v>
+      </c>
+    </row>
+    <row r="453" spans="1:7">
+      <c r="A453" t="s">
+        <v>39</v>
+      </c>
+      <c r="B453" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C453" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D453" t="s">
+        <v>10</v>
+      </c>
+      <c r="E453" t="s">
+        <v>11</v>
+      </c>
+      <c r="F453" s="1" t="s">
+        <v>1407</v>
+      </c>
+      <c r="G453" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="454" spans="1:7">
+      <c r="A454" t="s">
+        <v>43</v>
+      </c>
+      <c r="B454" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C454" t="s">
+        <v>1409</v>
+      </c>
+      <c r="D454" t="s">
+        <v>10</v>
+      </c>
+      <c r="E454" t="s">
+        <v>11</v>
+      </c>
+      <c r="F454" s="1" t="s">
+        <v>1410</v>
+      </c>
+      <c r="G454" t="s">
+        <v>1411</v>
+      </c>
+    </row>
+    <row r="455" spans="1:7">
+      <c r="A455" t="s">
+        <v>47</v>
+      </c>
+      <c r="B455" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C455" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D455" t="s">
+        <v>10</v>
+      </c>
+      <c r="E455" t="s">
+        <v>11</v>
+      </c>
+      <c r="F455" s="1" t="s">
+        <v>1413</v>
+      </c>
+      <c r="G455" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="456" spans="1:7">
+      <c r="A456" t="s">
+        <v>51</v>
+      </c>
+      <c r="B456" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C456" t="s">
+        <v>1415</v>
+      </c>
+      <c r="D456" t="s">
+        <v>10</v>
+      </c>
+      <c r="E456" t="s">
+        <v>11</v>
+      </c>
+      <c r="F456" s="1" t="s">
+        <v>1416</v>
+      </c>
+      <c r="G456" t="s">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="457" spans="1:7">
+      <c r="A457" t="s">
+        <v>55</v>
+      </c>
+      <c r="B457" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C457" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D457" t="s">
+        <v>10</v>
+      </c>
+      <c r="E457" t="s">
+        <v>11</v>
+      </c>
+      <c r="F457" s="1" t="s">
+        <v>1419</v>
+      </c>
+      <c r="G457" t="s">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="458" spans="1:7">
+      <c r="A458" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B458" t="s">
+        <v>741</v>
+      </c>
+      <c r="C458" t="s">
+        <v>203</v>
+      </c>
+      <c r="D458" t="s">
+        <v>10</v>
+      </c>
+      <c r="E458" t="s">
+        <v>11</v>
+      </c>
+      <c r="F458" s="1" t="s">
+        <v>1422</v>
+      </c>
+      <c r="G458" t="s">
+        <v>1423</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -15216,50 +15632,63 @@
     <hyperlink ref="F421" r:id="rId420"/>
     <hyperlink ref="F422" r:id="rId421"/>
     <hyperlink ref="F423" r:id="rId422"/>
     <hyperlink ref="F424" r:id="rId423"/>
     <hyperlink ref="F425" r:id="rId424"/>
     <hyperlink ref="F426" r:id="rId425"/>
     <hyperlink ref="F427" r:id="rId426"/>
     <hyperlink ref="F428" r:id="rId427"/>
     <hyperlink ref="F429" r:id="rId428"/>
     <hyperlink ref="F430" r:id="rId429"/>
     <hyperlink ref="F431" r:id="rId430"/>
     <hyperlink ref="F432" r:id="rId431"/>
     <hyperlink ref="F433" r:id="rId432"/>
     <hyperlink ref="F434" r:id="rId433"/>
     <hyperlink ref="F435" r:id="rId434"/>
     <hyperlink ref="F436" r:id="rId435"/>
     <hyperlink ref="F437" r:id="rId436"/>
     <hyperlink ref="F438" r:id="rId437"/>
     <hyperlink ref="F439" r:id="rId438"/>
     <hyperlink ref="F440" r:id="rId439"/>
     <hyperlink ref="F441" r:id="rId440"/>
     <hyperlink ref="F442" r:id="rId441"/>
     <hyperlink ref="F443" r:id="rId442"/>
     <hyperlink ref="F444" r:id="rId443"/>
     <hyperlink ref="F445" r:id="rId444"/>
+    <hyperlink ref="F446" r:id="rId445"/>
+    <hyperlink ref="F447" r:id="rId446"/>
+    <hyperlink ref="F448" r:id="rId447"/>
+    <hyperlink ref="F449" r:id="rId448"/>
+    <hyperlink ref="F450" r:id="rId449"/>
+    <hyperlink ref="F451" r:id="rId450"/>
+    <hyperlink ref="F452" r:id="rId451"/>
+    <hyperlink ref="F453" r:id="rId452"/>
+    <hyperlink ref="F454" r:id="rId453"/>
+    <hyperlink ref="F455" r:id="rId454"/>
+    <hyperlink ref="F456" r:id="rId455"/>
+    <hyperlink ref="F457" r:id="rId456"/>
+    <hyperlink ref="F458" r:id="rId457"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>