--- v1 (2026-02-03)
+++ v2 (2026-03-30)
@@ -10,4323 +10,4344 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3206" uniqueCount="1424">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3227" uniqueCount="1431">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>1478</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>Pt</t>
+  </si>
+  <si>
+    <t>Portaria</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1478/portaria_n_16.2026.pdf</t>
+  </si>
+  <si>
+    <t>Concedendo férias regulamentares a Servidora Francieli Salbego Baú.</t>
+  </si>
+  <si>
+    <t>1477</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1477/portaria_n_15.2026.pdf</t>
+  </si>
+  <si>
+    <t>Convocando a Servidora Dioni Denisia Medeiros da Silva, para retornar ao trabalho.</t>
+  </si>
+  <si>
+    <t>1476</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1476/portaria_n_14.2026.pdf</t>
+  </si>
+  <si>
+    <t>Concedendo Promoção por Tempo de Serviço ao Servidor Marcos Ferrador Monteiro.</t>
+  </si>
+  <si>
     <t>1475</t>
   </si>
   <si>
-    <t>2026</t>
-[...1 lines deleted...]
-  <si>
     <t>13</t>
   </si>
   <si>
-    <t>Pt</t>
-[...5 lines deleted...]
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1475/portaria_no_13.2026.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1475/portaria_no_13.2026.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares a Servidora Dioni Denisia Medeiros da Silva</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1474/portaria_no_12.2026.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1474/portaria_no_12.2026.pdf</t>
   </si>
   <si>
     <t>Designando Fiscal de Contrato</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1472/portaria_no_11.2026.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1472/portaria_no_11.2026.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares a Assessora de Comunicação Laíse Haigert Uberti</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1470/portaria_n_10.2026.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1470/portaria_n_10.2026.pdf</t>
   </si>
   <si>
     <t>Concedendo um triênio à Servidora Mari Bela Cortes Pereira.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1469/portaria_n_09.2026.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1469/portaria_n_09.2026.pdf</t>
   </si>
   <si>
     <t>Altera período considerado para concessão do triênio da Servidora Mari Bela Cortes Pereira.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1468/portaria_n_08.2026.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1468/portaria_n_08.2026.pdf</t>
   </si>
   <si>
     <t>Concedendo um triênio à Servidora Dioni Denisia Medeiros da Silva.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1467/portaria_n_07.2026.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1467/portaria_n_07.2026.pdf</t>
   </si>
   <si>
     <t>Altera período considerado para concessão do triênio da Servidora Dioni Denisia Medeiros da Silva.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1466/portaria_n_06.2026.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1466/portaria_n_06.2026.pdf</t>
   </si>
   <si>
     <t>Concedendo um triênio a Servidora Eliana Lopes Rios.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1465/portaria_n_05.2026.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1465/portaria_n_05.2026.pdf</t>
   </si>
   <si>
     <t>Altera período considerado para concessão do triênio da Servidora Eliana Lopes Rios.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1464/portaria_n_04-2026.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1464/portaria_n_04-2026.pdf</t>
   </si>
   <si>
     <t>“Cessa a licença anteriormente concedida e concede 08 (oito) dias consecutivos de afastamento à servidora Cleonice Brites da Silva.”</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1461/portaria_n03.2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1461/portaria_n03.2025.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares ao Assessor Parlamentar Guilherme Gripa Vidal.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1460/portaria_n02.2026.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1460/portaria_n02.2026.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares a Coordenadora de Bancada Tania Maria Motta Flores Stivanin.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1459/portaria_n_01-2026.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1459/portaria_n_01-2026.pdf</t>
   </si>
   <si>
     <t>"Concedendo Licença para tratamento de pessoa da família, a servidora Cleonice Brites da Silva."</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1441/portaria_n59.2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1441/portaria_n59.2025.pdf</t>
   </si>
   <si>
     <t>Concedendo um triênio a Servidora Paula Lazzari Dorneles.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1435/portaria_n58.2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1435/portaria_n58.2025.pdf</t>
   </si>
   <si>
     <t>Designar a servidora comissionada Jussiele Alvarenga Frigo, como fiscal do Contrato n°02/2025, da Dispensa de Licitação n°10/2025</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1434/portaria_n57.2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1434/portaria_n57.2025.pdf</t>
   </si>
   <si>
     <t>Designar a servidora comissionada Jussiele Alvarenga Frigo, como fiscal do Contrato n°01/2025, da Dispensa de Licitação n°09/2025.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1409/portaria_n_56-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1409/portaria_n_56-2025.pdf</t>
   </si>
   <si>
     <t>“Exonerando a Senhora Kauani Resta Lançanova do Cargo de Assessora Parlamentar.”</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1401/portaria_n55-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1401/portaria_n55-2025.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares a Servidora Mari Bela Cortes Pereira.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1398/portaria_n54-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1398/portaria_n54-2025.pdf</t>
   </si>
   <si>
     <t>Concedendo a Servidora Dioni Denisia Medeiros da Silva, 08 (oito) dias consecutivos de afastamento.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1381/portaria_n53-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1381/portaria_n53-2025.pdf</t>
   </si>
   <si>
     <t>Concedendo um triênio ao Servidor Marcos Ferrador Monteiro.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1379/portaria_n52-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1379/portaria_n52-2025.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Thalia Gripa Lunardi no Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1377/portaria_n51.2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1377/portaria_n51.2025.pdf</t>
   </si>
   <si>
     <t>Convocando a Servidora Cleonice Brites da Silva, para retornar ao trabalho.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1375/portaria_n50-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1375/portaria_n50-2025.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Vanessa Bordignon Salbego no Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1374/portaria_n49-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1374/portaria_n49-2025.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Vanessa Fontana de Lima Maciel do cargo de assessora  Parlamentar.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1373/portaria_48-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1373/portaria_48-2025.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Thalia Gripa Lunardi de cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1368/portaria_n47-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1368/portaria_n47-2025.pdf</t>
   </si>
   <si>
     <t>Alterando a redação a Portaria n°13/2025.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1364/portaria_n_46-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1364/portaria_n_46-2025.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares a Servidora Cleonice Brites da Silva.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1349/portaria_n_45-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1349/portaria_n_45-2025.pdf</t>
   </si>
   <si>
     <t>Ato concessor de aposentadoria por tempo de contribuição com proventos integrais a Erico Reni Pereira Camargo.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1320/portaria__n44-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1320/portaria__n44-2025.pdf</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1315/portaria_n43-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1315/portaria_n43-2025.pdf</t>
   </si>
   <si>
     <t>Convocando a Servidora Paula Lazzari Dornelles, para retornar ao trabalho.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1312/portaria_n42-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1312/portaria_n42-2025.pdf</t>
   </si>
   <si>
     <t>Concedendo a prorrogação da Licença Maternidade da Assessora Parlamentar Shêndria Haigert Jacintho.</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1309/portaria_n41-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1309/portaria_n41-2025.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares a Servidora Paula Lazzari Dornelles.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1308/portaria_n40-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1308/portaria_n40-2025.pdf</t>
   </si>
   <si>
     <t>Concedendo um triênio ao Servidor Erico Reni Pereira Camargo.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1306/portaria_no39-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1306/portaria_no39-2025.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Thalia Gripa  Lunardi do Cargo de Assessora Parlamentar</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1299/portaria_no38-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1299/portaria_no38-2025.pdf</t>
   </si>
   <si>
     <t>Homologando a Estabilidade Funcional da Servidora Francieli Salbego Baú</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1297/portaria_no37-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1297/portaria_no37-2025.pdf</t>
   </si>
   <si>
     <t>Concedendo Promoção por Tempo de Serviço a Servidora Paula Lazzari Dornelles.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1289/portaria_no36-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1289/portaria_no36-2025.pdf</t>
   </si>
   <si>
     <t>"Convocando a Servidora Eliana Lopes Rios, para retornar ao trabalho" .</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1280/portaria_no35-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1280/portaria_no35-2025.pdf</t>
   </si>
   <si>
     <t>Aplicar a Empresa Fernanda Rossi Sartori Ribeiro, inscrita no CNPJ nº45.531.536/0001-71, penalidade de ressarcimento.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1274/portaria_no34-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1274/portaria_no34-2025.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares a Servidora Eliana Lopes Rios.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1272/portaria_no33-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1272/portaria_no33-2025.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Kauani Resta Lançanova no Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1271/portaria_n_32.2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1271/portaria_n_32.2025.pdf</t>
   </si>
   <si>
     <t>Concedendo Licença maternidade, a Assessora Parlamentar Shêndria Haigert Jacintho.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1268/portaria_n31-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1268/portaria_n31-2025.pdf</t>
   </si>
   <si>
     <t>Concedendo um triênio a Servidora Cleonice Brites da Silva.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1263/portaria_n30-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1263/portaria_n30-2025.pdf</t>
   </si>
   <si>
     <t>Convocando o Servidor Marcos Ferrador Monteiro, para retornar ao trabalho.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1262/portaria_no29-2025.pdf</t>
-[...2 lines deleted...]
-    <t>Convocando a Servidora Dioni Denisia Medeiros da Silva, para retornar ao trabalho.</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1262/portaria_no29-2025.pdf</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1261/portaria_no28-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1261/portaria_no28-2025.pdf</t>
   </si>
   <si>
     <t>Concedendo Promoção por Tempo de Serviço a Servidora Dioni Denisia Medeiros da Silva.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1260/portaria_27-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1260/portaria_27-2025.pdf</t>
   </si>
   <si>
     <t>"Concedendo férias regulamentares ao Servidor Marcos Ferrador Monteiro."</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1259/portoria_n_26-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1259/portoria_n_26-2025.pdf</t>
   </si>
   <si>
     <t>Concedendo Licença Prêmio de 90 (noventa) dias, a Servidora Cleonice Brites da Silva.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1255/portaria_no25-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1255/portaria_no25-2025.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares a Servidora Dioni Denisia Medeiros da Silva.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1252/portaria_n_24-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1252/portaria_n_24-2025.pdf</t>
   </si>
   <si>
     <t>Concedendo Licença Prêmio de 90 (noventa) dias, ao Servidor Erico Reni Pereira Camargo.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1249/portaria_n_23-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1249/portaria_n_23-2025.pdf</t>
   </si>
   <si>
     <t>Alterando a composição da Comissão de Avaliação de Estágio Probatório da Câmara de Vereadores de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1241/portaria_no22-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1241/portaria_no22-2025.pdf</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1237/portaria_no21-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1237/portaria_no21-2025.pdf</t>
   </si>
   <si>
     <t>Concedendo Adicional de Escolaridade a Servidora Eliana Lopes Rios.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1233/portaria_no_20-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1233/portaria_no_20-2025.pdf</t>
   </si>
   <si>
     <t>"Concedendo férias regulamentares ao Assessor Parlamentar Guilherme Gripa Vidal"</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1229/portaria_no_19-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1229/portaria_no_19-2025.pdf</t>
   </si>
   <si>
     <t>Concedendo um triênio a servidora Francieli Salbego Baú.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1228/portaria_n_18.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1228/portaria_n_18.2024.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares ao Servidor Érico Pereira Camargo.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1227/portaria_n_17.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1227/portaria_n_17.2024.pdf</t>
   </si>
   <si>
     <t>Designando Fiscal de Contrato.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
-    <t>16</t>
-[...2 lines deleted...]
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1226/portaria_n_16.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1226/portaria_n_16.2024.pdf</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>15</t>
-[...2 lines deleted...]
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1225/portaria_n_15.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1225/portaria_n_15.2024.pdf</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>14</t>
-[...2 lines deleted...]
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1224/portaria_n_14.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1224/portaria_n_14.2024.pdf</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1223/portaria_n_13.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1223/portaria_n_13.2024.pdf</t>
   </si>
   <si>
     <t>designando Servidores para compor a Comissão de Inventário e Patrimônio.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1221/portaria_n_12.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1221/portaria_n_12.2024.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Dilamar Alberto Bordignon Salbego no Cargo de Coordenador de Bancada.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1219/portaria_n_11.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1219/portaria_n_11.2024.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Vanessa Fontana de Lima Maciel no Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1218/portaria_n_10.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1218/portaria_n_10.2024.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Robert Dinis Garrot Biscaino no Cargo de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1217/portaria_n_09.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1217/portaria_n_09.2024.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Vitória de Lima Kuhn no Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1216/portaria_n_08.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1216/portaria_n_08.2024.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Larissa Aires Bataglin no Cargo Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1215/portaria_n_07.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1215/portaria_n_07.2024.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Thays Lopes Sudati no Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1214/portaria_n_06.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1214/portaria_n_06.2024.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Mayara Gonçalves Fortes no Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1213/portaria_n_05.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1213/portaria_n_05.2024.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Waléria Meira Costacurta do Cargo de Coordenadora de Bancada.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1212/portaria_n_04.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1212/portaria_n_04.2024.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Jussiele Alvarenga Frigo no Cargo de Coordenadora do Gabinete da Presidência.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1211/portaria_n_03.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1211/portaria_n_03.2024.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Laíse Haigert Uberti no cargo de Assessora de Comunicação.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1210/portaria_n_02.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1210/portaria_n_02.2024.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Lennon dos Santos Dorneles no Cargo de Assessor Legislativo.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1209/portaria_n_01.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1209/portaria_n_01.2024.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Lennon dos Santos Dorneles do Cargo de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1206/portaria_no95-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1206/portaria_no95-2024.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Eduardo de Moura Martins do Cargo de Assessor Legislativo.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1205/portaria_no94-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1205/portaria_no94-2024.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Everton Pereira Rezer do Cargo de Coordenador do Gabinete da Presidência.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1204/portaria_no93-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1204/portaria_no93-2024.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Laíse Haigert Uberti do Cargo de Assessora de Comunicação.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1203/portaria_no92-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1203/portaria_no92-2024.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Gabriele Cadaval Uberti do Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1202/portaria_no91-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1202/portaria_no91-2024.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Franciele Sales Bordinhão do Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1201/portaria_no90-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1201/portaria_no90-2024.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Aline Marcon Antunes do Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1200/portaria_no89-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1200/portaria_no89-2024.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Riquel Pilar dos Santos Saldanha do Cargo de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1199/portaria_no88-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1199/portaria_no88-2024.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Pedro Henrique Lamberti Benvegnu do Cargo de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1198/portaria_no87-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1198/portaria_no87-2024.pdf</t>
   </si>
   <si>
     <t>Dedignando Servidores para compor a Comissão de Inventário.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1194/portaria_no86-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1194/portaria_no86-2024.pdf</t>
   </si>
   <si>
     <t>Designar o Servidor Comissionado Everton Pereira Rezer como fiscal do Contrato nº102/2024, da Inexigibilidade nº02/2024.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1191/portaria_no85-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1191/portaria_no85-2024.pdf</t>
   </si>
   <si>
     <t>Designando Servidores para compor a Comissão de Avaliação Patrimonial.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1187/portaria_n_84.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1187/portaria_n_84.2024.pdf</t>
   </si>
   <si>
     <t>Prorrogando por mais 30 (trinta) dias o prazo para a conclusão dos trabalhos da Comissão do Processo Administrativo Especial, instituída pela Portaria n° 20/2023, e alterada pela Portaria n° 41/2024.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1186/portaria_n_83-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1186/portaria_n_83-2024.pdf</t>
   </si>
   <si>
     <t>Concedo adicional de escolaridade ao servidor Marcos Ferrador Monteiro.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1185/portaria_n82-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1185/portaria_n82-2024.pdf</t>
   </si>
   <si>
     <t>Convocando a Servidora Francieli Salbego Baú, para retornar ao Trabalho.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1184/portaria_no81-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1184/portaria_no81-2024.pdf</t>
   </si>
   <si>
     <t>Convocando a Servidora Paula Lazzari Dornelles, para retornar ao Trabalho.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1183/portaria_no80-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1183/portaria_no80-2024.pdf</t>
   </si>
   <si>
     <t>Convocando o Servidor Marcos Ferrador Monteiro, para retornar ao Trabalho.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1182/portaria_no79-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1182/portaria_no79-2024.pdf</t>
   </si>
   <si>
     <t>Conceder 30 (trinta) dias de férias regulamentares a Servidora Francieli Salbego Baú, a partir do dia 11 de Novembro de 2024, referente ao período aquisitivo de 12 de Maio de 2023 a 12 de Maio de 2024.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1181/portaria_n78-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1181/portaria_n78-2024.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares ao Servidor Marcos Ferrador Monteiro.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1180/portaria_n_77-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1180/portaria_n_77-2024.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares á Servidora Paula Lazzari Dornelles.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1179/portaria_n76-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1179/portaria_n76-2024.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Franciele Sales Bordinhão no Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1178/portaria_n75-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1178/portaria_n75-2024.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Larissa Gripa Nicola do Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1171/portaria_no74-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1171/portaria_no74-2024.pdf</t>
   </si>
   <si>
     <t>Designar o Servidor Comissionado Everton Pereira Rezer como fiscal do Contrato nº101/2024, da Inexigibilidade nº01/2024.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1169/portaria_n73-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1169/portaria_n73-2024.pdf</t>
   </si>
   <si>
     <t>Convocando a Servidora Cleonice Brites da Silva, para retornar ao Trabalho.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1168/portaria_n72-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1168/portaria_n72-2024.pdf</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1167/portaria_n71-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1167/portaria_n71-2024.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares à Servidora Cleonice Brites da Silva.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1166/portaria_n70.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1166/portaria_n70.2024.pdf</t>
   </si>
   <si>
     <t>prorrogando por mais 60 (sessenta) dias de prazo para a conclusão dos trabalhos da Comissão do Processo Administrativo Especial, instituída pela Portaria n° 20/2023, e alterada pela portaria n° 41/2024.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1155/portaria_n69-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1155/portaria_n69-2024.pdf</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1148/portaria_n68-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1148/portaria_n68-2024.pdf</t>
   </si>
   <si>
     <t>Alterando a composição da Comissão de Avaliação de Estagio Probatórios da Câmara de Vereadores de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1142/portaria_no67-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1142/portaria_no67-2024.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Laíse Haigert Uberti no Cargo de Assessora de Comunicação.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1141/portaria_n66-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1141/portaria_n66-2024.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Francisco Horácio Ferreira Haigert do Cargo de Assessor de Comunicação.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1140/portaria_no65-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1140/portaria_no65-2024.pdf</t>
   </si>
   <si>
     <t>Concedendo Adicional de Escolaridade a Servidora Paula Lazzari Dornelles.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1139/portaria_n64-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1139/portaria_n64-2024.pdf</t>
   </si>
   <si>
     <t>Concedendo Adicional de Escolaridade a servidora Francieli Salbego Baú.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1138/portaria_n63-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1138/portaria_n63-2024.pdf</t>
   </si>
   <si>
     <t>Prorrogando por mais 60(sessenta) dias o prazo para a conclusão dos trabalhos da Comissão do Processo Administrativo Especial, instituída pela portaria n°20/2023.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1132/portaria_no62-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1132/portaria_no62-2024.pdf</t>
   </si>
   <si>
     <t>Designar o Servidor Comissionado Everton Pereira Rezer como fiscal do Contrato nº01/2024, da Dispensa de Licitação nº01/2024.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1130/portaria_n_61-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1130/portaria_n_61-2024.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Shêndria Haigert Jacintho no Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1129/portaria_n_60-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1129/portaria_n_60-2024.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Thays Lopes Sudati do Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1124/portaria_no59-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1124/portaria_no59-2024.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Riquel Pilar dos Santos Saldanha no Cargo de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1123/portaria_no58-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1123/portaria_no58-2024.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Gabriele Cadaval Uberti no Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1122/portaria_no57-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1122/portaria_no57-2024.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Denise Beatriz dos Santos Lamberty do Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1120/portaria_no56-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1120/portaria_no56-2024.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Reidner Contessa Ramos do Cargo de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1115/portaria_n55-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1115/portaria_n55-2024.pdf</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1114/portaria_n54-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1114/portaria_n54-2024.pdf</t>
   </si>
   <si>
     <t>Concedendo Adicional de Escolaridade a servidora Dioni Denisia da Silva Cortes.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1113/portaria_n53-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1113/portaria_n53-2024.pdf</t>
   </si>
   <si>
     <t>Concedendo Adicional de Escolaridade a Servidora Cleonice Brites da Silva.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1112/portaria_n52-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1112/portaria_n52-2024.pdf</t>
   </si>
   <si>
     <t>Concedendo Adicional de Escolaridade a Servidora Mari Bela Cortes Pereira.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1111/portaria_n51-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1111/portaria_n51-2024.pdf</t>
   </si>
   <si>
     <t>Concedendo Adicional de Escolaridade ao servidor Erico Reni Pereira Camargo.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1110/portaria_n50-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1110/portaria_n50-2024.pdf</t>
   </si>
   <si>
     <t>Concedendo Adicional de Escolaridade a servidora Eliana Lopes Rios.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1109/portaria_n49-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1109/portaria_n49-2024.pdf</t>
   </si>
   <si>
     <t>Concedendo Adicional de Escolaridade ao servidor Marcos Ferrador Monteiro.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1108/portaria_n48-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1108/portaria_n48-2024.pdf</t>
   </si>
   <si>
     <t>Concedendo Promoção ao servidor Erico Reni Pereira Camargo.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1107/portaria_no47-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1107/portaria_no47-2024.pdf</t>
   </si>
   <si>
     <t>Nomeando os integrantes do Setor de Compras da Câmara Municipal de Vereadores de São Francisco de Assis - RS.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1095/portaria_n_46-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1095/portaria_n_46-2024.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Débora Pereira Noronha no Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1094/portaria_n45-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1094/portaria_n45-2024.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Liliane Sabóia Rodrigues do Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1093/portaria_n44-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1093/portaria_n44-2024.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Pedro Henrique Lamberti Benvegnu no Cargo de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1092/portaria_n43-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1092/portaria_n43-2024.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Thiane da Silva Ayres do Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1091/portaria_no42-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1091/portaria_no42-2024.pdf</t>
   </si>
   <si>
     <t>Prorrogando por mais 60(sessenta) dias o prazo para a conclusão dos trabalhos da Comissão do Processo Administrativo Especial, instituída pela Portaria nº20/2023.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1090/portaria_no41-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1090/portaria_no41-2024.pdf</t>
   </si>
   <si>
     <t>Altera composição de membros da Comissão do Processo Administrativo Especial.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1085/portaria_n40-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1085/portaria_n40-2024.pdf</t>
   </si>
   <si>
     <t>Alterando a Portaria n°39/2023</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1082/portaria_n39-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1082/portaria_n39-2024.pdf</t>
   </si>
   <si>
     <t>Prorrogando por mais 60 (sessenta) dias o prazo para conclusão dos trabalhos da Comissão Investigatória instituída pela Portaria n°44/2023.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1067/portaria_no38-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1067/portaria_no38-2024.pdf</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1066/portaria_no37-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1066/portaria_no37-2024.pdf</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1065/portaria_no36-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1065/portaria_no36-2024.pdf</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1064/portaria_no35-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1064/portaria_no35-2024.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Aline Marcon Antunes no Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1063/portaria_n_34-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1063/portaria_n_34-2024.pdf</t>
   </si>
   <si>
     <t>Convocando a Servidora Paulas Lazzari Dornelles, para retornar ao Trabalho.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1062/portaria_n_33-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1062/portaria_n_33-2024.pdf</t>
   </si>
   <si>
     <t>Convocando a Servidora Eliana Lopes Rios, para retornar ao Trabalho.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1061/portaria_no32-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1061/portaria_no32-2024.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Eduardo de Moura Martins no  Cargo de Assessor Legislativo.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1060/portaria_no31-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1060/portaria_no31-2024.pdf</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1059/portaria_no30-2024.pdf</t>
-[...2 lines deleted...]
-    <t>Concedendo férias regulamentares a Servidora Francieli Salbego Baú.</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1059/portaria_no30-2024.pdf</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1058/portaria_no29-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1058/portaria_no29-2024.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Lidiane de Carvalho de Spat do cargo de Assessora Legislativo.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1050/portaria_no28-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1050/portaria_no28-2024.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares a servidora Paula Lazzari Dornelles.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1049/portaria_no27-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1049/portaria_no27-2024.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares a servidora Eliana Lopes Rios.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1045/portaria_no26-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1045/portaria_no26-2024.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Débora Pereira Noronha do Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1043/portaria_no25-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1043/portaria_no25-2024.pdf</t>
   </si>
   <si>
     <t>Retificando a Portaria nº17/2024 que concedeu férias regulamentares ao servidor Marcos Ferrador Monteiro.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1042/portaria_no24-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1042/portaria_no24-2024.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares ao Servidor Francisco Horácio Ferreira Haigert.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1041/portaria_no23-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1041/portaria_no23-2024.pdf</t>
   </si>
   <si>
     <t>Prorrogando por mais 60 (sessenta) dias o prazo para a conclusão dos trabalhos da Comissão Processante, instituída pela Portaria nº20/2023.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1035/portaria_no22-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1035/portaria_no22-2024.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Denise Beatriz dos Santos Lamberty no cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1034/portaria_no21-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1034/portaria_no21-2024.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Eduardo de Moura Martins do cargo de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1033/portaria_n_20.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1033/portaria_n_20.2024.pdf</t>
   </si>
   <si>
     <t>Prorrogando por mais 60 (sessenta) dias o prazo para a conclusão dos trabalhos da Comissão de Sindicância, instituída pela Portaria nº 44/2023</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1032/portaria_n_19-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1032/portaria_n_19-2024.pdf</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1031/portaria_n_18-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1031/portaria_n_18-2024.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Lauren Cabreira Busnelo no cargo de Assessora parlamentar.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1028/portaria_n17-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1028/portaria_n17-2024.pdf</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1027/portaria_n_16-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1027/portaria_n_16-2024.pdf</t>
   </si>
   <si>
     <t>Convocando a Senhora Dioni Denísia Cortes, para retornar ao trabalho.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1026/portaria_n_15-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1026/portaria_n_15-2024.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Antonio Idaniel Lunardi do Cargo de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1024/portaria_n14-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1024/portaria_n14-2024.pdf</t>
   </si>
   <si>
     <t>Averbando tempo de serviço da Agente Legislativo Francieli Salbego Baú.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1023/portaria_n13-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1023/portaria_n13-2024.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares à Servidora Dioni Denísia da Silva Cortes.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1018/portaria_n12-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1018/portaria_n12-2024.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Débora Pereira Noronha no Cargo de Assessora parlamentar.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1017/portaria_no11-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1017/portaria_no11-2024.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Laurine Cavalli Corrêa do  Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1015/portaria_no10-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1015/portaria_no10-2024.pdf</t>
   </si>
   <si>
     <t>Anula a Portaria nº08/2024, que concedeu férias regulamentares a Servidora Dioni Denísia da Silva Cortes</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1013/portaria_n_09-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1013/portaria_n_09-2024.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares ao Servidor Marcos Ferrador Monteiro</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1011/portaria_n_08-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1011/portaria_n_08-2024.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares à Servidora Dioni Denísia da Silva Cortes</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1010/portaria_n07-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1010/portaria_n07-2024.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Thiane da Silva Ayres no Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1009/portaria_n06-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1009/portaria_n06-2024.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Mariele Ortiz Barbosa do Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1008/portaria_no_05-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1008/portaria_no_05-2024.pdf</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1007/portaria_no04-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1007/portaria_no04-2024.pdf</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/999/portaria_no03-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/999/portaria_no03-2024.pdf</t>
   </si>
   <si>
     <t>Concedendo um triênio à servidora Mari Bela Cortes Pereira.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/997/portaria_no_02-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/997/portaria_no_02-2024.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares ao Servidores Erico Pereira Camargo.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/994/portaria_n01-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/994/portaria_n01-2024.pdf</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/987/portaria_n_50.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/987/portaria_n_50.2023.pdf</t>
   </si>
   <si>
     <t>Institui Comissão de Sindicância e determina a realização de Sindicância Administrativa</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/984/portaria_n49-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/984/portaria_n49-2023.pdf</t>
   </si>
   <si>
     <t>Concedendo ao Servidor Marcos Ferrador Monteiro, 08 (oito) dias consecutivos de afastamento.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/982/portaria_n48-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/982/portaria_n48-2023.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Leandro Gonçalves Medeiros no Cargo de Coordenador de Bancada.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/981/portaria_n47-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/981/portaria_n47-2023.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Lidiane de Carvalho Spat no Cargo de Assessora Legislativa.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/980/portaria_n46-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/980/portaria_n46-2023.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Leandro Gonçalves Medeiros do Cargo de Assessor Legislativo</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/979/portaria_no45-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/979/portaria_no45-2023.pdf</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/973/portaria_no_44.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/973/portaria_no_44.2023.pdf</t>
   </si>
   <si>
     <t>Institui Comissão de Sindicância e determina a realização de sindicância investigatória</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/966/portaria_no_43.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/966/portaria_no_43.2023.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Laurine Cavali Corrêa no Cargo de Assessora Parlamentar</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/963/portaria_no_42.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/963/portaria_no_42.2023.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Antonio Idaniel Lunardi no Cargo de Assessor Parlamentar</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/962/portaria_no_41.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/962/portaria_no_41.2023.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Thalia Gripa Lunardi no Cargo de Assessora Parlamentar</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/958/portaria_n40-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/958/portaria_n40-2023.pdf</t>
   </si>
   <si>
     <t>Nomeando a senhora Liliane Sabóia Rodrigues no Cargo de Assessora Parlamentar</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/957/portaria_n39-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/957/portaria_n39-2023.pdf</t>
   </si>
   <si>
     <t>Nomeando a senhora Thays Lopes Sudati no Cargo de Assessora Parlamentar</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/956/portaria_n38-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/956/portaria_n38-2023.pdf</t>
   </si>
   <si>
     <t>Nomeando a senhora Larissa Gripa Nicola no cargo de Assessora Parlamentar</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/951/portaria_n37-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/951/portaria_n37-2023.pdf</t>
   </si>
   <si>
     <t>Prorrogando por mais 60 (sessenta) dias o prazo para a conclusão dos trabalhos da Comissão Processante, instituída pela Portaria n°20/2023.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/950/portaria_n36-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/950/portaria_n36-2023.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Everton Pereira Rezer no cargo de Coordenador do Gabinete da Presidência.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/949/portaria_n35-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/949/portaria_n35-2023.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Mariéle Ortiz Barbosa no Cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/948/portaria_n34-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/948/portaria_n34-2023.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Gripa Vidal no Cargo de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/947/portaria_n33-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/947/portaria_n33-2023.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Reidner Contessa Ramos no Cargo de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/946/portaria_n32-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/946/portaria_n32-2023.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Lennon dos Santos Dorneles no Cargo de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/945/portaria_n31-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/945/portaria_n31-2023.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Eduardo de Moura Martins no Cargo de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/944/portaria_n30-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/944/portaria_n30-2023.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Everton Pereira Rezer do Cargo Coordenador de Gabinete.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/943/portaria_n29-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/943/portaria_n29-2023.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Guilherme Gripa Vidal do Cargo de Assessor de Bancada.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/942/portaria_n28-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/942/portaria_n28-2023.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhora Mariéle Ortiz Barbosa do cargo de Assessora de Bancada.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/941/portaria_n27-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/941/portaria_n27-2023.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Reidner Contessa Ramos de Assessor de Bancada.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/940/portaria_n26-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/940/portaria_n26-2023.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Eduardo de Moura Martins do Cargo de Assessor de Bancada.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/939/portaria_n25-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/939/portaria_n25-2023.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Lennon dos Santos Dorneles do Cargo de Assessor de Bancada.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/928/portaria_no24-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/928/portaria_no24-2023.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares à servidora Mari Bela Cortes Pereira.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/925/portaria_no_23.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/925/portaria_no_23.2023.pdf</t>
   </si>
   <si>
     <t>Concedendo um triênio à servidora Dioni Denisia da Silva Cortes</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/924/portaria_no_22.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/924/portaria_no_22.2023.pdf</t>
   </si>
   <si>
     <t>Estabelece prazo para a conclusão dos trabalhos da Comissão Processante, instituída pela Portaria nº 20/2023.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/920/portaria_no21-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/920/portaria_no21-2023.pdf</t>
   </si>
   <si>
     <t>Conceder 30 (trinta) dias de férias regulamentares à servidora Waléria Meira Costacurta, a partir do dia 01 de Setembro de 2023, referente ao período aquisitivo de 01 de Março de 2022 a 01 de Março de 2023.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/908/portaria_no_20.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/908/portaria_no_20.2023.pdf</t>
   </si>
   <si>
     <t>Instaura Processo Administrativo Especial e Nomeia Comissão para sua instauração.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/907/portaria_n19-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/907/portaria_n19-2023.pdf</t>
   </si>
   <si>
     <t>Concedendo Promoção por Antiguidade à servidora Cleonice Brites da Silva.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/887/portaria_n18-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/887/portaria_n18-2023.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Mariéle Ortiz Barbosa no cargo de Assessora de Bancada.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/886/portaria_n17-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/886/portaria_n17-2023.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Laurine Cavalli Corrêa do cargo de Assessora de Bancada.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/881/portaria_no_16-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/881/portaria_no_16-2023.pdf</t>
   </si>
   <si>
     <t>Concedendo licença de oito (8) dias consecutivos ao servidor "Reidner Contessa Ramos"</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/880/portaria_n15-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/880/portaria_n15-2023.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares à Servidora Francieli Salbego Baú</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/865/portaria_no_14-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/865/portaria_no_14-2023.pdf</t>
   </si>
   <si>
     <t>Convoca a Servidora Eliana Rios para retornar ao trabalho.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/864/portaria_n13-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/864/portaria_n13-2023.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares à Servidora Eliana Lopes Rios.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/857/portaria_no_12.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/857/portaria_no_12.2023.pdf</t>
   </si>
   <si>
     <t>Nomeando a senhora Laurine Cavalli Corrêa no cargo de Assessora de Bancada.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/856/portaria_no_11.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/856/portaria_no_11.2023.pdf</t>
   </si>
   <si>
     <t>Exonerando a senhora Thalia Gripa Lunardi do cargo de Assessora de Bancada.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/855/portaria_no_10.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/855/portaria_no_10.2023.pdf</t>
   </si>
   <si>
     <t>Convocando a Servidora Dioni Denísia da Silva Cortes, para retornar ao trabalho.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/852/portaria_n09-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/852/portaria_n09-2023.pdf</t>
   </si>
   <si>
     <t>Concedendo Licença Prêmio de 03 (três) meses, a servidora Mari Bela Cortes Pereira.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/842/portaria_n_08-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/842/portaria_n_08-2023.pdf</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/838/portaria_n_07-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/838/portaria_n_07-2023.pdf</t>
   </si>
   <si>
     <t>Nomeando os Integrantes e instituindo Cargos da Comissão Permanente de Licitação da Câmara Municipal de Vereadores de São Francisco de Assis.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/837/portaria_n_06-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/837/portaria_n_06-2023.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares ao servidor Erico Reni Pereira Camargo.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/835/portaria_n_05-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/835/portaria_n_05-2023.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Tania Maria Motta Flores Stivanin no Cargo de Coordenadora de Bancada.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/834/portaria_n_04-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/834/portaria_n_04-2023.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Reidner Contessa Ramos no Cargo de Assessor de Bancada.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/833/portaria_n_03-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/833/portaria_n_03-2023.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Francisco Horácio Ferreira Haigert no Cargo de Assessor de Comunicação.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/832/portaria_n_02-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/832/portaria_n_02-2023.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Everton Pereira Rezer no Cargo de Coordenador de Gabinete.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/831/portaria_n_01-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/831/portaria_n_01-2023.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Leandro Gonçalves Medeiros no Cargo de Assessor Legislativo.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/830/portaria_n_45-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/830/portaria_n_45-2022.pdf</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/826/portaria_no_44-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/826/portaria_no_44-2022.pdf</t>
   </si>
   <si>
     <t>Exonerando o senhor Leandro Gonçalves de Medeiros, do cargo de Assessor legislativo.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/825/portaria_no_43-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/825/portaria_no_43-2022.pdf</t>
   </si>
   <si>
     <t>Exonerando a senhora Josiane Parise Tico, do Cargo de Coordenadora de Gabinete.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/824/portaria_no_42-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/824/portaria_no_42-2022.pdf</t>
   </si>
   <si>
     <t>Exonerando o senhor Everton Pereira Rezer, do cargo de assessor de bancada.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/823/portaria_no_41-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/823/portaria_no_41-2022.pdf</t>
   </si>
   <si>
     <t>Portaria Exonerando o senhor Reidner Contessa Ramos do Cargo de assessor de bancada</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/820/portaria_no_40-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/820/portaria_no_40-2022.pdf</t>
   </si>
   <si>
     <t>Concedendo a Servidora Cleonice Brites da Silva, 08 (oito) dias consecutivos de licença.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/819/portaria_no_39-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/819/portaria_no_39-2022.pdf</t>
   </si>
   <si>
     <t>Institui a comissão de avalição de estágio probatório da câmara de vereadores de São Francisco de Assis</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/816/portaria_n_38-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/816/portaria_n_38-2022.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Tânia Maria Motta Flores Stivanin do cargo de Coordenadora de Bancada.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/811/portaria_n_37-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/811/portaria_n_37-2022.pdf</t>
   </si>
   <si>
     <t>Concedendo um triênio à servidora Eliana Lopes Rios.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/804/portaria_n36-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/804/portaria_n36-2022.pdf</t>
   </si>
   <si>
     <t>Concedendo um triênio à servidora Paula Lazzari Dorneles.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/803/portaria_n35-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/803/portaria_n35-2022.pdf</t>
   </si>
   <si>
     <t>Concedendo 03 (três) meses de Licença Prêmio a Servidora Eliana Lopes Rios.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/795/portaria_n34-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/795/portaria_n34-2022.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares à servidora Mari Bela Cortes Pereira</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/791/portaria_n33-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/791/portaria_n33-2022.pdf</t>
   </si>
   <si>
     <t>Nomeando a senhora Thalia Gripa Lunardi no cargo de Assessora de Bancada</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/789/portaria_n32-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/789/portaria_n32-2022.pdf</t>
   </si>
   <si>
     <t>Exonerando o senhor Darwin de Soares Pereira do cargo de Assessor de Bancada</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/785/portaria_n31-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/785/portaria_n31-2022.pdf</t>
   </si>
   <si>
     <t>'' Concede férias regulamentada à servidora Mari Bela Cortes Pereira''</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/776/portaria_n30-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/776/portaria_n30-2022.pdf</t>
   </si>
   <si>
     <t>Concede Licença Prêmio de 03 (três) meses, ao Servidor Marcos Ferrador Monteiro.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/775/portaria_no_29-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/775/portaria_no_29-2022.pdf</t>
   </si>
   <si>
     <t>Convocando a servidora Cleonice Brites da Silva, para retornar ao trabalho.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/772/portaria_n28-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/772/portaria_n28-2022.pdf</t>
   </si>
   <si>
     <t>Nomeando o senhor Guilherme Gripa Vidal no cargo de Assessor de Bancada</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/771/portaria_n_27-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/771/portaria_n_27-2022.pdf</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/766/portaria_n26-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/766/portaria_n26-2022.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares à servidora Cleonice Brites da Silva.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/765/portaria_n_25-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/765/portaria_n_25-2022.pdf</t>
   </si>
   <si>
     <t>Concedendo um triênio á servidora Cleonice Brites da Silva.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/741/portaria_n_23-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/741/portaria_n_23-2022.pdf</t>
   </si>
   <si>
     <t>Convocando a servidora Paula Lazzari Dornelles para retornar ao trabalho.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/736/portaria_n_22-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/736/portaria_n_22-2022.pdf</t>
   </si>
   <si>
     <t>Convocando o servidor Marcos Ferrador Monteiro, para retornar ao trabalho.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/732/portaria_n_21-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/732/portaria_n_21-2022.pdf</t>
   </si>
   <si>
     <t>Conceder trinta dias de férias regulamentares á servidora Paula Lazzari Dornelles, ferente ao período aquisitivo de abril de 2021 a abril de 2022 do dia 23 de maio de 2022 ao dia 21 de junho de 2022.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/729/portaria_n_20-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/729/portaria_n_20-2022.pdf</t>
   </si>
   <si>
     <t>Exonerando, á Senhora Andrieli Medeiros Frescura do cargo de Agente Legislativo.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/727/portaria_19-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/727/portaria_19-2022.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares ao servidor Marcos Ferrador Monteiro</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/718/portaria_n_18-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/718/portaria_n_18-2022.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares à servidora Waléria Meira Costacurta.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/712/portaria_17-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/712/portaria_17-2022.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Francieli Salbego Baú para o cargo de Agente Legislativo da Câmara municipal de vereadores de São Francisco de Assis</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/711/portaria_n_16-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/711/portaria_n_16-2022.pdf</t>
   </si>
   <si>
     <t>Nomear os servidores Eliana Lopes Rios, Matrícula n° 405 ( Presidente ), Dioni Denísia da Silva Cortes, Matrícula n° 079 e Leandro Gonçalves de Medeiros, Matrícula n° 426, como membros da comissão de Acompanhamento e Fiscalização durante a reforma e ampliação do Prédio da Câmara, a partir da presente data. _x000D_
 Suplentes:  Érico Reni Pereira Camargo, Mari Bela Cortes Pereira e Josiane Parise Tico.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/710/portaria_n_15-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/710/portaria_n_15-2022.pdf</t>
   </si>
   <si>
     <t>"Concedendo férias regulamentares à servidora Mari Bela Cortes Pereira. "</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/709/portaria_n_14-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/709/portaria_n_14-2022.pdf</t>
   </si>
   <si>
     <t>"Convocando a Servidora Eliana Lopes Rios, para retornar ao trabalho."</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/708/portaria_n_13-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/708/portaria_n_13-2022.pdf</t>
   </si>
   <si>
     <t>"Convocando a Servidora Dioni Denisia da Silva Cortes, para retornar ao trabalho."</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/705/portaria_n_12-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/705/portaria_n_12-2022.pdf</t>
   </si>
   <si>
     <t>Concede férias regulamentares á Servidora Dioni Denisia da Silva Cortes.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/704/portaria_n_11-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/704/portaria_n_11-2022.pdf</t>
   </si>
   <si>
     <t>Concede férias regulamentares á Servidora Eliana Lopes rios.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/687/portaria_no10-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/687/portaria_no10-2022.pdf</t>
   </si>
   <si>
     <t>"Concedendo licença ao vereador Vasco Henrique Azambuja Carvalho, para exercer o cargo de Secretário Municipal".</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/675/portaria_n_09-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/675/portaria_n_09-2022.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares ao Assessor de Bancada Reidner Contessa Ramos.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/674/portaria_n_08-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/674/portaria_n_08-2022.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares ao Assessor de Bancada Eduardo de Moura Martins.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/671/portaria_n_07-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/671/portaria_n_07-2022.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares ao Assessor de Comunicação Francisco Horácio Ferreira Haigert.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/670/portaria_n_06-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/670/portaria_n_06-2022.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares ao Assessor de Bancada Everton Pereira Rezer.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/663/portaria_n_05-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/663/portaria_n_05-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeando os integrantes e instituindo cargos da Comissão Permanente de Licitação da Câmara Municipal de Vereadores de São Francisco de Assis-RS".</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/662/portaria_n_04-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/662/portaria_n_04-2022.pdf</t>
   </si>
   <si>
     <t>Anulando a Portaria n° 02/2022 que concedeu férias regulamentares ao servidor Érico Reni Pereira Camargo".</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/648/portaria_n_03-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/648/portaria_n_03-2022.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Lennon dos Santos Dorneles no Cargo de Assessor de Bancada.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/647/portaria_n_02-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/647/portaria_n_02-2022.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares ao Servidor Erico Reni Pereira Camargo.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/646/portaria_n_01-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/646/portaria_n_01-2022.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares à Servidora Paula Lazzari Dornelles.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/644/portaria_no_56-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/644/portaria_no_56-2021.pdf</t>
   </si>
   <si>
     <t>Institui Comissão de Inventário</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/641/portaria_n_55-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/641/portaria_n_55-2021.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Claudia Nicola Hoppe do Cargo de Assessora de Bancada"</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/627/portaria_n_54-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/627/portaria_n_54-2021.pdf</t>
   </si>
   <si>
     <t>Designa Comissão Executiva do Concurso Público n° 01/2021</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/626/portaria_n_53-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/626/portaria_n_53-2021.pdf</t>
   </si>
   <si>
     <t>Designa Banca Executora do Concurso Público n° 01/2021</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/616/portaria_n_52-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/616/portaria_n_52-2021.pdf</t>
   </si>
   <si>
     <t>Averbando o tempo de serviço da Tesoureira Eliana Lopes Rios.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/615/portaria_n_51-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/615/portaria_n_51-2021.pdf</t>
   </si>
   <si>
     <t>Nomeando o senhor Darwin de Soares Pereira no cargo de assessor de bancada.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/614/portaria_n_50-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/614/portaria_n_50-2021.pdf</t>
   </si>
   <si>
     <t>Nomeando o senhor Guilherme Gripa Vidal no cargo de assessor de bancada.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/613/portaria_n_49-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/613/portaria_n_49-2021.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Guilherme Gripa Vidal do cargo de assessor de bancada.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/612/portaria_n_48-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/612/portaria_n_48-2021.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Amanda Muller Fortes do cargo de assessora de bancada.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/609/portaria_n_47-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/609/portaria_n_47-2021.pdf</t>
   </si>
   <si>
     <t>Convocando a Servidora Mari Bela Cortes Pereira, para retornar ao trabalho.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/604/portaria_n_46-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/604/portaria_n_46-2021.pdf</t>
   </si>
   <si>
     <t>Convocando a Servidora Dioni Denisia da Silva Cortes, para retornar ao trabalho.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/603/portaria_n_45-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/603/portaria_n_45-2021.pdf</t>
   </si>
   <si>
     <t>Convocando a Servidora Eliana Lopes Rios para retornar ao trabalho.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/602/portaria_no_44.2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/602/portaria_no_44.2021.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares à servidora Dioni Denisia da Silva Cortes.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/601/portaria_no_43.2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/601/portaria_no_43.2021.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares à servidora Eliana Lopes Rios.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/600/portaria_n_42-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/600/portaria_n_42-2021.pdf</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/599/portaria_n_41-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/599/portaria_n_41-2021.pdf</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/591/portaria_n_40-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/591/portaria_n_40-2021.pdf</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/569/portaria_no_39-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/569/portaria_no_39-2021.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares à servidora Paula Lazzari Dornelles Olin</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/563/portaria_n_38-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/563/portaria_n_38-2021.pdf</t>
   </si>
   <si>
     <t>"Concedendo férias regulamentares à Servidora Dioni Denísia da Silva Cortes"</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/562/portaria_n_37-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/562/portaria_n_37-2021.pdf</t>
   </si>
   <si>
     <t>"Concedendo férias regulamentares à Servidora Eliana Lopes Rios."</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/561/portaria_n_36-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/561/portaria_n_36-2021.pdf</t>
   </si>
   <si>
     <t>"Concedendo Promoção a Servidora Mari Bela Cortes Pereira."</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/548/portaria_n_35-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/548/portaria_n_35-2021.pdf</t>
   </si>
   <si>
     <t>Nomeando os servidores que compõem a Comissão de Licitação para contratação de empresa com o objetivo de realizar concurso público.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/537/portaria_n_34-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/537/portaria_n_34-2021.pdf</t>
   </si>
   <si>
     <t>Concedendo Promoção a Servidora Eliana Lopes Rios.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/533/portaria_n_33-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/533/portaria_n_33-2021.pdf</t>
   </si>
   <si>
     <t>Convocando a servidora Cleonice Brites  da Silva, para retornar ao trabalho.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/532/portaria_n_32-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/532/portaria_n_32-2021.pdf</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/527/portaria_no_31.2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/527/portaria_no_31.2021.pdf</t>
   </si>
   <si>
     <t>Concedendo 8 (oito) dias de afastamento do trabalho ao assessor de comunicação Francisco Horácio Ferreira Haigert.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/525/portaria_no_30.2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/525/portaria_no_30.2021.pdf</t>
   </si>
   <si>
     <t>Convocando a servidora Paula Lazzari Dornelles Olin, para retornar ao trabalho.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/524/portaria_no_29.2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/524/portaria_no_29.2021.pdf</t>
   </si>
   <si>
     <t>Convocando a servidora Eliana Lopes Rios, para retornar ao trabalho.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/</t>
   </si>
   <si>
     <t>Retifica a Portaria nº 56/2020, e de conformidade com o que estabelece o artigo 3º da Emenda Constitucional nº 47/2005, concede aposentadoria por tempo de contribuição.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/523/portaria_n27-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/523/portaria_n27-2021.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares à servidora Paula Lazzari Dornelles Olin.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/522/portaria_n26-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/522/portaria_n26-2021.pdf</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/517/portaria_no25.2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/517/portaria_no25.2021.pdf</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/516/portaria.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/516/portaria.pdf</t>
   </si>
   <si>
     <t>Averbando o tempo de serviço do Técnico Contábil Marcos Ferrador Monteiro.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/513/portaria_no_23.2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/513/portaria_no_23.2021.pdf</t>
   </si>
   <si>
     <t>"Revogando a Portaria nº 19/2021 que concedeu Férias Regulamentares a servidora Eliana Lopes_x000D_
 Rios."</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/510/portaria_22.2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/510/portaria_22.2021.pdf</t>
   </si>
   <si>
     <t>"Nomeando a Senhora Waléria Meira Costacurta_x000D_
 no Cargo de Coordenadora de Bancada."</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/509/portaria_n21-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/509/portaria_n21-2021.pdf</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/508/portaria_20_2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/508/portaria_20_2021.pdf</t>
   </si>
   <si>
     <t>Exonerando o senhor Adriano Doreni dos Santos da Silva, do cargo de Agente Legislativo."</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/507/portaria_19_2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/507/portaria_19_2021.pdf</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/506/portaria_18_2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/506/portaria_18_2021.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares à Servidora Dione Denisia da Silva Cortes.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/505/portaria_no_17.2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/505/portaria_no_17.2021.pdf</t>
   </si>
   <si>
     <t>Exonerando a senhora Dariene Nicola Farias do cargo de coordenadora de Bancada.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>Concedendo promoção ao Servidor Marcos Ferrador Monteiro.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/496/portaria_n_15-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/496/portaria_n_15-2021.pdf</t>
   </si>
   <si>
     <t>Prorroga por mais 30 (trinta) dias o prazo de conclusão dos trabalhos da Comissão Processante, instaurada pela portaria n° 47/2020.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/495/ordem_de_servico_n_03-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/495/ordem_de_servico_n_03-2021.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Amanda Muller Fortes no Cargo de Assessora de Bancada.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/494/portaria_n_13-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/494/portaria_n_13-2021.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Karin Milene Martins Carvalho do Cargo de Assessora de Bancada.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/493/portaria_n_12-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/493/portaria_n_12-2021.pdf</t>
   </si>
   <si>
     <t>Substitui o servidor integrante da Comissão Processante da Câmara Municipal de Vereadores de São Francisco de Assis - RS.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/492/portaria_n_11-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/492/portaria_n_11-2021.pdf</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/490/portaria_no_10.2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/490/portaria_no_10.2021.pdf</t>
   </si>
   <si>
     <t>Nomear os servidores Eliana Lopes Rios, Matrícula nº 405(Presidente), Dioni Denísia Da Silva Cortes, Matrícula nº 079 e Leandro Gonçalves De Medeiros, Matrícula nº 426, como membros da Comissão Permanente de Licitação, a partir da presente data._x000D_
 Suplentes: Érico Reni Pereira Camargo, Mari Bela Cortes Pereira e Andrieli Medeiros Frescura</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/489/portaria_n09-2021_001-convertido.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/489/portaria_n09-2021_001-convertido.pdf</t>
   </si>
   <si>
     <t>Nomear o Senhor Reidner Contessa Ramos no Cargo de Assessor de Bancada.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/488/portaria_n08-2021_001-convertido.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/488/portaria_n08-2021_001-convertido.pdf</t>
   </si>
   <si>
     <t>Nomear o Senhor Francisco Horácio Ferreira Haigert no Cargo de Assessor de Comunicação.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/487/portaria_n07-2021_001-convertido.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/487/portaria_n07-2021_001-convertido.pdf</t>
   </si>
   <si>
     <t>Nomear a Senhora Josiane Parise Tico no Cargo de Coordenadora de Gabinete.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/486/portaria_n06-2021_001-convertido.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/486/portaria_n06-2021_001-convertido.pdf</t>
   </si>
   <si>
     <t>Nomear o Senhor Leandro Gonçalves Medeiros no Cargo de Assessor Legislativo.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/485/portaria_n05-2021_001-convertido.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/485/portaria_n05-2021_001-convertido.pdf</t>
   </si>
   <si>
     <t>Nomear a Senhora Karin Milene Martins Carvalho no Cargo de Assessora de Bancada.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/484/portaria_n04-2021_001-convertido.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/484/portaria_n04-2021_001-convertido.pdf</t>
   </si>
   <si>
     <t>Nomear o Senhor Eduardo de Moura Martins no Cargo de Assessor de Bancada.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/483/portaria_n03-2021_001-convertido.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/483/portaria_n03-2021_001-convertido.pdf</t>
   </si>
   <si>
     <t>Nomear a Senhora Claudia Nicola Hoppe no Cargo de Assessora de Bancada.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/482/portaria_n02-2021_001-convertido.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/482/portaria_n02-2021_001-convertido.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Dariene Nicola Farias no Cargo de Coordenadora de Bancada.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/481/portaria_n_01-2021_001-convertido_1.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/481/portaria_n_01-2021_001-convertido_1.pdf</t>
   </si>
   <si>
     <t>Conceder licença ao Vereador Ancelmo Olim,  para exercer função de Secretário Municipal.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/479/portaria_55-convertido.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/479/portaria_55-convertido.pdf</t>
   </si>
   <si>
     <t>Exonerar, a Senhora Natally de Almeida Resta dos Santos, no Cargo de Assessora de Bancada, exercido junto a Bancada do PDT, a partir de 30 de dezembro de 2020.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/478/portaria_54-convertido.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/478/portaria_54-convertido.pdf</t>
   </si>
   <si>
     <t>Exonerar a Senhora Lidia Isabel Nunes de Souza no cargo de Assessora de Bancada, a ser exercido junto à Bancada dos Progressistas, a partir de 30 de dezembro de 2020.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/477/portaria_53-convertido.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/477/portaria_53-convertido.pdf</t>
   </si>
   <si>
     <t>Exonerar o Senhor Leandro Gonçalves de Medeiros do Cargo de Assessor Legislativo, a partir de 30  de dezembro de 2020.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/476/portaria_52-convertido.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/476/portaria_52-convertido.pdf</t>
   </si>
   <si>
     <t>Exonerar a Senhora Geiza Gomes Soares no Cargo de Coordenadora de Gabinete, exercido junto ao Gabinete da Presidência, a partir de 30 de dezembro de 2020.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/475/portaria_51-convertido.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/475/portaria_51-convertido.pdf</t>
   </si>
   <si>
     <t>Exonerar, a Senhora Dariene Nicola Farias, do cargo de coordenadora de Bancada, a partir de 30 de dezembro de 2020.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/474/portaria_50-convertido.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/474/portaria_50-convertido.pdf</t>
   </si>
   <si>
     <t>Exonerar o Senhor Carlos Rodrigo Lamberti do Cargo de Assessor de Comunicação, a partir de 30 de dezembro de 2020.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/473/portaria_49-convertido.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/473/portaria_49-convertido.pdf</t>
   </si>
   <si>
     <t>Exonerar, a Senhora Andreia Bahu Gripa, no Cargo de Assessora de Bancada, a ser exercido junto a Bancada do PDT, a partir de 30 de dezembro de 2020.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/470/portaria_n_48-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/470/portaria_n_48-2020.pdf</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/457/portaria_n_47-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/457/portaria_n_47-2020.pdf</t>
   </si>
   <si>
     <t>Institui Comissão Processante para a instauração de PAD (Processo Administrativo Disciplinar), em face do Servidor Adriano Doreni dos Santos da Silva e determina sua deflagração.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/454/portaria_no_46-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/454/portaria_no_46-2020.pdf</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/453/portaria_no_45-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/453/portaria_no_45-2020.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares à Servidora Mari Bela Cortes Pereira.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/434/portaria_no_44-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/434/portaria_no_44-2020.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares à Servidora Paula Lazzari Dornelles Olin.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/427/portaria_no_43-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/427/portaria_no_43-2020.pdf</t>
   </si>
   <si>
     <t>Regulamentando a concessão de Promoção ao Servidor Ademar Antonio Dal Rosso Frescura</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/424/portaria_no_42-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/424/portaria_no_42-2020.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares à servidora Eliana Lopes Rios</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/420/portaria_no_41-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/420/portaria_no_41-2020.pdf</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/417/portaria_no_40-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/417/portaria_no_40-2020.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares à servidora Tânia Maria Motta Flores.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/416/portaria_no_39-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/416/portaria_no_39-2020.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Andréia da Silva Pasini do Cargo de Arquivista.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/415/portaria_no_38-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/415/portaria_no_38-2020.pdf</t>
   </si>
   <si>
     <t>Prorrogando a licença para tratamento de saúde ao Servidor Adriano Doreni dos Santos Silva.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/414/portaria_no_37-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/414/portaria_no_37-2020.pdf</t>
   </si>
   <si>
     <t>Concedendo licença ao Oficial Legislativo Ademar Antônio Dal Rosso Frescura, para exercer cargo eletivo de Vereador.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/413/portaria_no_36-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/413/portaria_no_36-2020.pdf</t>
   </si>
   <si>
     <t>Concedendo Licença Prêmio ao Servidor Ademar Antônio Dal Rosso Frescura.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/412/portaria_no_35-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/412/portaria_no_35-2020.pdf</t>
   </si>
   <si>
     <t>Cessando licença ao Oficial Legislativo Ademar Antônio Dal Rosso Frescura, para exercer cargo eletivo de Vereador.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/386/portaria_no_34-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/386/portaria_no_34-2020.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Andréa Bahú Gripa no Cargo de Assessor de Bancada.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/385/portaria_no_33-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/385/portaria_no_33-2020.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Francklin Marciano Machado Pereira do Cargo de Assessor de Bancada.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/381/portaria_no_32-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/381/portaria_no_32-2020.pdf</t>
   </si>
   <si>
     <t>Concedendo Licença Prêmio à Servidora Paula Lazzari Dornelles Olin.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/277/portaria_no_31-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/277/portaria_no_31-2020.pdf</t>
   </si>
   <si>
     <t>"Nomeando, por tempo determinado, à Senhora Andrieli Medeiros Frescura no cargo de Agente Legislativo"</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/276/portaria_no_30-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/276/portaria_no_30-2020.pdf</t>
   </si>
   <si>
     <t>"Concedendo licença para tratamento de saúde ao Servidor Adriano Doreni dos Santos Silva".</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/275/portaria_no_29-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/275/portaria_no_29-2020.pdf</t>
   </si>
   <si>
     <t>Institui  Comissão de Sindicância e determina a realização de sindicância administrativa</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/274/portaria_no_28-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/274/portaria_no_28-2020.pdf</t>
   </si>
   <si>
     <t>Concedendo Promoção à Procuradora Jurídica Paula Lazzari Dornelles Olin.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/272/portaria_no_27.2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/272/portaria_no_27.2020.pdf</t>
   </si>
   <si>
     <t>Nomeando, por tempo determinado, a Senhora Andreia da Silva Pasini no cargo de Arquivista.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/271/portaria_no_26-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/271/portaria_no_26-2020.pdf</t>
   </si>
   <si>
     <t>Nomeando a Servidora Paula Lazzari Dornelles Olin, ocupante do cargo efetivo de Procuradora Jurídica, para exercer a função de Ouvidor, código FG I.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/270/portaria_no_25-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/270/portaria_no_25-2020.pdf</t>
   </si>
   <si>
     <t>Exonerando o Servidor Adriano Doreni dos Santos da Silva, ocupante do cargo efetivo de Agente Legislativo, do exercício da função de Ouvidor, código FG I.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/268/portaria_no_24-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/268/portaria_no_24-2020.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Lidia Isabel Nunes de Souza no Cargo de Assessora de Bancada.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/267/portaria_no_23-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/267/portaria_no_23-2020.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Bianca Carvalho Rodrigues do Cargo de Assessora de Bancada.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/263/portaria_no_22-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/263/portaria_no_22-2020.pdf</t>
   </si>
   <si>
     <t>Concedendo um triênio ao Servidor Érico Reni Pereira Camargo.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/262/portaria_no_21-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/262/portaria_no_21-2020.pdf</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/261/portaria_no_20-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/261/portaria_no_20-2020.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Guilherme Gripa Vidal no Cargo de Assessor de Bancada, a ser exercido junto à Bancada do Progressistas, a partir de 13 de março de 2020.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/260/portaria_no_19-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/260/portaria_no_19-2020.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Andreia Pivoto Castiglioni do Cargo de Assessora de Bancada, a partir de 12 de março de 2020.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/259/portaria_no_18-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/259/portaria_no_18-2020.pdf</t>
   </si>
   <si>
     <t>Convocando a servidora Eliana Lopes Rios, para retornar ao trabalho, a partir do dia 10 de março do corrente ano, interrompendo as férias regulamentares por motivo de força maior, indenizando-se monetariamente 10 (dez) dias de sua convocação.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/256/portaria_n_17.2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/256/portaria_n_17.2020.pdf</t>
   </si>
   <si>
     <t>Concedendo promoção por tempo de serviço à servidora Dioni Denisia da Silveira Cortes.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/257/portaria_n_16.2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/257/portaria_n_16.2020.pdf</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/255/portaria_n_15.2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/255/portaria_n_15.2020.pdf</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/258/portaria_n_14.2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/258/portaria_n_14.2020.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares à servidora Dione Denisia da Silva Cortes.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/253/portaria_no_13-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/253/portaria_no_13-2020.pdf</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/252/portaria_no_12-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/252/portaria_no_12-2020.pdf</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/250/portaria_no_11-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/250/portaria_no_11-2020.pdf</t>
   </si>
   <si>
     <t>Convocando o Servidor Adriano Doreni dos Santos da Silva, para retornar ao trabalho.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/251/portaria_no_10-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/251/portaria_no_10-2020.pdf</t>
   </si>
   <si>
     <t>Homologa a Estabilidade Funcional do Servidor Adriano Doreni dos Santos da Silva.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/249/portaria_no_09-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/249/portaria_no_09-2020.pdf</t>
   </si>
   <si>
     <t>Concedendo um triênio ao Servidor Adriano Doreni dos Santos da Silva.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/248/portaria_no_08-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/248/portaria_no_08-2020.pdf</t>
   </si>
   <si>
     <t>Nomeando os integrantes e instituindo cargos da Comissão Permanente de Licitação da Câmara Municipal de Vereadores de São Francisco de Assis-RS.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/247/portaria_no_07-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/247/portaria_no_07-2020.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares à Servidora Natally de Almeida Resta dos Santos.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/246/portaria_no_06-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/246/portaria_no_06-2020.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares ao Servidor Adriano Doreni dos Santos da Silva.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/245/portaria_no_05-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/245/portaria_no_05-2020.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares à Servidora Geiza Gomes Soares</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/244/portaria_no_04-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/244/portaria_no_04-2020.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares ao Servidor Leandro Gonçalves de Medeiros</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/243/portaria_no_03-2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/243/portaria_no_03-2019.pdf</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/242/portaria_no_02-2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/242/portaria_no_02-2019.pdf</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/241/portaria_no_01-2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/241/portaria_no_01-2019.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares à servidora Dariene Nicola Farias.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/236/portaria_n_51.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/236/portaria_n_51.2019.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares ao servidor Marcos Ferrador Monteiro.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/235/portaria_n_50.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/235/portaria_n_50.2019.pdf</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/234/portaria_n_49.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/234/portaria_n_49.2019.pdf</t>
   </si>
   <si>
     <t>Nomeando, por tempo determinado , a Senhora Andréia da Silva Pazini no cargo de Arquivista.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/233/portaria_48.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/233/portaria_48.2019.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Everton Pereira Rezer no Cargo de Assessor de Bancada.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/232/portaria_47.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/232/portaria_47.2019.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Teodolino Garcia Rezer do Cargo de Assessor de Bancada.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/231/portaria_46.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/231/portaria_46.2019.pdf</t>
   </si>
   <si>
     <t>Homologa a Estabilidade Funcional da Servidora Eliana Lopes Rios.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/226/portaria_n__45.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/226/portaria_n__45.2019.pdf</t>
   </si>
   <si>
     <t>Institui a Comissão de Acompanhamento e Fiscalização do Processo Seletivo Simplificado n° 02/2019 para contratação de ARQUIVISTA para a Câmara Municipal de São Francisco de Assis,Estado do Rio Grande do Sul.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/224/portaria_n_44.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/224/portaria_n_44.2019.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentes à servidora Cleonice Brites da Silva.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/223/portaria_n_43.2019_0lhyERD.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/223/portaria_n_43.2019_0lhyERD.pdf</t>
   </si>
   <si>
     <t>Convocando a Servidora Dioni Denisia da Silva Cortes,para retornar ao trabalho.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/222/portaria_n_42.2019_kvZQQxE.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/222/portaria_n_42.2019_kvZQQxE.pdf</t>
   </si>
   <si>
     <t>Averbando o tempo de serviço militar do Servidor Ademar Antônio Dal Rosso Frescura.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/221/portaria_n_41.2019_K4d6lJf.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/221/portaria_n_41.2019_K4d6lJf.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares à Servidora Dioni Denisia da Silva Cortes.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/220/portaria_n_40.2019_0VV9S4V.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/220/portaria_n_40.2019_0VV9S4V.pdf</t>
   </si>
   <si>
     <t>Retificar a Portaria n° 31/2019.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/219/portaria_n_39.2019_jQdlPMM.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/219/portaria_n_39.2019_jQdlPMM.pdf</t>
   </si>
   <si>
     <t>"Concedendo um triênio ao Servidor Ademar Antonio Rosso Frescura."</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/218/portaria_n_38.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/218/portaria_n_38.2019.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhor Bianca Carvalho Rodrigues no Cargo de Assessora de Bancada.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/217/portaria_n_37.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/217/portaria_n_37.2019.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Rubem Lucas Silva de Lara do Cargo de Assessor de Bancada.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/215/portaria_n_36.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/215/portaria_n_36.2019.pdf</t>
   </si>
   <si>
     <t>Institui Comissão de Sindicância</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/209/portaria_n_33.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/209/portaria_n_33.2019.pdf</t>
   </si>
   <si>
     <t>"Concedendo férias regulamentares à Servidora Mari Bela Cortes Pereira."</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/208/portaria_no_32.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/208/portaria_no_32.2019.pdf</t>
   </si>
   <si>
     <t>"Convocando suplente da Comissão Permanente de Licitação da Câmara Municipal de Vereadores de São Francisco de Assis-RS."</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/214/portaria_n_35.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/214/portaria_n_35.2019.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Andreia Pivoto Castiglioni no Cargo de Assessora de Bancada.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/213/portaria_n_34.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/213/portaria_n_34.2019.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Magno Baú Ayres do Cargo de Assessor de Bancada.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/206/portaria_n_31.2019_.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/206/portaria_n_31.2019_.pdf</t>
   </si>
   <si>
     <t>Concedendo licença para tratamento de saúde à Servidora Paula Lazzari Dornelles Olin.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/202/portaria_no30.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/202/portaria_no30.pdf</t>
   </si>
   <si>
     <t>Nomeando o Servidor Adriano Doreni dos Santos da Silva, ocupante do cargo efetivo Agente Legislativo para exercer a função de Ouvidor, código FG 1.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/204/portaria_no_29.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/204/portaria_no_29.pdf</t>
   </si>
   <si>
     <t>Concedendo um triênio à Servidora Eliana Lopes Rios.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/199/portaria_n_27.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/199/portaria_n_27.2019.pdf</t>
   </si>
   <si>
     <t>Institui a Banca para a elaboração da prova objetiva do Processo Simplificado n° 01/2019, para contratação temporária de Procurador Jurídico da Câmara Municipal de São Francisco de Assis, Estado do Rio Grande do Sul.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/198/portaria_n_26.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/198/portaria_n_26.2019.pdf</t>
   </si>
   <si>
     <t>Institui a Comissão de Acompanhamento e Fiscalização do Processo Seletivo Simplificado n° 01/2019 para contratação de Procurador Jurídico da Câmara Municipal de São Francisco de Assis, Estado do Rio Grande do Sul.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/197/portaria_n_25.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/197/portaria_n_25.2019.pdf</t>
   </si>
   <si>
     <t>Convoca a Servidora Paula Lazzari Dornelles Olin para retornar ao Trabalho.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/196/paula.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/196/paula.pdf</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/195/portaria_n_23.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/195/portaria_n_23.2019.pdf</t>
   </si>
   <si>
     <t>Concedendo um triênio à Servidora Dioni Denisia da Silva Cortes.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/194/portaria22.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/194/portaria22.pdf</t>
   </si>
   <si>
     <t>Convocando a Servidora Eliana Lopes Rios,para retornar ao trabalho.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/193/portaria_n_21.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/193/portaria_n_21.2019.pdf</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/191/portaiano20.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/191/portaiano20.pdf</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/189/portaria_n_19.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/189/portaria_n_19.2019.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Franklin Marciano Machado Pereira no Cargo de Assessor de Bancada.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/188/portaria_n_18.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/188/portaria_n_18.2019.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Josiane Parise Tico do Cargo de Assessora de Bancada.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/178/portaria_n_17.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/178/portaria_n_17.2019.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor  Teodolino Garcia Rezer no Cargo de Assessor de Bancada.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/177/portaria_n_16.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/177/portaria_n_16.2019.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Franklin Marciano Machado Pereira do Cargo de Assessor de Bancada.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/176/portaria_no15.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/176/portaria_no15.2019.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Magno Baú Ayres no Cargo de Assessor de Bancada.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/175/portaria_no14.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/175/portaria_no14.2019.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Pedro Daniel Fontana de Lima Maciel do Cargo de Assessor de Bancada.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/173/portaria_n_13.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/173/portaria_n_13.2019.pdf</t>
   </si>
   <si>
     <t>Conceder férias regulamentares à Servidora Dione Denisia da Silva Cortes.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/172/portaria_n_12.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/172/portaria_n_12.2019.pdf</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/171/portaria_n_11.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/171/portaria_n_11.2019.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Carlos Rodrigo Lamberti no Cargo de Assessor de Comunicação.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/170/portaria_n_10.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/170/portaria_n_10.2019.pdf</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/169/portaria_n_09.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/169/portaria_n_09.2019.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Carlos Rodrigo Lamberti do Cargo de Assessor de Bancada.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/168/portaria_n_08.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/168/portaria_n_08.2019.pdf</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/167/portaria_n072019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/167/portaria_n072019.pdf</t>
   </si>
   <si>
     <t>Nomeando os integrantes e instituindo cargos da comissão Permanente de Licitação da Câmara Municipal de Vereadores de São Francisco de Assis-RS.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/160/portaria_n_06.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/160/portaria_n_06.2019.pdf</t>
   </si>
   <si>
     <t>Exonerando a senhora Amanda Assulin Vieira Venturini do cargo de Tesoureira.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/159/portaria_n_05.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/159/portaria_n_05.2019.pdf</t>
   </si>
   <si>
     <t>Nomeando a senhora Geiza Gomes Soares no Cargo de Coordenadora de Gabinete.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/158/portaria_n_04.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/158/portaria_n_04.2019.pdf</t>
   </si>
   <si>
     <t>Concedendo férias regulamentares ao servidor Érico Reni Pereira Camargo.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/157/portaria_n_03.2019_KOPyO27.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/157/portaria_n_03.2019_KOPyO27.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Leandro Gonçalves de Medeiros no Cargo de Assessor Legislativo.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/156/portaria_n_02.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/156/portaria_n_02.2019.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Leandro Gonçalves de Medeiros do Cargo de Assessor de Bancada.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/155/portaria_n_01.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/155/portaria_n_01.2019.pdf</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/162/portaria_n_43.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/162/portaria_n_43.2018.pdf</t>
   </si>
   <si>
     <t>Nomeando a senhora Dariene Nicola Farias no cargo de Coordenadora de Bancada.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/161/portaria_n_42.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/161/portaria_n_42.2018.pdf</t>
   </si>
   <si>
     <t>Nomeando a senhora Natally de Almeida Resta dos Santos no cargo de Assessora de Bancada.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/152/portaria41.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/152/portaria41.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Getulio da Silva Freitas do Cargo de Assessor Legislativo.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/151/portaria40.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/151/portaria40.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Dariane Nicola Farias do cargo de Assessora de Comunicação.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/150/portaria39.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/150/portaria39.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Roger Veiga Pereira do Cargo de Coordenador de Gabinete.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/149/portaria38_YxWMyWj.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/149/portaria38_YxWMyWj.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora dos Aline Santos Lopes do Cargo de Assessora de Bancada.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/153/portaria_n_37.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/153/portaria_n_37.2018.pdf</t>
   </si>
   <si>
     <t>Institui Comissão de Inventário.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/147/portaria36.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/147/portaria36.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Franklin Marciano Machado Pereira do Cargo de Coordenador de Bancada.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/145/portaria_no_35.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/145/portaria_no_35.2018.pdf</t>
   </si>
   <si>
     <t>Concede férias regulamentares ao servidor Franklin Marciano Machado Pereira.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/144/portaria_no_34.2018_qrZGPqN.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/144/portaria_no_34.2018_qrZGPqN.pdf</t>
   </si>
   <si>
     <t>Concede férias regulamentares à servidora Tânia Maria Motta Flores Stivanin.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/143/portaria_no_33.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/143/portaria_no_33.2018.pdf</t>
   </si>
   <si>
     <t>Concede férias regulamentares ao servidor Leandro Gonçalves de Medeiros.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/899/portaria_no_27.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/899/portaria_no_27.2018.pdf</t>
   </si>
   <si>
     <t>Substituindo a Presidente da Comissão Permanente de Licitação da Câmara Municipal de Vereadores de São Francisco de Assis - RS</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/136/portaria_no_23.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/136/portaria_no_23.2018.pdf</t>
   </si>
   <si>
     <t>Prorrogando licença gestante à servidora Eliana Lopes Rios.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/135/portaria_no_23.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/135/portaria_no_23.2018.pdf</t>
   </si>
   <si>
     <t>Concedendo licença gestante à servidora Eliana Lopes Rios.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/105/portaria_n22.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/105/portaria_n22.2018.pdf</t>
   </si>
   <si>
     <t>Institui a Banca Avaliadora do Processo Seletivo Simplificado nº 01/2018</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/134/portaria_no_212018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/134/portaria_no_212018.pdf</t>
   </si>
   <si>
     <t>Concedendo Férias regulamentares ao Servidor Marcos Ferrador Monteiro.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/133/portaria_no_20.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/133/portaria_no_20.2018.pdf</t>
   </si>
   <si>
     <t>Institui a Comissão de Acompanhamento e Fiscalização do Processo Seletivo Simplificado Nº 01/2018 para contratação de Tesoureiro da Câmara Municipal de São Francisco de Assis, Estado do Rio Grande do Sul.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/104/portaria_no_19.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/104/portaria_no_19.2018.pdf</t>
   </si>
   <si>
     <t>Nomeando o Senhor Roger Veiga Pereira no Cargo de Coordenador de Gabinete.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/103/portaria_no_18.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/103/portaria_no_18.2018.pdf</t>
   </si>
   <si>
     <t>Nomeando a Senhora Dariene Nicola Farias no cargo de Assessora de Comunicação.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/102/portaria_no_17.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/102/portaria_no_17.2018.pdf</t>
   </si>
   <si>
     <t>Exonerando a Senhora Dariene Nicola Farias do cargo de Coordenadora de Gabinete.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/91/portaria_no_13.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/91/portaria_no_13.2018.pdf</t>
   </si>
   <si>
     <t>Concede um triênio à servidora Paula Lazzari Donerlles Olin.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/90/portaria_no_12.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/90/portaria_no_12.2018.pdf</t>
   </si>
   <si>
     <t>Institui a Comissão de Avaliação de Estágio Probatório da Câmara de Vereadores de São Francisco de Assis.</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/89/portaria_no_11.2018.pdf</t>
-[...5 lines deleted...]
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/87/portaria-n-09.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/89/portaria_no_11.2018.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/88/portaria-n-10.2018.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/87/portaria-n-09.2018.pdf</t>
   </si>
   <si>
     <t>Concede férias regulamentares à Servidora Dione Denisia da Silva Cortes.</t>
   </si>
   <si>
     <t>Concede um triênio ao Servidor Marcos Ferrador Monteiro.</t>
   </si>
   <si>
     <t>07</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/1/portaria-n-07.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/1/portaria-n-07.2018.pdf</t>
   </si>
   <si>
     <t>Convocando a Tesoureira Eliana Lopes Rios, para retornar ao trabalho</t>
   </si>
   <si>
     <t>06</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/7/portaria-n-06.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/7/portaria-n-06.2018.pdf</t>
   </si>
   <si>
     <t>Exonerando o Senhor Vinícios Maurer Castiglioni do Cargo de Assessor Jurídico.</t>
   </si>
   <si>
     <t>05</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/6/portaria-n-05.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/6/portaria-n-05.2018.pdf</t>
   </si>
   <si>
     <t>Concede férias regulamentares ao servidor Carlos Rodrigo Lamberti.</t>
   </si>
   <si>
     <t>04</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/5/portaria-n-04.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/5/portaria-n-04.2018.pdf</t>
   </si>
   <si>
     <t>Concede férias regulamentares à servidora Josiane Parise Tico.</t>
   </si>
   <si>
     <t>03</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/4/portaria-n-03.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/4/portaria-n-03.2018.pdf</t>
   </si>
   <si>
     <t>Concede férias regulamentares ao servidor Adriano Doreni dos Santos da Silva.</t>
   </si>
   <si>
     <t>02</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/3/portaria-n-02.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/3/portaria-n-02.2018.pdf</t>
   </si>
   <si>
     <t>Concede férias regulamentares à servidora Eliana Lopes Rios</t>
   </si>
   <si>
     <t>01</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/2/portaria-n-01.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/2/portaria-n-01.2018.pdf</t>
   </si>
   <si>
     <t>Concede férias regulamentares ao Servidor Érico Reni Pereira Camargo.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/743/portaria_n_24-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/743/portaria_n_24-2022.pdf</t>
   </si>
   <si>
     <t>Retificar a Portaria n° 22/2022 de 30 de maio do corrente ano, a qual convocou para retornar ao trabalho o servidor Marcos Ferrador Monteiro, no dia 31 de maio do corrente ano, com base na Lei n° 55/2003, em razão de equivoco na contagem de dias convocados, que seriam os dias 20, 24, 27, e 31 de maio e 1° e 03 de junho do  corrente ano, sendo interrompida as férias regulamentares por motivos de força maior, indenizando-se monetariamente 06 ( seis ) dias de sua convocação.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4633,66 +4654,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1475/portaria_no_13.2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1474/portaria_no_12.2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1472/portaria_no_11.2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1470/portaria_n_10.2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1469/portaria_n_09.2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1468/portaria_n_08.2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1467/portaria_n_07.2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1466/portaria_n_06.2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1465/portaria_n_05.2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1464/portaria_n_04-2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1461/portaria_n03.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1460/portaria_n02.2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1459/portaria_n_01-2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1441/portaria_n59.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1435/portaria_n58.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1434/portaria_n57.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1409/portaria_n_56-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1401/portaria_n55-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1398/portaria_n54-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1381/portaria_n53-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1379/portaria_n52-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1377/portaria_n51.2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1375/portaria_n50-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1374/portaria_n49-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1373/portaria_48-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1368/portaria_n47-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1364/portaria_n_46-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1349/portaria_n_45-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1320/portaria__n44-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1315/portaria_n43-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1312/portaria_n42-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1309/portaria_n41-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1308/portaria_n40-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1306/portaria_no39-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1299/portaria_no38-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1297/portaria_no37-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1289/portaria_no36-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1280/portaria_no35-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1274/portaria_no34-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1272/portaria_no33-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1271/portaria_n_32.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1268/portaria_n31-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1263/portaria_n30-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1262/portaria_no29-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1261/portaria_no28-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1260/portaria_27-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1259/portoria_n_26-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1255/portaria_no25-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1252/portaria_n_24-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1249/portaria_n_23-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1241/portaria_no22-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1237/portaria_no21-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1233/portaria_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1229/portaria_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1228/portaria_n_18.2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1227/portaria_n_17.2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1226/portaria_n_16.2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1225/portaria_n_15.2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1224/portaria_n_14.2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1223/portaria_n_13.2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1221/portaria_n_12.2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1219/portaria_n_11.2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1218/portaria_n_10.2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1217/portaria_n_09.2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1216/portaria_n_08.2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1215/portaria_n_07.2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1214/portaria_n_06.2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1213/portaria_n_05.2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1212/portaria_n_04.2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1211/portaria_n_03.2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1210/portaria_n_02.2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1209/portaria_n_01.2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1206/portaria_no95-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1205/portaria_no94-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1204/portaria_no93-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1203/portaria_no92-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1202/portaria_no91-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1201/portaria_no90-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1200/portaria_no89-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1199/portaria_no88-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1198/portaria_no87-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1194/portaria_no86-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1191/portaria_no85-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1187/portaria_n_84.2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1186/portaria_n_83-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1185/portaria_n82-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1184/portaria_no81-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1183/portaria_no80-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1182/portaria_no79-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1181/portaria_n78-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1180/portaria_n_77-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1179/portaria_n76-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1178/portaria_n75-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1171/portaria_no74-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1169/portaria_n73-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1168/portaria_n72-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1167/portaria_n71-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1166/portaria_n70.2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1155/portaria_n69-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1148/portaria_n68-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1142/portaria_no67-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1141/portaria_n66-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1140/portaria_no65-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1139/portaria_n64-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1138/portaria_n63-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1132/portaria_no62-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1130/portaria_n_61-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1129/portaria_n_60-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1124/portaria_no59-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1123/portaria_no58-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1122/portaria_no57-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1120/portaria_no56-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1115/portaria_n55-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1114/portaria_n54-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1113/portaria_n53-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1112/portaria_n52-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1111/portaria_n51-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1110/portaria_n50-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1109/portaria_n49-2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1108/portaria_n48-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1107/portaria_no47-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1095/portaria_n_46-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1094/portaria_n45-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1093/portaria_n44-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1092/portaria_n43-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1091/portaria_no42-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1090/portaria_no41-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1085/portaria_n40-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1082/portaria_n39-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1067/portaria_no38-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1066/portaria_no37-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1065/portaria_no36-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1064/portaria_no35-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1063/portaria_n_34-2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1062/portaria_n_33-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1061/portaria_no32-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1060/portaria_no31-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1059/portaria_no30-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1058/portaria_no29-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1050/portaria_no28-2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1049/portaria_no27-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1045/portaria_no26-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1043/portaria_no25-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1042/portaria_no24-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1041/portaria_no23-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1035/portaria_no22-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1034/portaria_no21-2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1033/portaria_n_20.2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1032/portaria_n_19-2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1031/portaria_n_18-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1028/portaria_n17-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1027/portaria_n_16-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1026/portaria_n_15-2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1024/portaria_n14-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1023/portaria_n13-2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1018/portaria_n12-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1017/portaria_no11-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1015/portaria_no10-2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1013/portaria_n_09-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1011/portaria_n_08-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1010/portaria_n07-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1009/portaria_n06-2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1008/portaria_no_05-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1007/portaria_no04-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/999/portaria_no03-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/997/portaria_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/994/portaria_n01-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/987/portaria_n_50.2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/984/portaria_n49-2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/982/portaria_n48-2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/981/portaria_n47-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/980/portaria_n46-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/979/portaria_no45-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/973/portaria_no_44.2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/966/portaria_no_43.2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/963/portaria_no_42.2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/962/portaria_no_41.2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/958/portaria_n40-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/957/portaria_n39-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/956/portaria_n38-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/951/portaria_n37-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/950/portaria_n36-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/949/portaria_n35-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/948/portaria_n34-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/947/portaria_n33-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/946/portaria_n32-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/945/portaria_n31-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/944/portaria_n30-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/943/portaria_n29-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/942/portaria_n28-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/941/portaria_n27-2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/940/portaria_n26-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/939/portaria_n25-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/928/portaria_no24-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/925/portaria_no_23.2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/924/portaria_no_22.2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/920/portaria_no21-2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/908/portaria_no_20.2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/907/portaria_n19-2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/887/portaria_n18-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/886/portaria_n17-2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/881/portaria_no_16-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/880/portaria_n15-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/865/portaria_no_14-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/864/portaria_n13-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/857/portaria_no_12.2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/856/portaria_no_11.2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/855/portaria_no_10.2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/852/portaria_n09-2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/842/portaria_n_08-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/838/portaria_n_07-2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/837/portaria_n_06-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/835/portaria_n_05-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/834/portaria_n_04-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/833/portaria_n_03-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/832/portaria_n_02-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/831/portaria_n_01-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/830/portaria_n_45-2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/826/portaria_no_44-2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/825/portaria_no_43-2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/824/portaria_no_42-2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/823/portaria_no_41-2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/820/portaria_no_40-2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/819/portaria_no_39-2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/816/portaria_n_38-2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/811/portaria_n_37-2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/804/portaria_n36-2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/803/portaria_n35-2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/795/portaria_n34-2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/791/portaria_n33-2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/789/portaria_n32-2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/785/portaria_n31-2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/776/portaria_n30-2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/775/portaria_no_29-2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/772/portaria_n28-2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/771/portaria_n_27-2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/766/portaria_n26-2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/765/portaria_n_25-2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/741/portaria_n_23-2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/736/portaria_n_22-2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/732/portaria_n_21-2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/729/portaria_n_20-2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/727/portaria_19-2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/718/portaria_n_18-2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/712/portaria_17-2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/711/portaria_n_16-2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/710/portaria_n_15-2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/709/portaria_n_14-2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/708/portaria_n_13-2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/705/portaria_n_12-2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/704/portaria_n_11-2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/687/portaria_no10-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/675/portaria_n_09-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/674/portaria_n_08-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/671/portaria_n_07-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/670/portaria_n_06-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/663/portaria_n_05-2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/662/portaria_n_04-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/648/portaria_n_03-2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/647/portaria_n_02-2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/646/portaria_n_01-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/644/portaria_no_56-2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/641/portaria_n_55-2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/627/portaria_n_54-2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/626/portaria_n_53-2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/616/portaria_n_52-2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/615/portaria_n_51-2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/614/portaria_n_50-2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/613/portaria_n_49-2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/612/portaria_n_48-2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/609/portaria_n_47-2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/604/portaria_n_46-2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/603/portaria_n_45-2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/602/portaria_no_44.2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/601/portaria_no_43.2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/600/portaria_n_42-2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/599/portaria_n_41-2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/591/portaria_n_40-2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/569/portaria_no_39-2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/563/portaria_n_38-2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/562/portaria_n_37-2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/561/portaria_n_36-2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/548/portaria_n_35-2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/537/portaria_n_34-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/533/portaria_n_33-2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/532/portaria_n_32-2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/527/portaria_no_31.2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/525/portaria_no_30.2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/524/portaria_no_29.2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/523/portaria_n27-2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/522/portaria_n26-2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/517/portaria_no25.2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/516/portaria.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/513/portaria_no_23.2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/510/portaria_22.2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/509/portaria_n21-2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/508/portaria_20_2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/507/portaria_19_2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/506/portaria_18_2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/505/portaria_no_17.2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/496/portaria_n_15-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/495/ordem_de_servico_n_03-2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/494/portaria_n_13-2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/493/portaria_n_12-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/492/portaria_n_11-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/490/portaria_no_10.2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/489/portaria_n09-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/488/portaria_n08-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/487/portaria_n07-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/486/portaria_n06-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/485/portaria_n05-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/484/portaria_n04-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/483/portaria_n03-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/482/portaria_n02-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/481/portaria_n_01-2021_001-convertido_1.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/479/portaria_55-convertido.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/478/portaria_54-convertido.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/477/portaria_53-convertido.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/476/portaria_52-convertido.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/475/portaria_51-convertido.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/474/portaria_50-convertido.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/473/portaria_49-convertido.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/470/portaria_n_48-2020.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/457/portaria_n_47-2020.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/454/portaria_no_46-2020.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/453/portaria_no_45-2020.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/434/portaria_no_44-2020.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/427/portaria_no_43-2020.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/424/portaria_no_42-2020.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/420/portaria_no_41-2020.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/417/portaria_no_40-2020.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/416/portaria_no_39-2020.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/415/portaria_no_38-2020.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/414/portaria_no_37-2020.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/413/portaria_no_36-2020.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/412/portaria_no_35-2020.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/386/portaria_no_34-2020.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/385/portaria_no_33-2020.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/381/portaria_no_32-2020.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/277/portaria_no_31-2020.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/276/portaria_no_30-2020.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/275/portaria_no_29-2020.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/274/portaria_no_28-2020.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/272/portaria_no_27.2020.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/271/portaria_no_26-2020.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/270/portaria_no_25-2020.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/268/portaria_no_24-2020.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/267/portaria_no_23-2020.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/263/portaria_no_22-2020.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/262/portaria_no_21-2020.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/261/portaria_no_20-2020.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/260/portaria_no_19-2020.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/259/portaria_no_18-2020.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/256/portaria_n_17.2020.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/257/portaria_n_16.2020.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/255/portaria_n_15.2020.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/258/portaria_n_14.2020.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/253/portaria_no_13-2020.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/252/portaria_no_12-2020.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/250/portaria_no_11-2020.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/251/portaria_no_10-2020.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/249/portaria_no_09-2020.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/248/portaria_no_08-2020.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/247/portaria_no_07-2020.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/246/portaria_no_06-2020.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/245/portaria_no_05-2020.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/244/portaria_no_04-2020.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/243/portaria_no_03-2019.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/242/portaria_no_02-2019.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/241/portaria_no_01-2019.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/236/portaria_n_51.2019.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/235/portaria_n_50.2019.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/234/portaria_n_49.2019.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/233/portaria_48.2019.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/232/portaria_47.2019.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/231/portaria_46.2019.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/226/portaria_n__45.2019.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/224/portaria_n_44.2019.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/223/portaria_n_43.2019_0lhyERD.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/222/portaria_n_42.2019_kvZQQxE.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/221/portaria_n_41.2019_K4d6lJf.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/220/portaria_n_40.2019_0VV9S4V.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/219/portaria_n_39.2019_jQdlPMM.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/218/portaria_n_38.2019.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/217/portaria_n_37.2019.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/215/portaria_n_36.2019.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/209/portaria_n_33.2019.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/208/portaria_no_32.2019.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/214/portaria_n_35.2019.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/213/portaria_n_34.2019.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/206/portaria_n_31.2019_.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/202/portaria_no30.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/204/portaria_no_29.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/199/portaria_n_27.2019.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/198/portaria_n_26.2019.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/197/portaria_n_25.2019.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/196/paula.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/195/portaria_n_23.2019.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/194/portaria22.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/193/portaria_n_21.2019.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/191/portaiano20.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/189/portaria_n_19.2019.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/188/portaria_n_18.2019.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/178/portaria_n_17.2019.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/177/portaria_n_16.2019.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/176/portaria_no15.2019.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/175/portaria_no14.2019.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/173/portaria_n_13.2019.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/172/portaria_n_12.2019.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/171/portaria_n_11.2019.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/170/portaria_n_10.2019.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/169/portaria_n_09.2019.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/168/portaria_n_08.2019.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/167/portaria_n072019.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/160/portaria_n_06.2019.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/159/portaria_n_05.2019.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/158/portaria_n_04.2019.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/157/portaria_n_03.2019_KOPyO27.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/156/portaria_n_02.2019.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/155/portaria_n_01.2019.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/162/portaria_n_43.2018.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/161/portaria_n_42.2018.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/152/portaria41.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/151/portaria40.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/150/portaria39.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/149/portaria38_YxWMyWj.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/153/portaria_n_37.2018.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/147/portaria36.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/145/portaria_no_35.2018.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/144/portaria_no_34.2018_qrZGPqN.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/143/portaria_no_33.2018.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/899/portaria_no_27.2018.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/136/portaria_no_23.2018.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/135/portaria_no_23.2018.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/105/portaria_n22.2018.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/134/portaria_no_212018.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/133/portaria_no_20.2018.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/104/portaria_no_19.2018.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/103/portaria_no_18.2018.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/102/portaria_no_17.2018.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/91/portaria_no_13.2018.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/90/portaria_no_12.2018.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/89/portaria_no_11.2018.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/88/portaria-n-10.2018.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/87/portaria-n-09.2018.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/1/portaria-n-07.2018.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/7/portaria-n-06.2018.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/6/portaria-n-05.2018.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/5/portaria-n-04.2018.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/4/portaria-n-03.2018.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/3/portaria-n-02.2018.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/2/portaria-n-01.2018.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/743/portaria_n_24-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1478/portaria_n_16.2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1477/portaria_n_15.2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1476/portaria_n_14.2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1475/portaria_no_13.2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1474/portaria_no_12.2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1472/portaria_no_11.2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1470/portaria_n_10.2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1469/portaria_n_09.2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1468/portaria_n_08.2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1467/portaria_n_07.2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1466/portaria_n_06.2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1465/portaria_n_05.2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1464/portaria_n_04-2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1461/portaria_n03.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1460/portaria_n02.2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1459/portaria_n_01-2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1441/portaria_n59.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1435/portaria_n58.2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1434/portaria_n57.2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1409/portaria_n_56-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1401/portaria_n55-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1398/portaria_n54-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1381/portaria_n53-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1379/portaria_n52-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1377/portaria_n51.2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1375/portaria_n50-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1374/portaria_n49-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1373/portaria_48-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1368/portaria_n47-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1364/portaria_n_46-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1349/portaria_n_45-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1320/portaria__n44-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1315/portaria_n43-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1312/portaria_n42-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1309/portaria_n41-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1308/portaria_n40-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1306/portaria_no39-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1299/portaria_no38-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1297/portaria_no37-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1289/portaria_no36-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1280/portaria_no35-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1274/portaria_no34-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1272/portaria_no33-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1271/portaria_n_32.2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1268/portaria_n31-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1263/portaria_n30-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1262/portaria_no29-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1261/portaria_no28-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1260/portaria_27-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1259/portoria_n_26-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1255/portaria_no25-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1252/portaria_n_24-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1249/portaria_n_23-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1241/portaria_no22-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1237/portaria_no21-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1233/portaria_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1229/portaria_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1228/portaria_n_18.2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1227/portaria_n_17.2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1226/portaria_n_16.2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1225/portaria_n_15.2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1224/portaria_n_14.2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1223/portaria_n_13.2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1221/portaria_n_12.2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1219/portaria_n_11.2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1218/portaria_n_10.2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1217/portaria_n_09.2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1216/portaria_n_08.2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1215/portaria_n_07.2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1214/portaria_n_06.2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1213/portaria_n_05.2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1212/portaria_n_04.2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1211/portaria_n_03.2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1210/portaria_n_02.2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1209/portaria_n_01.2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1206/portaria_no95-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1205/portaria_no94-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1204/portaria_no93-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1203/portaria_no92-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1202/portaria_no91-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1201/portaria_no90-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1200/portaria_no89-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1199/portaria_no88-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1198/portaria_no87-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1194/portaria_no86-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1191/portaria_no85-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1187/portaria_n_84.2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1186/portaria_n_83-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1185/portaria_n82-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1184/portaria_no81-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1183/portaria_no80-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1182/portaria_no79-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1181/portaria_n78-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1180/portaria_n_77-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1179/portaria_n76-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1178/portaria_n75-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1171/portaria_no74-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1169/portaria_n73-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1168/portaria_n72-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1167/portaria_n71-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1166/portaria_n70.2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1155/portaria_n69-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1148/portaria_n68-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1142/portaria_no67-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1141/portaria_n66-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1140/portaria_no65-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1139/portaria_n64-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1138/portaria_n63-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1132/portaria_no62-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1130/portaria_n_61-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1129/portaria_n_60-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1124/portaria_no59-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1123/portaria_no58-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1122/portaria_no57-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1120/portaria_no56-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1115/portaria_n55-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1114/portaria_n54-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1113/portaria_n53-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1112/portaria_n52-2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1111/portaria_n51-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1110/portaria_n50-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1109/portaria_n49-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1108/portaria_n48-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1107/portaria_no47-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1095/portaria_n_46-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1094/portaria_n45-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1093/portaria_n44-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1092/portaria_n43-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1091/portaria_no42-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1090/portaria_no41-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1085/portaria_n40-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1082/portaria_n39-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1067/portaria_no38-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1066/portaria_no37-2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1065/portaria_no36-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1064/portaria_no35-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1063/portaria_n_34-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1062/portaria_n_33-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1061/portaria_no32-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1060/portaria_no31-2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1059/portaria_no30-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1058/portaria_no29-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1050/portaria_no28-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1049/portaria_no27-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1045/portaria_no26-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1043/portaria_no25-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1042/portaria_no24-2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1041/portaria_no23-2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1035/portaria_no22-2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1034/portaria_no21-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1033/portaria_n_20.2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1032/portaria_n_19-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1031/portaria_n_18-2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1028/portaria_n17-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1027/portaria_n_16-2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1026/portaria_n_15-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1024/portaria_n14-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1023/portaria_n13-2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1018/portaria_n12-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1017/portaria_no11-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1015/portaria_no10-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1013/portaria_n_09-2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1011/portaria_n_08-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1010/portaria_n07-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1009/portaria_n06-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1008/portaria_no_05-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1007/portaria_no04-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/999/portaria_no03-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/997/portaria_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/994/portaria_n01-2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/987/portaria_n_50.2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/984/portaria_n49-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/982/portaria_n48-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/981/portaria_n47-2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/980/portaria_n46-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/979/portaria_no45-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/973/portaria_no_44.2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/966/portaria_no_43.2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/963/portaria_no_42.2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/962/portaria_no_41.2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/958/portaria_n40-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/957/portaria_n39-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/956/portaria_n38-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/951/portaria_n37-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/950/portaria_n36-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/949/portaria_n35-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/948/portaria_n34-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/947/portaria_n33-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/946/portaria_n32-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/945/portaria_n31-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/944/portaria_n30-2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/943/portaria_n29-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/942/portaria_n28-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/941/portaria_n27-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/940/portaria_n26-2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/939/portaria_n25-2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/928/portaria_no24-2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/925/portaria_no_23.2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/924/portaria_no_22.2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/920/portaria_no21-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/908/portaria_no_20.2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/907/portaria_n19-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/887/portaria_n18-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/886/portaria_n17-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/881/portaria_no_16-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/880/portaria_n15-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/865/portaria_no_14-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/864/portaria_n13-2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/857/portaria_no_12.2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/856/portaria_no_11.2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/855/portaria_no_10.2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/852/portaria_n09-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/842/portaria_n_08-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/838/portaria_n_07-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/837/portaria_n_06-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/835/portaria_n_05-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/834/portaria_n_04-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/833/portaria_n_03-2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/832/portaria_n_02-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/831/portaria_n_01-2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/830/portaria_n_45-2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/826/portaria_no_44-2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/825/portaria_no_43-2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/824/portaria_no_42-2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/823/portaria_no_41-2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/820/portaria_no_40-2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/819/portaria_no_39-2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/816/portaria_n_38-2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/811/portaria_n_37-2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/804/portaria_n36-2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/803/portaria_n35-2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/795/portaria_n34-2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/791/portaria_n33-2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/789/portaria_n32-2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/785/portaria_n31-2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/776/portaria_n30-2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/775/portaria_no_29-2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/772/portaria_n28-2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/771/portaria_n_27-2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/766/portaria_n26-2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/765/portaria_n_25-2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/741/portaria_n_23-2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/736/portaria_n_22-2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/732/portaria_n_21-2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/729/portaria_n_20-2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/727/portaria_19-2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/718/portaria_n_18-2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/712/portaria_17-2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/711/portaria_n_16-2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/710/portaria_n_15-2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/709/portaria_n_14-2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/708/portaria_n_13-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/705/portaria_n_12-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/704/portaria_n_11-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/687/portaria_no10-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/675/portaria_n_09-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/674/portaria_n_08-2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/671/portaria_n_07-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/670/portaria_n_06-2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/663/portaria_n_05-2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/662/portaria_n_04-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/648/portaria_n_03-2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/647/portaria_n_02-2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/646/portaria_n_01-2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/644/portaria_no_56-2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/641/portaria_n_55-2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/627/portaria_n_54-2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/626/portaria_n_53-2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/616/portaria_n_52-2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/615/portaria_n_51-2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/614/portaria_n_50-2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/613/portaria_n_49-2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/612/portaria_n_48-2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/609/portaria_n_47-2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/604/portaria_n_46-2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/603/portaria_n_45-2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/602/portaria_no_44.2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/601/portaria_no_43.2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/600/portaria_n_42-2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/599/portaria_n_41-2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/591/portaria_n_40-2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/569/portaria_no_39-2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/563/portaria_n_38-2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/562/portaria_n_37-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/561/portaria_n_36-2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/548/portaria_n_35-2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/537/portaria_n_34-2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/533/portaria_n_33-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/532/portaria_n_32-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/527/portaria_no_31.2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/525/portaria_no_30.2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/524/portaria_no_29.2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/523/portaria_n27-2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/522/portaria_n26-2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/517/portaria_no25.2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/516/portaria.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/513/portaria_no_23.2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/510/portaria_22.2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/509/portaria_n21-2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/508/portaria_20_2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/507/portaria_19_2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/506/portaria_18_2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/505/portaria_no_17.2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/496/portaria_n_15-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/495/ordem_de_servico_n_03-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/494/portaria_n_13-2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/493/portaria_n_12-2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/492/portaria_n_11-2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/490/portaria_no_10.2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/489/portaria_n09-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/488/portaria_n08-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/487/portaria_n07-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/486/portaria_n06-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/485/portaria_n05-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/484/portaria_n04-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/483/portaria_n03-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/482/portaria_n02-2021_001-convertido.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/481/portaria_n_01-2021_001-convertido_1.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/479/portaria_55-convertido.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/478/portaria_54-convertido.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/477/portaria_53-convertido.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/476/portaria_52-convertido.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/475/portaria_51-convertido.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/474/portaria_50-convertido.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/473/portaria_49-convertido.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/470/portaria_n_48-2020.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/457/portaria_n_47-2020.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/454/portaria_no_46-2020.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/453/portaria_no_45-2020.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/434/portaria_no_44-2020.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/427/portaria_no_43-2020.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/424/portaria_no_42-2020.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/420/portaria_no_41-2020.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/417/portaria_no_40-2020.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/416/portaria_no_39-2020.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/415/portaria_no_38-2020.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/414/portaria_no_37-2020.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/413/portaria_no_36-2020.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/412/portaria_no_35-2020.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/386/portaria_no_34-2020.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/385/portaria_no_33-2020.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/381/portaria_no_32-2020.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/277/portaria_no_31-2020.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/276/portaria_no_30-2020.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/275/portaria_no_29-2020.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/274/portaria_no_28-2020.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/272/portaria_no_27.2020.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/271/portaria_no_26-2020.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/270/portaria_no_25-2020.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/268/portaria_no_24-2020.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/267/portaria_no_23-2020.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/263/portaria_no_22-2020.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/262/portaria_no_21-2020.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/261/portaria_no_20-2020.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/260/portaria_no_19-2020.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/259/portaria_no_18-2020.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/256/portaria_n_17.2020.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/257/portaria_n_16.2020.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/255/portaria_n_15.2020.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/258/portaria_n_14.2020.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/253/portaria_no_13-2020.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/252/portaria_no_12-2020.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/250/portaria_no_11-2020.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/251/portaria_no_10-2020.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/249/portaria_no_09-2020.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/248/portaria_no_08-2020.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/247/portaria_no_07-2020.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/246/portaria_no_06-2020.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/245/portaria_no_05-2020.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/244/portaria_no_04-2020.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/243/portaria_no_03-2019.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/242/portaria_no_02-2019.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/241/portaria_no_01-2019.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/236/portaria_n_51.2019.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/235/portaria_n_50.2019.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/234/portaria_n_49.2019.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/233/portaria_48.2019.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/232/portaria_47.2019.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/231/portaria_46.2019.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/226/portaria_n__45.2019.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/224/portaria_n_44.2019.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/223/portaria_n_43.2019_0lhyERD.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/222/portaria_n_42.2019_kvZQQxE.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/221/portaria_n_41.2019_K4d6lJf.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/220/portaria_n_40.2019_0VV9S4V.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/219/portaria_n_39.2019_jQdlPMM.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/218/portaria_n_38.2019.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/217/portaria_n_37.2019.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/215/portaria_n_36.2019.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/209/portaria_n_33.2019.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/208/portaria_no_32.2019.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/214/portaria_n_35.2019.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/213/portaria_n_34.2019.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/206/portaria_n_31.2019_.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/202/portaria_no30.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/204/portaria_no_29.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/199/portaria_n_27.2019.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/198/portaria_n_26.2019.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/197/portaria_n_25.2019.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/196/paula.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/195/portaria_n_23.2019.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/194/portaria22.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/193/portaria_n_21.2019.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/191/portaiano20.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/189/portaria_n_19.2019.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/188/portaria_n_18.2019.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/178/portaria_n_17.2019.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/177/portaria_n_16.2019.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/176/portaria_no15.2019.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/175/portaria_no14.2019.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/173/portaria_n_13.2019.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/172/portaria_n_12.2019.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/171/portaria_n_11.2019.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/170/portaria_n_10.2019.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/169/portaria_n_09.2019.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/168/portaria_n_08.2019.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/167/portaria_n072019.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/160/portaria_n_06.2019.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/159/portaria_n_05.2019.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/158/portaria_n_04.2019.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/157/portaria_n_03.2019_KOPyO27.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/156/portaria_n_02.2019.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/155/portaria_n_01.2019.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/162/portaria_n_43.2018.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/161/portaria_n_42.2018.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/152/portaria41.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/151/portaria40.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/150/portaria39.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/149/portaria38_YxWMyWj.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/153/portaria_n_37.2018.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/147/portaria36.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/145/portaria_no_35.2018.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/144/portaria_no_34.2018_qrZGPqN.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/143/portaria_no_33.2018.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/899/portaria_no_27.2018.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/136/portaria_no_23.2018.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/135/portaria_no_23.2018.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/105/portaria_n22.2018.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/134/portaria_no_212018.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/133/portaria_no_20.2018.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/104/portaria_no_19.2018.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/103/portaria_no_18.2018.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/102/portaria_no_17.2018.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/91/portaria_no_13.2018.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/90/portaria_no_12.2018.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/89/portaria_no_11.2018.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/88/portaria-n-10.2018.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/87/portaria-n-09.2018.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/1/portaria-n-07.2018.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/7/portaria-n-06.2018.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/6/portaria-n-05.2018.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/5/portaria-n-04.2018.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/4/portaria-n-03.2018.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/3/portaria-n-02.2018.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/2/portaria-n-01.2018.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/743/portaria_n_24-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G458"/>
+  <dimension ref="A1:G461"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="113.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="112.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -4979,10255 +5000,10324 @@
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
         <v>59</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>60</v>
       </c>
       <c r="G14" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>62</v>
       </c>
       <c r="B15" t="s">
+        <v>8</v>
+      </c>
+      <c r="C15" t="s">
         <v>63</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>10</v>
+      </c>
+      <c r="E15" t="s">
+        <v>11</v>
+      </c>
+      <c r="F15" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="D15" t="s">
-[...5 lines deleted...]
-      <c r="F15" s="1" t="s">
+      <c r="G15" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
+        <v>66</v>
+      </c>
+      <c r="B16" t="s">
+        <v>8</v>
+      </c>
+      <c r="C16" t="s">
         <v>67</v>
       </c>
-      <c r="B16" t="s">
-[...2 lines deleted...]
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>10</v>
+      </c>
+      <c r="E16" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="D16" t="s">
-[...5 lines deleted...]
-      <c r="F16" s="1" t="s">
+      <c r="G16" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
+        <v>70</v>
+      </c>
+      <c r="B17" t="s">
+        <v>8</v>
+      </c>
+      <c r="C17" t="s">
         <v>71</v>
       </c>
-      <c r="B17" t="s">
-[...2 lines deleted...]
-      <c r="C17" t="s">
+      <c r="D17" t="s">
+        <v>10</v>
+      </c>
+      <c r="E17" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="D17" t="s">
-[...5 lines deleted...]
-      <c r="F17" s="1" t="s">
+      <c r="G17" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
+        <v>74</v>
+      </c>
+      <c r="B18" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="C18" t="s">
         <v>76</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>77</v>
       </c>
       <c r="G18" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>79</v>
       </c>
       <c r="B19" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C19" t="s">
         <v>80</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>81</v>
       </c>
       <c r="G19" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>83</v>
       </c>
       <c r="B20" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C20" t="s">
         <v>84</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>85</v>
       </c>
       <c r="G20" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>87</v>
       </c>
       <c r="B21" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C21" t="s">
         <v>88</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>89</v>
       </c>
       <c r="G21" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>91</v>
       </c>
       <c r="B22" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C22" t="s">
         <v>92</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>93</v>
       </c>
       <c r="G22" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>95</v>
       </c>
       <c r="B23" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C23" t="s">
         <v>96</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>97</v>
       </c>
       <c r="G23" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>99</v>
       </c>
       <c r="B24" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C24" t="s">
         <v>100</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>101</v>
       </c>
       <c r="G24" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>103</v>
       </c>
       <c r="B25" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C25" t="s">
         <v>104</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>105</v>
       </c>
       <c r="G25" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>107</v>
       </c>
       <c r="B26" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C26" t="s">
         <v>108</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>109</v>
       </c>
       <c r="G26" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>111</v>
       </c>
       <c r="B27" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C27" t="s">
         <v>112</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>113</v>
       </c>
       <c r="G27" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>115</v>
       </c>
       <c r="B28" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C28" t="s">
         <v>116</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>117</v>
       </c>
       <c r="G28" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>119</v>
       </c>
       <c r="B29" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C29" t="s">
         <v>120</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>121</v>
       </c>
       <c r="G29" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>123</v>
       </c>
       <c r="B30" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C30" t="s">
         <v>124</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>125</v>
       </c>
       <c r="G30" t="s">
-        <v>94</v>
+        <v>126</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B31" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C31" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G31" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B32" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C32" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G32" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B33" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C33" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G33" t="s">
-        <v>137</v>
+        <v>106</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>138</v>
       </c>
       <c r="B34" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C34" t="s">
         <v>139</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>140</v>
       </c>
       <c r="G34" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>142</v>
       </c>
       <c r="B35" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C35" t="s">
         <v>143</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>144</v>
       </c>
       <c r="G35" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>146</v>
       </c>
       <c r="B36" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C36" t="s">
         <v>147</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>148</v>
       </c>
       <c r="G36" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>150</v>
       </c>
       <c r="B37" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C37" t="s">
         <v>151</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>152</v>
       </c>
       <c r="G37" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>154</v>
       </c>
       <c r="B38" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C38" t="s">
         <v>155</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>156</v>
       </c>
       <c r="G38" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>158</v>
       </c>
       <c r="B39" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C39" t="s">
         <v>159</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>160</v>
       </c>
       <c r="G39" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>162</v>
       </c>
       <c r="B40" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C40" t="s">
         <v>163</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>164</v>
       </c>
       <c r="G40" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>166</v>
       </c>
       <c r="B41" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C41" t="s">
         <v>167</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>168</v>
       </c>
       <c r="G41" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>170</v>
       </c>
       <c r="B42" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C42" t="s">
         <v>171</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>172</v>
       </c>
       <c r="G42" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>174</v>
       </c>
       <c r="B43" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C43" t="s">
         <v>175</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>176</v>
       </c>
       <c r="G43" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>178</v>
       </c>
       <c r="B44" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C44" t="s">
         <v>179</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>180</v>
       </c>
       <c r="G44" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>182</v>
       </c>
       <c r="B45" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C45" t="s">
         <v>183</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>184</v>
       </c>
       <c r="G45" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>186</v>
       </c>
       <c r="B46" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C46" t="s">
         <v>187</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>188</v>
       </c>
       <c r="G46" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>190</v>
       </c>
       <c r="B47" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C47" t="s">
         <v>191</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>192</v>
       </c>
       <c r="G47" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>194</v>
       </c>
       <c r="B48" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C48" t="s">
         <v>195</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>196</v>
       </c>
       <c r="G48" t="s">
-        <v>197</v>
+        <v>17</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
+        <v>197</v>
+      </c>
+      <c r="B49" t="s">
+        <v>75</v>
+      </c>
+      <c r="C49" t="s">
         <v>198</v>
       </c>
-      <c r="B49" t="s">
-[...2 lines deleted...]
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>10</v>
+      </c>
+      <c r="E49" t="s">
+        <v>11</v>
+      </c>
+      <c r="F49" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="D49" t="s">
-[...5 lines deleted...]
-      <c r="F49" s="1" t="s">
+      <c r="G49" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
+        <v>201</v>
+      </c>
+      <c r="B50" t="s">
+        <v>75</v>
+      </c>
+      <c r="C50" t="s">
         <v>202</v>
       </c>
-      <c r="B50" t="s">
-[...2 lines deleted...]
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>10</v>
+      </c>
+      <c r="E50" t="s">
+        <v>11</v>
+      </c>
+      <c r="F50" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="D50" t="s">
-[...5 lines deleted...]
-      <c r="F50" s="1" t="s">
+      <c r="G50" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
+        <v>205</v>
+      </c>
+      <c r="B51" t="s">
+        <v>75</v>
+      </c>
+      <c r="C51" t="s">
         <v>206</v>
       </c>
-      <c r="B51" t="s">
-[...2 lines deleted...]
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>10</v>
+      </c>
+      <c r="E51" t="s">
+        <v>11</v>
+      </c>
+      <c r="F51" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="D51" t="s">
-[...5 lines deleted...]
-      <c r="F51" s="1" t="s">
+      <c r="G51" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
+        <v>209</v>
+      </c>
+      <c r="B52" t="s">
+        <v>75</v>
+      </c>
+      <c r="C52" t="s">
         <v>210</v>
       </c>
-      <c r="B52" t="s">
-[...2 lines deleted...]
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>10</v>
+      </c>
+      <c r="E52" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="D52" t="s">
-[...5 lines deleted...]
-      <c r="F52" s="1" t="s">
+      <c r="G52" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>213</v>
       </c>
       <c r="B53" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C53" t="s">
         <v>214</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>215</v>
       </c>
       <c r="G53" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>217</v>
       </c>
       <c r="B54" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C54" t="s">
         <v>218</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>219</v>
       </c>
       <c r="G54" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>221</v>
       </c>
       <c r="B55" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C55" t="s">
         <v>222</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>223</v>
       </c>
       <c r="G55" t="s">
-        <v>224</v>
+        <v>69</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
+        <v>224</v>
+      </c>
+      <c r="B56" t="s">
+        <v>75</v>
+      </c>
+      <c r="C56" t="s">
         <v>225</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>10</v>
+      </c>
+      <c r="E56" t="s">
+        <v>11</v>
+      </c>
+      <c r="F56" s="1" t="s">
         <v>226</v>
       </c>
-      <c r="D56" t="s">
-[...5 lines deleted...]
-      <c r="F56" s="1" t="s">
+      <c r="G56" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
+        <v>228</v>
+      </c>
+      <c r="B57" t="s">
+        <v>75</v>
+      </c>
+      <c r="C57" t="s">
         <v>229</v>
       </c>
-      <c r="B57" t="s">
-[...2 lines deleted...]
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>10</v>
+      </c>
+      <c r="E57" t="s">
+        <v>11</v>
+      </c>
+      <c r="F57" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="D57" t="s">
-[...5 lines deleted...]
-      <c r="F57" s="1" t="s">
+      <c r="G57" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
+        <v>232</v>
+      </c>
+      <c r="B58" t="s">
+        <v>75</v>
+      </c>
+      <c r="C58" t="s">
         <v>233</v>
       </c>
-      <c r="B58" t="s">
-[...2 lines deleted...]
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>10</v>
+      </c>
+      <c r="E58" t="s">
+        <v>11</v>
+      </c>
+      <c r="F58" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="D58" t="s">
-[...5 lines deleted...]
-      <c r="F58" s="1" t="s">
+      <c r="G58" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>236</v>
       </c>
       <c r="B59" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C59" t="s">
         <v>237</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>238</v>
       </c>
       <c r="G59" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B60" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C60" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G60" t="s">
-        <v>232</v>
+        <v>243</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B61" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C61" t="s">
         <v>9</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="G61" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B62" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C62" t="s">
         <v>15</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="G62" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>248</v>
       </c>
       <c r="B63" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C63" t="s">
         <v>19</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>249</v>
       </c>
       <c r="G63" t="s">
-        <v>250</v>
+        <v>243</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="B64" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C64" t="s">
         <v>23</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="G64" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="B65" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C65" t="s">
         <v>27</v>
       </c>
       <c r="D65" t="s">
         <v>10</v>
       </c>
       <c r="E65" t="s">
         <v>11</v>
       </c>
       <c r="F65" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="G65" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="B66" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C66" t="s">
         <v>31</v>
       </c>
       <c r="D66" t="s">
         <v>10</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="G66" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="B67" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C67" t="s">
         <v>35</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="G67" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B68" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C68" t="s">
         <v>39</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="G68" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="B69" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C69" t="s">
         <v>43</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="G69" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="B70" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C70" t="s">
         <v>47</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="G70" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="B71" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C71" t="s">
         <v>51</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="G71" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="B72" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C72" t="s">
         <v>55</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="G72" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="B73" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C73" t="s">
         <v>59</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="G73" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
+        <v>280</v>
+      </c>
+      <c r="B74" t="s">
+        <v>75</v>
+      </c>
+      <c r="C74" t="s">
+        <v>63</v>
+      </c>
+      <c r="D74" t="s">
+        <v>10</v>
+      </c>
+      <c r="E74" t="s">
+        <v>11</v>
+      </c>
+      <c r="F74" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="B74" t="s">
+      <c r="G74" t="s">
         <v>282</v>
-      </c>
-[...13 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="B75" t="s">
-        <v>282</v>
+        <v>75</v>
       </c>
       <c r="C75" t="s">
-        <v>287</v>
+        <v>67</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
         <v>11</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="G75" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="B76" t="s">
-        <v>282</v>
+        <v>75</v>
       </c>
       <c r="C76" t="s">
-        <v>291</v>
+        <v>71</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="G76" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="B77" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C77" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77" t="s">
         <v>11</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="G77" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="B78" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C78" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="G78" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="B79" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C79" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="G79" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="B80" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C80" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="G80" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="B81" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C81" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="G81" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="B82" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C82" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="G82" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="B83" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C83" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
         <v>11</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="G83" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="B84" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C84" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="G84" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="B85" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C85" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>11</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="G85" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="B86" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C86" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
         <v>11</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="G86" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="B87" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C87" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
         <v>11</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="G87" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="B88" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C88" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
         <v>11</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="G88" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="B89" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C89" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>11</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="G89" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="B90" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C90" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
         <v>11</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="G90" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="B91" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C91" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="G91" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="B92" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C92" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="D92" t="s">
         <v>10</v>
       </c>
       <c r="E92" t="s">
         <v>11</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="G92" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="B93" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C93" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
         <v>11</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="G93" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="B94" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C94" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="D94" t="s">
         <v>10</v>
       </c>
       <c r="E94" t="s">
         <v>11</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="G94" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="B95" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C95" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95" t="s">
         <v>11</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="G95" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="B96" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C96" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="D96" t="s">
         <v>10</v>
       </c>
       <c r="E96" t="s">
         <v>11</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="G96" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="B97" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C97" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
         <v>11</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="G97" t="s">
-        <v>82</v>
+        <v>373</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
+        <v>374</v>
+      </c>
+      <c r="B98" t="s">
+        <v>290</v>
+      </c>
+      <c r="C98" t="s">
+        <v>375</v>
+      </c>
+      <c r="D98" t="s">
+        <v>10</v>
+      </c>
+      <c r="E98" t="s">
+        <v>11</v>
+      </c>
+      <c r="F98" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="G98" t="s">
         <v>377</v>
-      </c>
-[...16 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
+        <v>378</v>
+      </c>
+      <c r="B99" t="s">
+        <v>290</v>
+      </c>
+      <c r="C99" t="s">
+        <v>379</v>
+      </c>
+      <c r="D99" t="s">
+        <v>10</v>
+      </c>
+      <c r="E99" t="s">
+        <v>11</v>
+      </c>
+      <c r="F99" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="G99" t="s">
         <v>381</v>
-      </c>
-[...16 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="B100" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C100" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100" t="s">
         <v>11</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="G100" t="s">
-        <v>232</v>
+        <v>94</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
+        <v>385</v>
+      </c>
+      <c r="B101" t="s">
+        <v>290</v>
+      </c>
+      <c r="C101" t="s">
+        <v>386</v>
+      </c>
+      <c r="D101" t="s">
+        <v>10</v>
+      </c>
+      <c r="E101" t="s">
+        <v>11</v>
+      </c>
+      <c r="F101" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="G101" t="s">
         <v>388</v>
-      </c>
-[...16 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
+        <v>389</v>
+      </c>
+      <c r="B102" t="s">
+        <v>290</v>
+      </c>
+      <c r="C102" t="s">
+        <v>390</v>
+      </c>
+      <c r="D102" t="s">
+        <v>10</v>
+      </c>
+      <c r="E102" t="s">
+        <v>11</v>
+      </c>
+      <c r="F102" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="G102" t="s">
         <v>392</v>
-      </c>
-[...16 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="B103" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C103" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="D103" t="s">
         <v>10</v>
       </c>
       <c r="E103" t="s">
         <v>11</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="G103" t="s">
-        <v>399</v>
+        <v>243</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="B104" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C104" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="D104" t="s">
         <v>10</v>
       </c>
       <c r="E104" t="s">
         <v>11</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="G104" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="B105" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C105" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="D105" t="s">
         <v>10</v>
       </c>
       <c r="E105" t="s">
         <v>11</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G105" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="B106" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C106" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="D106" t="s">
         <v>10</v>
       </c>
       <c r="E106" t="s">
         <v>11</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="G106" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="B107" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C107" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="D107" t="s">
         <v>10</v>
       </c>
       <c r="E107" t="s">
         <v>11</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="G107" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="B108" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C108" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="D108" t="s">
         <v>10</v>
       </c>
       <c r="E108" t="s">
         <v>11</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="G108" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="B109" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C109" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="D109" t="s">
         <v>10</v>
       </c>
       <c r="E109" t="s">
         <v>11</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="G109" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="B110" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C110" t="s">
-        <v>64</v>
+        <v>421</v>
       </c>
       <c r="D110" t="s">
         <v>10</v>
       </c>
       <c r="E110" t="s">
         <v>11</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="G110" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
+        <v>424</v>
+      </c>
+      <c r="B111" t="s">
+        <v>290</v>
+      </c>
+      <c r="C111" t="s">
+        <v>425</v>
+      </c>
+      <c r="D111" t="s">
+        <v>10</v>
+      </c>
+      <c r="E111" t="s">
+        <v>11</v>
+      </c>
+      <c r="F111" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="G111" t="s">
         <v>427</v>
-      </c>
-[...16 lines deleted...]
-        <v>429</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
+        <v>428</v>
+      </c>
+      <c r="B112" t="s">
+        <v>290</v>
+      </c>
+      <c r="C112" t="s">
+        <v>429</v>
+      </c>
+      <c r="D112" t="s">
+        <v>10</v>
+      </c>
+      <c r="E112" t="s">
+        <v>11</v>
+      </c>
+      <c r="F112" s="1" t="s">
         <v>430</v>
       </c>
-      <c r="B112" t="s">
-[...11 lines deleted...]
-      <c r="F112" s="1" t="s">
+      <c r="G112" t="s">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>432</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="B113" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C113" t="s">
         <v>76</v>
       </c>
       <c r="D113" t="s">
         <v>10</v>
       </c>
       <c r="E113" t="s">
         <v>11</v>
       </c>
       <c r="F113" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="G113" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="B114" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C114" t="s">
         <v>80</v>
       </c>
       <c r="D114" t="s">
         <v>10</v>
       </c>
       <c r="E114" t="s">
         <v>11</v>
       </c>
       <c r="F114" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="G114" t="s">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
         <v>438</v>
       </c>
       <c r="B115" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C115" t="s">
         <v>84</v>
       </c>
       <c r="D115" t="s">
         <v>10</v>
       </c>
       <c r="E115" t="s">
         <v>11</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>439</v>
       </c>
       <c r="G115" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
         <v>441</v>
       </c>
       <c r="B116" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C116" t="s">
         <v>88</v>
       </c>
       <c r="D116" t="s">
         <v>10</v>
       </c>
       <c r="E116" t="s">
         <v>11</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>442</v>
       </c>
       <c r="G116" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
         <v>444</v>
       </c>
       <c r="B117" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C117" t="s">
         <v>92</v>
       </c>
       <c r="D117" t="s">
         <v>10</v>
       </c>
       <c r="E117" t="s">
         <v>11</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>445</v>
       </c>
       <c r="G117" t="s">
-        <v>446</v>
+        <v>415</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="B118" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C118" t="s">
         <v>96</v>
       </c>
       <c r="D118" t="s">
         <v>10</v>
       </c>
       <c r="E118" t="s">
         <v>11</v>
       </c>
       <c r="F118" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="G118" t="s">
         <v>448</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="B119" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C119" t="s">
         <v>100</v>
       </c>
       <c r="D119" t="s">
         <v>10</v>
       </c>
       <c r="E119" t="s">
         <v>11</v>
       </c>
       <c r="F119" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="G119" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="B120" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C120" t="s">
         <v>104</v>
       </c>
       <c r="D120" t="s">
         <v>10</v>
       </c>
       <c r="E120" t="s">
         <v>11</v>
       </c>
       <c r="F120" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="G120" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="B121" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C121" t="s">
         <v>108</v>
       </c>
       <c r="D121" t="s">
         <v>10</v>
       </c>
       <c r="E121" t="s">
         <v>11</v>
       </c>
       <c r="F121" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="G121" t="s">
         <v>457</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="B122" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C122" t="s">
         <v>112</v>
       </c>
       <c r="D122" t="s">
         <v>10</v>
       </c>
       <c r="E122" t="s">
         <v>11</v>
       </c>
       <c r="F122" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="G122" t="s">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>461</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="B123" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C123" t="s">
         <v>116</v>
       </c>
       <c r="D123" t="s">
         <v>10</v>
       </c>
       <c r="E123" t="s">
         <v>11</v>
       </c>
       <c r="F123" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="G123" t="s">
         <v>463</v>
-      </c>
-[...1 lines deleted...]
-        <v>464</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="B124" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C124" t="s">
         <v>120</v>
       </c>
       <c r="D124" t="s">
         <v>10</v>
       </c>
       <c r="E124" t="s">
         <v>11</v>
       </c>
       <c r="F124" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="G124" t="s">
         <v>466</v>
-      </c>
-[...1 lines deleted...]
-        <v>467</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="B125" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C125" t="s">
         <v>124</v>
       </c>
       <c r="D125" t="s">
         <v>10</v>
       </c>
       <c r="E125" t="s">
         <v>11</v>
       </c>
       <c r="F125" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="G125" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
+        <v>470</v>
+      </c>
+      <c r="B126" t="s">
+        <v>290</v>
+      </c>
+      <c r="C126" t="s">
+        <v>128</v>
+      </c>
+      <c r="D126" t="s">
+        <v>10</v>
+      </c>
+      <c r="E126" t="s">
+        <v>11</v>
+      </c>
+      <c r="F126" s="1" t="s">
         <v>471</v>
       </c>
-      <c r="B126" t="s">
-[...11 lines deleted...]
-      <c r="F126" s="1" t="s">
+      <c r="G126" t="s">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>473</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
+        <v>473</v>
+      </c>
+      <c r="B127" t="s">
+        <v>290</v>
+      </c>
+      <c r="C127" t="s">
+        <v>132</v>
+      </c>
+      <c r="D127" t="s">
+        <v>10</v>
+      </c>
+      <c r="E127" t="s">
+        <v>11</v>
+      </c>
+      <c r="F127" s="1" t="s">
         <v>474</v>
       </c>
-      <c r="B127" t="s">
-[...11 lines deleted...]
-      <c r="F127" s="1" t="s">
+      <c r="G127" t="s">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
+        <v>476</v>
+      </c>
+      <c r="B128" t="s">
+        <v>290</v>
+      </c>
+      <c r="C128" t="s">
+        <v>136</v>
+      </c>
+      <c r="D128" t="s">
+        <v>10</v>
+      </c>
+      <c r="E128" t="s">
+        <v>11</v>
+      </c>
+      <c r="F128" s="1" t="s">
         <v>477</v>
       </c>
-      <c r="B128" t="s">
-[...11 lines deleted...]
-      <c r="F128" s="1" t="s">
+      <c r="G128" t="s">
         <v>478</v>
-      </c>
-[...1 lines deleted...]
-        <v>479</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="B129" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C129" t="s">
         <v>139</v>
       </c>
       <c r="D129" t="s">
         <v>10</v>
       </c>
       <c r="E129" t="s">
         <v>11</v>
       </c>
       <c r="F129" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="G129" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B130" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C130" t="s">
         <v>143</v>
       </c>
       <c r="D130" t="s">
         <v>10</v>
       </c>
       <c r="E130" t="s">
         <v>11</v>
       </c>
       <c r="F130" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="G130" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>485</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="B131" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C131" t="s">
         <v>147</v>
       </c>
       <c r="D131" t="s">
         <v>10</v>
       </c>
       <c r="E131" t="s">
         <v>11</v>
       </c>
       <c r="F131" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="G131" t="s">
         <v>487</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
         <v>488</v>
       </c>
       <c r="B132" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C132" t="s">
         <v>151</v>
       </c>
       <c r="D132" t="s">
         <v>10</v>
       </c>
       <c r="E132" t="s">
         <v>11</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>489</v>
       </c>
       <c r="G132" t="s">
-        <v>345</v>
+        <v>490</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B133" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C133" t="s">
         <v>155</v>
       </c>
       <c r="D133" t="s">
         <v>10</v>
       </c>
       <c r="E133" t="s">
         <v>11</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="G133" t="s">
-        <v>337</v>
+        <v>493</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B134" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C134" t="s">
         <v>159</v>
       </c>
       <c r="D134" t="s">
         <v>10</v>
       </c>
       <c r="E134" t="s">
         <v>11</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="G134" t="s">
-        <v>494</v>
+        <v>94</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B135" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C135" t="s">
         <v>163</v>
       </c>
       <c r="D135" t="s">
         <v>10</v>
       </c>
       <c r="E135" t="s">
         <v>11</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="G135" t="s">
-        <v>497</v>
+        <v>353</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
         <v>498</v>
       </c>
       <c r="B136" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C136" t="s">
         <v>167</v>
       </c>
       <c r="D136" t="s">
         <v>10</v>
       </c>
       <c r="E136" t="s">
         <v>11</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>499</v>
       </c>
       <c r="G136" t="s">
-        <v>500</v>
+        <v>345</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="B137" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C137" t="s">
         <v>171</v>
       </c>
       <c r="D137" t="s">
         <v>10</v>
       </c>
       <c r="E137" t="s">
         <v>11</v>
       </c>
       <c r="F137" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="G137" t="s">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="B138" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C138" t="s">
         <v>175</v>
       </c>
       <c r="D138" t="s">
         <v>10</v>
       </c>
       <c r="E138" t="s">
         <v>11</v>
       </c>
       <c r="F138" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="G138" t="s">
         <v>505</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
         <v>506</v>
       </c>
       <c r="B139" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C139" t="s">
         <v>179</v>
       </c>
       <c r="D139" t="s">
         <v>10</v>
       </c>
       <c r="E139" t="s">
         <v>11</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>507</v>
       </c>
       <c r="G139" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
         <v>509</v>
       </c>
       <c r="B140" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C140" t="s">
         <v>183</v>
       </c>
       <c r="D140" t="s">
         <v>10</v>
       </c>
       <c r="E140" t="s">
         <v>11</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>510</v>
       </c>
       <c r="G140" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
         <v>512</v>
       </c>
       <c r="B141" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C141" t="s">
         <v>187</v>
       </c>
       <c r="D141" t="s">
         <v>10</v>
       </c>
       <c r="E141" t="s">
         <v>11</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>513</v>
       </c>
       <c r="G141" t="s">
-        <v>514</v>
+        <v>361</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="B142" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C142" t="s">
         <v>191</v>
       </c>
       <c r="D142" t="s">
         <v>10</v>
       </c>
       <c r="E142" t="s">
         <v>11</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="G142" t="s">
-        <v>517</v>
+        <v>13</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="B143" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C143" t="s">
         <v>195</v>
       </c>
       <c r="D143" t="s">
         <v>10</v>
       </c>
       <c r="E143" t="s">
         <v>11</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="G143" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
+        <v>519</v>
+      </c>
+      <c r="B144" t="s">
+        <v>290</v>
+      </c>
+      <c r="C144" t="s">
+        <v>198</v>
+      </c>
+      <c r="D144" t="s">
+        <v>10</v>
+      </c>
+      <c r="E144" t="s">
+        <v>11</v>
+      </c>
+      <c r="F144" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="G144" t="s">
         <v>521</v>
-      </c>
-[...16 lines deleted...]
-        <v>523</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
+        <v>522</v>
+      </c>
+      <c r="B145" t="s">
+        <v>290</v>
+      </c>
+      <c r="C145" t="s">
+        <v>202</v>
+      </c>
+      <c r="D145" t="s">
+        <v>10</v>
+      </c>
+      <c r="E145" t="s">
+        <v>11</v>
+      </c>
+      <c r="F145" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="G145" t="s">
         <v>524</v>
-      </c>
-[...16 lines deleted...]
-        <v>526</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
+        <v>525</v>
+      </c>
+      <c r="B146" t="s">
+        <v>290</v>
+      </c>
+      <c r="C146" t="s">
+        <v>206</v>
+      </c>
+      <c r="D146" t="s">
+        <v>10</v>
+      </c>
+      <c r="E146" t="s">
+        <v>11</v>
+      </c>
+      <c r="F146" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="G146" t="s">
         <v>527</v>
-      </c>
-[...16 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
+        <v>528</v>
+      </c>
+      <c r="B147" t="s">
+        <v>290</v>
+      </c>
+      <c r="C147" t="s">
+        <v>210</v>
+      </c>
+      <c r="D147" t="s">
+        <v>10</v>
+      </c>
+      <c r="E147" t="s">
+        <v>11</v>
+      </c>
+      <c r="F147" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="G147" t="s">
         <v>530</v>
-      </c>
-[...16 lines deleted...]
-        <v>532</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="B148" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C148" t="s">
         <v>214</v>
       </c>
       <c r="D148" t="s">
         <v>10</v>
       </c>
       <c r="E148" t="s">
         <v>11</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="G148" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="B149" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C149" t="s">
         <v>218</v>
       </c>
       <c r="D149" t="s">
         <v>10</v>
       </c>
       <c r="E149" t="s">
         <v>11</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="G149" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="B150" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C150" t="s">
         <v>222</v>
       </c>
       <c r="D150" t="s">
         <v>10</v>
       </c>
       <c r="E150" t="s">
         <v>11</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="G150" t="s">
-        <v>181</v>
+        <v>539</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
+        <v>540</v>
+      </c>
+      <c r="B151" t="s">
+        <v>290</v>
+      </c>
+      <c r="C151" t="s">
+        <v>225</v>
+      </c>
+      <c r="D151" t="s">
+        <v>10</v>
+      </c>
+      <c r="E151" t="s">
+        <v>11</v>
+      </c>
+      <c r="F151" s="1" t="s">
         <v>541</v>
       </c>
-      <c r="B151" t="s">
-[...11 lines deleted...]
-      <c r="F151" s="1" t="s">
+      <c r="G151" t="s">
         <v>542</v>
-      </c>
-[...1 lines deleted...]
-        <v>543</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
+        <v>543</v>
+      </c>
+      <c r="B152" t="s">
+        <v>290</v>
+      </c>
+      <c r="C152" t="s">
+        <v>229</v>
+      </c>
+      <c r="D152" t="s">
+        <v>10</v>
+      </c>
+      <c r="E152" t="s">
+        <v>11</v>
+      </c>
+      <c r="F152" s="1" t="s">
         <v>544</v>
       </c>
-      <c r="B152" t="s">
-[...11 lines deleted...]
-      <c r="F152" s="1" t="s">
+      <c r="G152" t="s">
         <v>545</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
         <v>546</v>
       </c>
       <c r="B153" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C153" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D153" t="s">
         <v>10</v>
       </c>
       <c r="E153" t="s">
         <v>11</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>547</v>
       </c>
       <c r="G153" t="s">
-        <v>548</v>
+        <v>193</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="B154" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C154" t="s">
         <v>237</v>
       </c>
       <c r="D154" t="s">
         <v>10</v>
       </c>
       <c r="E154" t="s">
         <v>11</v>
       </c>
       <c r="F154" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="G154" t="s">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>551</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
+        <v>551</v>
+      </c>
+      <c r="B155" t="s">
+        <v>290</v>
+      </c>
+      <c r="C155" t="s">
+        <v>241</v>
+      </c>
+      <c r="D155" t="s">
+        <v>10</v>
+      </c>
+      <c r="E155" t="s">
+        <v>11</v>
+      </c>
+      <c r="F155" s="1" t="s">
         <v>552</v>
       </c>
-      <c r="B155" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G155" t="s">
-        <v>554</v>
+        <v>361</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="B156" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C156" t="s">
         <v>9</v>
       </c>
       <c r="D156" t="s">
         <v>10</v>
       </c>
       <c r="E156" t="s">
         <v>11</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="G156" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="B157" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C157" t="s">
         <v>15</v>
       </c>
       <c r="D157" t="s">
         <v>10</v>
       </c>
       <c r="E157" t="s">
         <v>11</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="G157" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="B158" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C158" t="s">
         <v>19</v>
       </c>
       <c r="D158" t="s">
         <v>10</v>
       </c>
       <c r="E158" t="s">
         <v>11</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="G158" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>564</v>
+        <v>562</v>
       </c>
       <c r="B159" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C159" t="s">
         <v>23</v>
       </c>
       <c r="D159" t="s">
         <v>10</v>
       </c>
       <c r="E159" t="s">
         <v>11</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="G159" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="B160" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C160" t="s">
         <v>27</v>
       </c>
       <c r="D160" t="s">
         <v>10</v>
       </c>
       <c r="E160" t="s">
         <v>11</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="G160" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="B161" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C161" t="s">
         <v>31</v>
       </c>
       <c r="D161" t="s">
         <v>10</v>
       </c>
       <c r="E161" t="s">
         <v>11</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="G161" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="B162" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C162" t="s">
         <v>35</v>
       </c>
       <c r="D162" t="s">
         <v>10</v>
       </c>
       <c r="E162" t="s">
         <v>11</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>574</v>
+        <v>572</v>
       </c>
       <c r="G162" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="B163" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C163" t="s">
         <v>39</v>
       </c>
       <c r="D163" t="s">
         <v>10</v>
       </c>
       <c r="E163" t="s">
         <v>11</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="G163" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="B164" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C164" t="s">
         <v>43</v>
       </c>
       <c r="D164" t="s">
         <v>10</v>
       </c>
       <c r="E164" t="s">
         <v>11</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="G164" t="s">
-        <v>353</v>
+        <v>579</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="B165" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C165" t="s">
         <v>47</v>
       </c>
       <c r="D165" t="s">
         <v>10</v>
       </c>
       <c r="E165" t="s">
         <v>11</v>
       </c>
       <c r="F165" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="G165" t="s">
         <v>582</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
         <v>583</v>
       </c>
       <c r="B166" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C166" t="s">
         <v>51</v>
       </c>
       <c r="D166" t="s">
         <v>10</v>
       </c>
       <c r="E166" t="s">
         <v>11</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>584</v>
       </c>
       <c r="G166" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
         <v>586</v>
       </c>
       <c r="B167" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C167" t="s">
         <v>55</v>
       </c>
       <c r="D167" t="s">
         <v>10</v>
       </c>
       <c r="E167" t="s">
         <v>11</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>587</v>
       </c>
       <c r="G167" t="s">
-        <v>588</v>
+        <v>361</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="B168" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C168" t="s">
         <v>59</v>
       </c>
       <c r="D168" t="s">
         <v>10</v>
       </c>
       <c r="E168" t="s">
         <v>11</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="G168" t="s">
-        <v>380</v>
+        <v>110</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
+        <v>590</v>
+      </c>
+      <c r="B169" t="s">
+        <v>290</v>
+      </c>
+      <c r="C169" t="s">
+        <v>63</v>
+      </c>
+      <c r="D169" t="s">
+        <v>10</v>
+      </c>
+      <c r="E169" t="s">
+        <v>11</v>
+      </c>
+      <c r="F169" s="1" t="s">
         <v>591</v>
       </c>
-      <c r="B169" t="s">
+      <c r="G169" t="s">
         <v>592</v>
-      </c>
-[...13 lines deleted...]
-        <v>594</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
+        <v>593</v>
+      </c>
+      <c r="B170" t="s">
+        <v>290</v>
+      </c>
+      <c r="C170" t="s">
+        <v>67</v>
+      </c>
+      <c r="D170" t="s">
+        <v>10</v>
+      </c>
+      <c r="E170" t="s">
+        <v>11</v>
+      </c>
+      <c r="F170" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="G170" t="s">
         <v>595</v>
-      </c>
-[...16 lines deleted...]
-        <v>597</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="B171" t="s">
-        <v>592</v>
+        <v>290</v>
       </c>
       <c r="C171" t="s">
-        <v>108</v>
+        <v>71</v>
       </c>
       <c r="D171" t="s">
         <v>10</v>
       </c>
       <c r="E171" t="s">
         <v>11</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="G171" t="s">
-        <v>600</v>
+        <v>388</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="B172" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C172" t="s">
         <v>112</v>
       </c>
       <c r="D172" t="s">
         <v>10</v>
       </c>
       <c r="E172" t="s">
         <v>11</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="G172" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="B173" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C173" t="s">
         <v>116</v>
       </c>
       <c r="D173" t="s">
         <v>10</v>
       </c>
       <c r="E173" t="s">
         <v>11</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
       <c r="G173" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
       <c r="B174" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C174" t="s">
         <v>120</v>
       </c>
       <c r="D174" t="s">
         <v>10</v>
       </c>
       <c r="E174" t="s">
         <v>11</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="G174" t="s">
-        <v>529</v>
+        <v>607</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="B175" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C175" t="s">
         <v>124</v>
       </c>
       <c r="D175" t="s">
         <v>10</v>
       </c>
       <c r="E175" t="s">
         <v>11</v>
       </c>
       <c r="F175" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="G175" t="s">
         <v>610</v>
-      </c>
-[...1 lines deleted...]
-        <v>611</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
+        <v>611</v>
+      </c>
+      <c r="B176" t="s">
+        <v>599</v>
+      </c>
+      <c r="C176" t="s">
+        <v>128</v>
+      </c>
+      <c r="D176" t="s">
+        <v>10</v>
+      </c>
+      <c r="E176" t="s">
+        <v>11</v>
+      </c>
+      <c r="F176" s="1" t="s">
         <v>612</v>
       </c>
-      <c r="B176" t="s">
-[...11 lines deleted...]
-      <c r="F176" s="1" t="s">
+      <c r="G176" t="s">
         <v>613</v>
-      </c>
-[...1 lines deleted...]
-        <v>614</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
+        <v>614</v>
+      </c>
+      <c r="B177" t="s">
+        <v>599</v>
+      </c>
+      <c r="C177" t="s">
+        <v>132</v>
+      </c>
+      <c r="D177" t="s">
+        <v>10</v>
+      </c>
+      <c r="E177" t="s">
+        <v>11</v>
+      </c>
+      <c r="F177" s="1" t="s">
         <v>615</v>
       </c>
-      <c r="B177" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G177" t="s">
-        <v>617</v>
+        <v>536</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
+        <v>616</v>
+      </c>
+      <c r="B178" t="s">
+        <v>599</v>
+      </c>
+      <c r="C178" t="s">
+        <v>136</v>
+      </c>
+      <c r="D178" t="s">
+        <v>10</v>
+      </c>
+      <c r="E178" t="s">
+        <v>11</v>
+      </c>
+      <c r="F178" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="G178" t="s">
         <v>618</v>
-      </c>
-[...16 lines deleted...]
-        <v>620</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>621</v>
+        <v>619</v>
       </c>
       <c r="B179" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C179" t="s">
         <v>139</v>
       </c>
       <c r="D179" t="s">
         <v>10</v>
       </c>
       <c r="E179" t="s">
         <v>11</v>
       </c>
       <c r="F179" s="1" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="G179" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="B180" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C180" t="s">
         <v>143</v>
       </c>
       <c r="D180" t="s">
         <v>10</v>
       </c>
       <c r="E180" t="s">
         <v>11</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="G180" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="B181" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C181" t="s">
         <v>147</v>
       </c>
       <c r="D181" t="s">
         <v>10</v>
       </c>
       <c r="E181" t="s">
         <v>11</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="G181" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="B182" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C182" t="s">
         <v>151</v>
       </c>
       <c r="D182" t="s">
         <v>10</v>
       </c>
       <c r="E182" t="s">
         <v>11</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="G182" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="B183" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C183" t="s">
         <v>155</v>
       </c>
       <c r="D183" t="s">
         <v>10</v>
       </c>
       <c r="E183" t="s">
         <v>11</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="G183" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="B184" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C184" t="s">
         <v>159</v>
       </c>
       <c r="D184" t="s">
         <v>10</v>
       </c>
       <c r="E184" t="s">
         <v>11</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="G184" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="B185" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C185" t="s">
         <v>163</v>
       </c>
       <c r="D185" t="s">
         <v>10</v>
       </c>
       <c r="E185" t="s">
         <v>11</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="G185" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="B186" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C186" t="s">
         <v>167</v>
       </c>
       <c r="D186" t="s">
         <v>10</v>
       </c>
       <c r="E186" t="s">
         <v>11</v>
       </c>
       <c r="F186" s="1" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="G186" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
       <c r="B187" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C187" t="s">
         <v>171</v>
       </c>
       <c r="D187" t="s">
         <v>10</v>
       </c>
       <c r="E187" t="s">
         <v>11</v>
       </c>
       <c r="F187" s="1" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="G187" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
       <c r="B188" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C188" t="s">
         <v>175</v>
       </c>
       <c r="D188" t="s">
         <v>10</v>
       </c>
       <c r="E188" t="s">
         <v>11</v>
       </c>
       <c r="F188" s="1" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
       <c r="G188" t="s">
-        <v>650</v>
+        <v>648</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
       <c r="B189" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C189" t="s">
         <v>179</v>
       </c>
       <c r="D189" t="s">
         <v>10</v>
       </c>
       <c r="E189" t="s">
         <v>11</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
       <c r="G189" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="B190" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C190" t="s">
         <v>183</v>
       </c>
       <c r="D190" t="s">
         <v>10</v>
       </c>
       <c r="E190" t="s">
         <v>11</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="G190" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="B191" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C191" t="s">
         <v>187</v>
       </c>
       <c r="D191" t="s">
         <v>10</v>
       </c>
       <c r="E191" t="s">
         <v>11</v>
       </c>
       <c r="F191" s="1" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="G191" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="B192" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C192" t="s">
         <v>191</v>
       </c>
       <c r="D192" t="s">
         <v>10</v>
       </c>
       <c r="E192" t="s">
         <v>11</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="G192" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="B193" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C193" t="s">
         <v>195</v>
       </c>
       <c r="D193" t="s">
         <v>10</v>
       </c>
       <c r="E193" t="s">
         <v>11</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="G193" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
+        <v>664</v>
+      </c>
+      <c r="B194" t="s">
+        <v>599</v>
+      </c>
+      <c r="C194" t="s">
+        <v>198</v>
+      </c>
+      <c r="D194" t="s">
+        <v>10</v>
+      </c>
+      <c r="E194" t="s">
+        <v>11</v>
+      </c>
+      <c r="F194" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="G194" t="s">
         <v>666</v>
-      </c>
-[...16 lines deleted...]
-        <v>668</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
+        <v>667</v>
+      </c>
+      <c r="B195" t="s">
+        <v>599</v>
+      </c>
+      <c r="C195" t="s">
+        <v>202</v>
+      </c>
+      <c r="D195" t="s">
+        <v>10</v>
+      </c>
+      <c r="E195" t="s">
+        <v>11</v>
+      </c>
+      <c r="F195" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="G195" t="s">
         <v>669</v>
-      </c>
-[...16 lines deleted...]
-        <v>671</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
+        <v>670</v>
+      </c>
+      <c r="B196" t="s">
+        <v>599</v>
+      </c>
+      <c r="C196" t="s">
+        <v>206</v>
+      </c>
+      <c r="D196" t="s">
+        <v>10</v>
+      </c>
+      <c r="E196" t="s">
+        <v>11</v>
+      </c>
+      <c r="F196" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="G196" t="s">
         <v>672</v>
-      </c>
-[...16 lines deleted...]
-        <v>674</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
+        <v>673</v>
+      </c>
+      <c r="B197" t="s">
+        <v>599</v>
+      </c>
+      <c r="C197" t="s">
+        <v>210</v>
+      </c>
+      <c r="D197" t="s">
+        <v>10</v>
+      </c>
+      <c r="E197" t="s">
+        <v>11</v>
+      </c>
+      <c r="F197" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="G197" t="s">
         <v>675</v>
-      </c>
-[...16 lines deleted...]
-        <v>677</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="B198" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C198" t="s">
         <v>214</v>
       </c>
       <c r="D198" t="s">
         <v>10</v>
       </c>
       <c r="E198" t="s">
         <v>11</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="G198" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="B199" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C199" t="s">
         <v>218</v>
       </c>
       <c r="D199" t="s">
         <v>10</v>
       </c>
       <c r="E199" t="s">
         <v>11</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>682</v>
+        <v>680</v>
       </c>
       <c r="G199" t="s">
-        <v>683</v>
+        <v>681</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="B200" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C200" t="s">
         <v>222</v>
       </c>
       <c r="D200" t="s">
         <v>10</v>
       </c>
       <c r="E200" t="s">
         <v>11</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
       <c r="G200" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
+        <v>685</v>
+      </c>
+      <c r="B201" t="s">
+        <v>599</v>
+      </c>
+      <c r="C201" t="s">
+        <v>225</v>
+      </c>
+      <c r="D201" t="s">
+        <v>10</v>
+      </c>
+      <c r="E201" t="s">
+        <v>11</v>
+      </c>
+      <c r="F201" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="G201" t="s">
         <v>687</v>
-      </c>
-[...16 lines deleted...]
-        <v>689</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
+        <v>688</v>
+      </c>
+      <c r="B202" t="s">
+        <v>599</v>
+      </c>
+      <c r="C202" t="s">
+        <v>229</v>
+      </c>
+      <c r="D202" t="s">
+        <v>10</v>
+      </c>
+      <c r="E202" t="s">
+        <v>11</v>
+      </c>
+      <c r="F202" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="G202" t="s">
         <v>690</v>
-      </c>
-[...16 lines deleted...]
-        <v>692</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
+        <v>691</v>
+      </c>
+      <c r="B203" t="s">
+        <v>599</v>
+      </c>
+      <c r="C203" t="s">
+        <v>233</v>
+      </c>
+      <c r="D203" t="s">
+        <v>10</v>
+      </c>
+      <c r="E203" t="s">
+        <v>11</v>
+      </c>
+      <c r="F203" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="G203" t="s">
         <v>693</v>
-      </c>
-[...16 lines deleted...]
-        <v>695</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>696</v>
+        <v>694</v>
       </c>
       <c r="B204" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C204" t="s">
         <v>237</v>
       </c>
       <c r="D204" t="s">
         <v>10</v>
       </c>
       <c r="E204" t="s">
         <v>11</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>697</v>
+        <v>695</v>
       </c>
       <c r="G204" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
+        <v>697</v>
+      </c>
+      <c r="B205" t="s">
+        <v>599</v>
+      </c>
+      <c r="C205" t="s">
+        <v>241</v>
+      </c>
+      <c r="D205" t="s">
+        <v>10</v>
+      </c>
+      <c r="E205" t="s">
+        <v>11</v>
+      </c>
+      <c r="F205" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="G205" t="s">
         <v>699</v>
-      </c>
-[...16 lines deleted...]
-        <v>701</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
       <c r="B206" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C206" t="s">
         <v>9</v>
       </c>
       <c r="D206" t="s">
         <v>10</v>
       </c>
       <c r="E206" t="s">
         <v>11</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="G206" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="B207" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C207" t="s">
         <v>15</v>
       </c>
       <c r="D207" t="s">
         <v>10</v>
       </c>
       <c r="E207" t="s">
         <v>11</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="G207" t="s">
-        <v>707</v>
+        <v>705</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
-        <v>708</v>
+        <v>706</v>
       </c>
       <c r="B208" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C208" t="s">
         <v>19</v>
       </c>
       <c r="D208" t="s">
         <v>10</v>
       </c>
       <c r="E208" t="s">
         <v>11</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>709</v>
+        <v>707</v>
       </c>
       <c r="G208" t="s">
-        <v>710</v>
+        <v>708</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>711</v>
+        <v>709</v>
       </c>
       <c r="B209" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C209" t="s">
         <v>23</v>
       </c>
       <c r="D209" t="s">
         <v>10</v>
       </c>
       <c r="E209" t="s">
         <v>11</v>
       </c>
       <c r="F209" s="1" t="s">
-        <v>712</v>
+        <v>710</v>
       </c>
       <c r="G209" t="s">
-        <v>713</v>
+        <v>711</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="B210" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C210" t="s">
         <v>27</v>
       </c>
       <c r="D210" t="s">
         <v>10</v>
       </c>
       <c r="E210" t="s">
         <v>11</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>715</v>
+        <v>713</v>
       </c>
       <c r="G210" t="s">
-        <v>716</v>
+        <v>714</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>717</v>
+        <v>715</v>
       </c>
       <c r="B211" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C211" t="s">
         <v>31</v>
       </c>
       <c r="D211" t="s">
         <v>10</v>
       </c>
       <c r="E211" t="s">
         <v>11</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>718</v>
+        <v>716</v>
       </c>
       <c r="G211" t="s">
-        <v>557</v>
+        <v>717</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="B212" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C212" t="s">
         <v>35</v>
       </c>
       <c r="D212" t="s">
         <v>10</v>
       </c>
       <c r="E212" t="s">
         <v>11</v>
       </c>
       <c r="F212" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="G212" t="s">
         <v>720</v>
-      </c>
-[...1 lines deleted...]
-        <v>721</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>722</v>
+        <v>721</v>
       </c>
       <c r="B213" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C213" t="s">
         <v>39</v>
       </c>
       <c r="D213" t="s">
         <v>10</v>
       </c>
       <c r="E213" t="s">
         <v>11</v>
       </c>
       <c r="F213" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="G213" t="s">
         <v>723</v>
-      </c>
-[...1 lines deleted...]
-        <v>724</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>725</v>
+        <v>724</v>
       </c>
       <c r="B214" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C214" t="s">
         <v>43</v>
       </c>
       <c r="D214" t="s">
         <v>10</v>
       </c>
       <c r="E214" t="s">
         <v>11</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>726</v>
+        <v>725</v>
       </c>
       <c r="G214" t="s">
-        <v>727</v>
+        <v>564</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
       <c r="B215" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C215" t="s">
         <v>47</v>
       </c>
       <c r="D215" t="s">
         <v>10</v>
       </c>
       <c r="E215" t="s">
         <v>11</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
       <c r="G215" t="s">
-        <v>730</v>
+        <v>728</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>731</v>
+        <v>729</v>
       </c>
       <c r="B216" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C216" t="s">
         <v>51</v>
       </c>
       <c r="D216" t="s">
         <v>10</v>
       </c>
       <c r="E216" t="s">
         <v>11</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>732</v>
+        <v>730</v>
       </c>
       <c r="G216" t="s">
-        <v>733</v>
+        <v>731</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="B217" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C217" t="s">
         <v>55</v>
       </c>
       <c r="D217" t="s">
         <v>10</v>
       </c>
       <c r="E217" t="s">
         <v>11</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="G217" t="s">
-        <v>736</v>
+        <v>734</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>737</v>
+        <v>735</v>
       </c>
       <c r="B218" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C218" t="s">
         <v>59</v>
       </c>
       <c r="D218" t="s">
         <v>10</v>
       </c>
       <c r="E218" t="s">
         <v>11</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>738</v>
+        <v>736</v>
       </c>
       <c r="G218" t="s">
-        <v>739</v>
+        <v>737</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
+        <v>738</v>
+      </c>
+      <c r="B219" t="s">
+        <v>599</v>
+      </c>
+      <c r="C219" t="s">
+        <v>63</v>
+      </c>
+      <c r="D219" t="s">
+        <v>10</v>
+      </c>
+      <c r="E219" t="s">
+        <v>11</v>
+      </c>
+      <c r="F219" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="G219" t="s">
         <v>740</v>
-      </c>
-[...16 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
+        <v>741</v>
+      </c>
+      <c r="B220" t="s">
+        <v>599</v>
+      </c>
+      <c r="C220" t="s">
+        <v>67</v>
+      </c>
+      <c r="D220" t="s">
+        <v>10</v>
+      </c>
+      <c r="E220" t="s">
+        <v>11</v>
+      </c>
+      <c r="F220" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="G220" t="s">
         <v>743</v>
-      </c>
-[...16 lines deleted...]
-        <v>745</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
+        <v>744</v>
+      </c>
+      <c r="B221" t="s">
+        <v>599</v>
+      </c>
+      <c r="C221" t="s">
+        <v>71</v>
+      </c>
+      <c r="D221" t="s">
+        <v>10</v>
+      </c>
+      <c r="E221" t="s">
+        <v>11</v>
+      </c>
+      <c r="F221" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="G221" t="s">
         <v>746</v>
-      </c>
-[...16 lines deleted...]
-        <v>748</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
+        <v>747</v>
+      </c>
+      <c r="B222" t="s">
+        <v>748</v>
+      </c>
+      <c r="C222" t="s">
+        <v>132</v>
+      </c>
+      <c r="D222" t="s">
+        <v>10</v>
+      </c>
+      <c r="E222" t="s">
+        <v>11</v>
+      </c>
+      <c r="F222" s="1" t="s">
         <v>749</v>
       </c>
-      <c r="B222" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G222" t="s">
-        <v>751</v>
+        <v>407</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
+        <v>750</v>
+      </c>
+      <c r="B223" t="s">
+        <v>748</v>
+      </c>
+      <c r="C223" t="s">
+        <v>136</v>
+      </c>
+      <c r="D223" t="s">
+        <v>10</v>
+      </c>
+      <c r="E223" t="s">
+        <v>11</v>
+      </c>
+      <c r="F223" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="G223" t="s">
         <v>752</v>
-      </c>
-[...16 lines deleted...]
-        <v>754</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="B224" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C224" t="s">
         <v>139</v>
       </c>
       <c r="D224" t="s">
         <v>10</v>
       </c>
       <c r="E224" t="s">
         <v>11</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>756</v>
+        <v>754</v>
       </c>
       <c r="G224" t="s">
-        <v>757</v>
+        <v>755</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>758</v>
+        <v>756</v>
       </c>
       <c r="B225" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C225" t="s">
         <v>143</v>
       </c>
       <c r="D225" t="s">
         <v>10</v>
       </c>
       <c r="E225" t="s">
         <v>11</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
       <c r="G225" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="B226" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C226" t="s">
         <v>147</v>
       </c>
       <c r="D226" t="s">
         <v>10</v>
       </c>
       <c r="E226" t="s">
         <v>11</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="G226" t="s">
-        <v>763</v>
+        <v>761</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
-        <v>764</v>
+        <v>762</v>
       </c>
       <c r="B227" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C227" t="s">
         <v>151</v>
       </c>
       <c r="D227" t="s">
         <v>10</v>
       </c>
       <c r="E227" t="s">
         <v>11</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="G227" t="s">
-        <v>766</v>
+        <v>764</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="B228" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C228" t="s">
         <v>155</v>
       </c>
       <c r="D228" t="s">
         <v>10</v>
       </c>
       <c r="E228" t="s">
         <v>11</v>
       </c>
       <c r="F228" s="1" t="s">
-        <v>768</v>
+        <v>766</v>
       </c>
       <c r="G228" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
-        <v>770</v>
+        <v>768</v>
       </c>
       <c r="B229" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C229" t="s">
         <v>159</v>
       </c>
       <c r="D229" t="s">
         <v>10</v>
       </c>
       <c r="E229" t="s">
         <v>11</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>771</v>
+        <v>769</v>
       </c>
       <c r="G229" t="s">
-        <v>772</v>
+        <v>770</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>773</v>
+        <v>771</v>
       </c>
       <c r="B230" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C230" t="s">
         <v>163</v>
       </c>
       <c r="D230" t="s">
         <v>10</v>
       </c>
       <c r="E230" t="s">
         <v>11</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>774</v>
+        <v>772</v>
       </c>
       <c r="G230" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
-        <v>776</v>
+        <v>774</v>
       </c>
       <c r="B231" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C231" t="s">
         <v>167</v>
       </c>
       <c r="D231" t="s">
         <v>10</v>
       </c>
       <c r="E231" t="s">
         <v>11</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>777</v>
+        <v>775</v>
       </c>
       <c r="G231" t="s">
-        <v>778</v>
+        <v>776</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
-        <v>779</v>
+        <v>777</v>
       </c>
       <c r="B232" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C232" t="s">
         <v>171</v>
       </c>
       <c r="D232" t="s">
         <v>10</v>
       </c>
       <c r="E232" t="s">
         <v>11</v>
       </c>
       <c r="F232" s="1" t="s">
-        <v>780</v>
+        <v>778</v>
       </c>
       <c r="G232" t="s">
-        <v>781</v>
+        <v>779</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
       <c r="B233" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C233" t="s">
         <v>175</v>
       </c>
       <c r="D233" t="s">
         <v>10</v>
       </c>
       <c r="E233" t="s">
         <v>11</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>783</v>
+        <v>781</v>
       </c>
       <c r="G233" t="s">
-        <v>784</v>
+        <v>782</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
       <c r="B234" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C234" t="s">
         <v>179</v>
       </c>
       <c r="D234" t="s">
         <v>10</v>
       </c>
       <c r="E234" t="s">
         <v>11</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>786</v>
+        <v>784</v>
       </c>
       <c r="G234" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="B235" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C235" t="s">
         <v>183</v>
       </c>
       <c r="D235" t="s">
         <v>10</v>
       </c>
       <c r="E235" t="s">
         <v>11</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>789</v>
+        <v>787</v>
       </c>
       <c r="G235" t="s">
-        <v>790</v>
+        <v>788</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
       <c r="B236" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C236" t="s">
         <v>187</v>
       </c>
       <c r="D236" t="s">
         <v>10</v>
       </c>
       <c r="E236" t="s">
         <v>11</v>
       </c>
       <c r="F236" s="1" t="s">
-        <v>792</v>
+        <v>790</v>
       </c>
       <c r="G236" t="s">
-        <v>793</v>
+        <v>791</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
-        <v>794</v>
+        <v>792</v>
       </c>
       <c r="B237" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C237" t="s">
         <v>191</v>
       </c>
       <c r="D237" t="s">
         <v>10</v>
       </c>
       <c r="E237" t="s">
         <v>11</v>
       </c>
       <c r="F237" s="1" t="s">
-        <v>795</v>
+        <v>793</v>
       </c>
       <c r="G237" t="s">
-        <v>656</v>
+        <v>794</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
-        <v>796</v>
+        <v>795</v>
       </c>
       <c r="B238" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C238" t="s">
         <v>195</v>
       </c>
       <c r="D238" t="s">
         <v>10</v>
       </c>
       <c r="E238" t="s">
         <v>11</v>
       </c>
       <c r="F238" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="G238" t="s">
         <v>797</v>
-      </c>
-[...1 lines deleted...]
-        <v>798</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
+        <v>798</v>
+      </c>
+      <c r="B239" t="s">
+        <v>748</v>
+      </c>
+      <c r="C239" t="s">
+        <v>198</v>
+      </c>
+      <c r="D239" t="s">
+        <v>10</v>
+      </c>
+      <c r="E239" t="s">
+        <v>11</v>
+      </c>
+      <c r="F239" s="1" t="s">
         <v>799</v>
       </c>
-      <c r="B239" t="s">
-[...11 lines deleted...]
-      <c r="F239" s="1" t="s">
+      <c r="G239" t="s">
         <v>800</v>
-      </c>
-[...1 lines deleted...]
-        <v>801</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
+        <v>801</v>
+      </c>
+      <c r="B240" t="s">
+        <v>748</v>
+      </c>
+      <c r="C240" t="s">
+        <v>202</v>
+      </c>
+      <c r="D240" t="s">
+        <v>10</v>
+      </c>
+      <c r="E240" t="s">
+        <v>11</v>
+      </c>
+      <c r="F240" s="1" t="s">
         <v>802</v>
       </c>
-      <c r="B240" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G240" t="s">
-        <v>804</v>
+        <v>663</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
+        <v>803</v>
+      </c>
+      <c r="B241" t="s">
+        <v>748</v>
+      </c>
+      <c r="C241" t="s">
+        <v>206</v>
+      </c>
+      <c r="D241" t="s">
+        <v>10</v>
+      </c>
+      <c r="E241" t="s">
+        <v>11</v>
+      </c>
+      <c r="F241" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="G241" t="s">
         <v>805</v>
-      </c>
-[...16 lines deleted...]
-        <v>807</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
+        <v>806</v>
+      </c>
+      <c r="B242" t="s">
+        <v>748</v>
+      </c>
+      <c r="C242" t="s">
+        <v>210</v>
+      </c>
+      <c r="D242" t="s">
+        <v>10</v>
+      </c>
+      <c r="E242" t="s">
+        <v>11</v>
+      </c>
+      <c r="F242" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="G242" t="s">
         <v>808</v>
-      </c>
-[...16 lines deleted...]
-        <v>810</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
-        <v>811</v>
+        <v>809</v>
       </c>
       <c r="B243" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C243" t="s">
         <v>218</v>
       </c>
       <c r="D243" t="s">
         <v>10</v>
       </c>
       <c r="E243" t="s">
         <v>11</v>
       </c>
       <c r="F243" s="1" t="s">
-        <v>812</v>
+        <v>810</v>
       </c>
       <c r="G243" t="s">
-        <v>813</v>
+        <v>811</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
-        <v>814</v>
+        <v>812</v>
       </c>
       <c r="B244" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C244" t="s">
         <v>222</v>
       </c>
       <c r="D244" t="s">
         <v>10</v>
       </c>
       <c r="E244" t="s">
         <v>11</v>
       </c>
       <c r="F244" s="1" t="s">
-        <v>815</v>
+        <v>813</v>
       </c>
       <c r="G244" t="s">
-        <v>816</v>
+        <v>814</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
+        <v>815</v>
+      </c>
+      <c r="B245" t="s">
+        <v>748</v>
+      </c>
+      <c r="C245" t="s">
+        <v>225</v>
+      </c>
+      <c r="D245" t="s">
+        <v>10</v>
+      </c>
+      <c r="E245" t="s">
+        <v>11</v>
+      </c>
+      <c r="F245" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="G245" t="s">
         <v>817</v>
-      </c>
-[...16 lines deleted...]
-        <v>819</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
+        <v>818</v>
+      </c>
+      <c r="B246" t="s">
+        <v>748</v>
+      </c>
+      <c r="C246" t="s">
+        <v>229</v>
+      </c>
+      <c r="D246" t="s">
+        <v>10</v>
+      </c>
+      <c r="E246" t="s">
+        <v>11</v>
+      </c>
+      <c r="F246" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="G246" t="s">
         <v>820</v>
-      </c>
-[...16 lines deleted...]
-        <v>822</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
+        <v>821</v>
+      </c>
+      <c r="B247" t="s">
+        <v>748</v>
+      </c>
+      <c r="C247" t="s">
+        <v>233</v>
+      </c>
+      <c r="D247" t="s">
+        <v>10</v>
+      </c>
+      <c r="E247" t="s">
+        <v>11</v>
+      </c>
+      <c r="F247" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="G247" t="s">
         <v>823</v>
-      </c>
-[...16 lines deleted...]
-        <v>825</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
-        <v>826</v>
+        <v>824</v>
       </c>
       <c r="B248" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C248" t="s">
         <v>237</v>
       </c>
       <c r="D248" t="s">
         <v>10</v>
       </c>
       <c r="E248" t="s">
         <v>11</v>
       </c>
       <c r="F248" s="1" t="s">
-        <v>827</v>
+        <v>825</v>
       </c>
       <c r="G248" t="s">
-        <v>828</v>
+        <v>826</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
+        <v>827</v>
+      </c>
+      <c r="B249" t="s">
+        <v>748</v>
+      </c>
+      <c r="C249" t="s">
+        <v>241</v>
+      </c>
+      <c r="D249" t="s">
+        <v>10</v>
+      </c>
+      <c r="E249" t="s">
+        <v>11</v>
+      </c>
+      <c r="F249" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="G249" t="s">
         <v>829</v>
-      </c>
-[...16 lines deleted...]
-        <v>831</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
-        <v>832</v>
+        <v>830</v>
       </c>
       <c r="B250" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C250" t="s">
         <v>9</v>
       </c>
       <c r="D250" t="s">
         <v>10</v>
       </c>
       <c r="E250" t="s">
         <v>11</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>833</v>
+        <v>831</v>
       </c>
       <c r="G250" t="s">
-        <v>834</v>
+        <v>832</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
-        <v>835</v>
+        <v>833</v>
       </c>
       <c r="B251" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C251" t="s">
         <v>15</v>
       </c>
       <c r="D251" t="s">
         <v>10</v>
       </c>
       <c r="E251" t="s">
         <v>11</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>836</v>
+        <v>834</v>
       </c>
       <c r="G251" t="s">
-        <v>837</v>
+        <v>835</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="B252" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C252" t="s">
         <v>19</v>
       </c>
       <c r="D252" t="s">
         <v>10</v>
       </c>
       <c r="E252" t="s">
         <v>11</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>839</v>
+        <v>837</v>
       </c>
       <c r="G252" t="s">
-        <v>840</v>
+        <v>838</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
-        <v>841</v>
+        <v>839</v>
       </c>
       <c r="B253" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C253" t="s">
         <v>23</v>
       </c>
       <c r="D253" t="s">
         <v>10</v>
       </c>
       <c r="E253" t="s">
         <v>11</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>842</v>
+        <v>840</v>
       </c>
       <c r="G253" t="s">
-        <v>843</v>
+        <v>841</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="B254" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C254" t="s">
         <v>27</v>
       </c>
       <c r="D254" t="s">
         <v>10</v>
       </c>
       <c r="E254" t="s">
         <v>11</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>845</v>
+        <v>843</v>
       </c>
       <c r="G254" t="s">
-        <v>846</v>
+        <v>844</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
-        <v>847</v>
+        <v>845</v>
       </c>
       <c r="B255" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C255" t="s">
         <v>31</v>
       </c>
       <c r="D255" t="s">
         <v>10</v>
       </c>
       <c r="E255" t="s">
         <v>11</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>848</v>
+        <v>846</v>
       </c>
       <c r="G255" t="s">
-        <v>849</v>
+        <v>847</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
-        <v>850</v>
+        <v>848</v>
       </c>
       <c r="B256" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C256" t="s">
         <v>35</v>
       </c>
       <c r="D256" t="s">
         <v>10</v>
       </c>
       <c r="E256" t="s">
         <v>11</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="G256" t="s">
-        <v>852</v>
+        <v>850</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
-        <v>853</v>
+        <v>851</v>
       </c>
       <c r="B257" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C257" t="s">
         <v>39</v>
       </c>
       <c r="D257" t="s">
         <v>10</v>
       </c>
       <c r="E257" t="s">
         <v>11</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>854</v>
+        <v>852</v>
       </c>
       <c r="G257" t="s">
-        <v>855</v>
+        <v>853</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
-        <v>856</v>
+        <v>854</v>
       </c>
       <c r="B258" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C258" t="s">
         <v>43</v>
       </c>
       <c r="D258" t="s">
         <v>10</v>
       </c>
       <c r="E258" t="s">
         <v>11</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>857</v>
+        <v>855</v>
       </c>
       <c r="G258" t="s">
-        <v>858</v>
+        <v>856</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
-        <v>859</v>
+        <v>857</v>
       </c>
       <c r="B259" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C259" t="s">
         <v>47</v>
       </c>
       <c r="D259" t="s">
         <v>10</v>
       </c>
       <c r="E259" t="s">
         <v>11</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="G259" t="s">
-        <v>861</v>
+        <v>859</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
-        <v>862</v>
+        <v>860</v>
       </c>
       <c r="B260" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C260" t="s">
         <v>51</v>
       </c>
       <c r="D260" t="s">
         <v>10</v>
       </c>
       <c r="E260" t="s">
         <v>11</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>863</v>
+        <v>861</v>
       </c>
       <c r="G260" t="s">
-        <v>864</v>
+        <v>862</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
-        <v>865</v>
+        <v>863</v>
       </c>
       <c r="B261" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C261" t="s">
         <v>55</v>
       </c>
       <c r="D261" t="s">
         <v>10</v>
       </c>
       <c r="E261" t="s">
         <v>11</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>866</v>
+        <v>864</v>
       </c>
       <c r="G261" t="s">
-        <v>867</v>
+        <v>865</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
-        <v>868</v>
+        <v>866</v>
       </c>
       <c r="B262" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C262" t="s">
         <v>59</v>
       </c>
       <c r="D262" t="s">
         <v>10</v>
       </c>
       <c r="E262" t="s">
         <v>11</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>869</v>
+        <v>867</v>
       </c>
       <c r="G262" t="s">
-        <v>870</v>
+        <v>868</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
+        <v>869</v>
+      </c>
+      <c r="B263" t="s">
+        <v>748</v>
+      </c>
+      <c r="C263" t="s">
+        <v>63</v>
+      </c>
+      <c r="D263" t="s">
+        <v>10</v>
+      </c>
+      <c r="E263" t="s">
+        <v>11</v>
+      </c>
+      <c r="F263" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="G263" t="s">
         <v>871</v>
-      </c>
-[...16 lines deleted...]
-        <v>874</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
-        <v>875</v>
+        <v>872</v>
       </c>
       <c r="B264" t="s">
-        <v>872</v>
+        <v>748</v>
       </c>
       <c r="C264" t="s">
-        <v>80</v>
+        <v>67</v>
       </c>
       <c r="D264" t="s">
         <v>10</v>
       </c>
       <c r="E264" t="s">
         <v>11</v>
       </c>
       <c r="F264" s="1" t="s">
-        <v>876</v>
+        <v>873</v>
       </c>
       <c r="G264" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="B265" t="s">
-        <v>872</v>
+        <v>748</v>
       </c>
       <c r="C265" t="s">
-        <v>84</v>
+        <v>71</v>
       </c>
       <c r="D265" t="s">
         <v>10</v>
       </c>
       <c r="E265" t="s">
         <v>11</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>879</v>
+        <v>876</v>
       </c>
       <c r="G265" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="B266" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C266" t="s">
         <v>88</v>
       </c>
       <c r="D266" t="s">
         <v>10</v>
       </c>
       <c r="E266" t="s">
         <v>11</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="G266" t="s">
-        <v>883</v>
+        <v>881</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
-        <v>884</v>
+        <v>882</v>
       </c>
       <c r="B267" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C267" t="s">
         <v>92</v>
       </c>
       <c r="D267" t="s">
         <v>10</v>
       </c>
       <c r="E267" t="s">
         <v>11</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>885</v>
+        <v>883</v>
       </c>
       <c r="G267" t="s">
-        <v>886</v>
+        <v>884</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
-        <v>887</v>
+        <v>885</v>
       </c>
       <c r="B268" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C268" t="s">
         <v>96</v>
       </c>
       <c r="D268" t="s">
         <v>10</v>
       </c>
       <c r="E268" t="s">
         <v>11</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>888</v>
+        <v>886</v>
       </c>
       <c r="G268" t="s">
-        <v>889</v>
+        <v>887</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
-        <v>890</v>
+        <v>888</v>
       </c>
       <c r="B269" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C269" t="s">
         <v>100</v>
       </c>
       <c r="D269" t="s">
         <v>10</v>
       </c>
       <c r="E269" t="s">
         <v>11</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>891</v>
+        <v>889</v>
       </c>
       <c r="G269" t="s">
-        <v>892</v>
+        <v>890</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
-        <v>893</v>
+        <v>891</v>
       </c>
       <c r="B270" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C270" t="s">
         <v>104</v>
       </c>
       <c r="D270" t="s">
         <v>10</v>
       </c>
       <c r="E270" t="s">
         <v>11</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>894</v>
+        <v>892</v>
       </c>
       <c r="G270" t="s">
-        <v>895</v>
+        <v>893</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
-        <v>896</v>
+        <v>894</v>
       </c>
       <c r="B271" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C271" t="s">
         <v>108</v>
       </c>
       <c r="D271" t="s">
         <v>10</v>
       </c>
       <c r="E271" t="s">
         <v>11</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="G271" t="s">
-        <v>898</v>
+        <v>896</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
-        <v>899</v>
+        <v>897</v>
       </c>
       <c r="B272" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C272" t="s">
         <v>112</v>
       </c>
       <c r="D272" t="s">
         <v>10</v>
       </c>
       <c r="E272" t="s">
         <v>11</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>900</v>
+        <v>898</v>
       </c>
       <c r="G272" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
-        <v>902</v>
+        <v>900</v>
       </c>
       <c r="B273" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C273" t="s">
         <v>116</v>
       </c>
       <c r="D273" t="s">
         <v>10</v>
       </c>
       <c r="E273" t="s">
         <v>11</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>903</v>
+        <v>901</v>
       </c>
       <c r="G273" t="s">
-        <v>904</v>
+        <v>902</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
-        <v>905</v>
+        <v>903</v>
       </c>
       <c r="B274" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C274" t="s">
         <v>120</v>
       </c>
       <c r="D274" t="s">
         <v>10</v>
       </c>
       <c r="E274" t="s">
         <v>11</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
       <c r="G274" t="s">
-        <v>907</v>
+        <v>905</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
-        <v>908</v>
+        <v>906</v>
       </c>
       <c r="B275" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C275" t="s">
         <v>124</v>
       </c>
       <c r="D275" t="s">
         <v>10</v>
       </c>
       <c r="E275" t="s">
         <v>11</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>909</v>
+        <v>907</v>
       </c>
       <c r="G275" t="s">
-        <v>910</v>
+        <v>908</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
+        <v>909</v>
+      </c>
+      <c r="B276" t="s">
+        <v>879</v>
+      </c>
+      <c r="C276" t="s">
+        <v>128</v>
+      </c>
+      <c r="D276" t="s">
+        <v>10</v>
+      </c>
+      <c r="E276" t="s">
+        <v>11</v>
+      </c>
+      <c r="F276" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="G276" t="s">
         <v>911</v>
-      </c>
-[...16 lines deleted...]
-        <v>913</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
+        <v>912</v>
+      </c>
+      <c r="B277" t="s">
+        <v>879</v>
+      </c>
+      <c r="C277" t="s">
+        <v>132</v>
+      </c>
+      <c r="D277" t="s">
+        <v>10</v>
+      </c>
+      <c r="E277" t="s">
+        <v>11</v>
+      </c>
+      <c r="F277" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="G277" t="s">
         <v>914</v>
-      </c>
-[...16 lines deleted...]
-        <v>671</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
+        <v>915</v>
+      </c>
+      <c r="B278" t="s">
+        <v>879</v>
+      </c>
+      <c r="C278" t="s">
+        <v>136</v>
+      </c>
+      <c r="D278" t="s">
+        <v>10</v>
+      </c>
+      <c r="E278" t="s">
+        <v>11</v>
+      </c>
+      <c r="F278" s="1" t="s">
         <v>916</v>
       </c>
-      <c r="B278" t="s">
-[...11 lines deleted...]
-      <c r="F278" s="1" t="s">
+      <c r="G278" t="s">
         <v>917</v>
-      </c>
-[...1 lines deleted...]
-        <v>790</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
         <v>918</v>
       </c>
       <c r="B279" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C279" t="s">
         <v>139</v>
       </c>
       <c r="D279" t="s">
         <v>10</v>
       </c>
       <c r="E279" t="s">
         <v>11</v>
       </c>
       <c r="F279" s="1" t="s">
         <v>919</v>
       </c>
       <c r="G279" t="s">
-        <v>798</v>
+        <v>920</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="B280" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C280" t="s">
         <v>143</v>
       </c>
       <c r="D280" t="s">
         <v>10</v>
       </c>
       <c r="E280" t="s">
         <v>11</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="G280" t="s">
-        <v>922</v>
+        <v>678</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
         <v>923</v>
       </c>
       <c r="B281" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C281" t="s">
         <v>147</v>
       </c>
       <c r="D281" t="s">
         <v>10</v>
       </c>
       <c r="E281" t="s">
         <v>11</v>
       </c>
       <c r="F281" s="1" t="s">
         <v>924</v>
       </c>
       <c r="G281" t="s">
-        <v>925</v>
+        <v>797</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
-        <v>926</v>
+        <v>925</v>
       </c>
       <c r="B282" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C282" t="s">
         <v>151</v>
       </c>
       <c r="D282" t="s">
         <v>10</v>
       </c>
       <c r="E282" t="s">
         <v>11</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>927</v>
+        <v>926</v>
       </c>
       <c r="G282" t="s">
-        <v>928</v>
+        <v>805</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
-        <v>929</v>
+        <v>927</v>
       </c>
       <c r="B283" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C283" t="s">
         <v>155</v>
       </c>
       <c r="D283" t="s">
         <v>10</v>
       </c>
       <c r="E283" t="s">
         <v>11</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>930</v>
+        <v>928</v>
       </c>
       <c r="G283" t="s">
-        <v>931</v>
+        <v>929</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
-        <v>932</v>
+        <v>930</v>
       </c>
       <c r="B284" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C284" t="s">
         <v>159</v>
       </c>
       <c r="D284" t="s">
         <v>10</v>
       </c>
       <c r="E284" t="s">
         <v>11</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>933</v>
+        <v>931</v>
       </c>
       <c r="G284" t="s">
-        <v>934</v>
+        <v>932</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
-        <v>935</v>
+        <v>933</v>
       </c>
       <c r="B285" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C285" t="s">
         <v>163</v>
       </c>
       <c r="D285" t="s">
         <v>10</v>
       </c>
       <c r="E285" t="s">
         <v>11</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>936</v>
+        <v>934</v>
       </c>
       <c r="G285" t="s">
-        <v>937</v>
+        <v>935</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
-        <v>938</v>
+        <v>936</v>
       </c>
       <c r="B286" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C286" t="s">
         <v>167</v>
       </c>
       <c r="D286" t="s">
         <v>10</v>
       </c>
       <c r="E286" t="s">
         <v>11</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>939</v>
+        <v>937</v>
       </c>
       <c r="G286" t="s">
-        <v>940</v>
+        <v>938</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
-        <v>941</v>
+        <v>939</v>
       </c>
       <c r="B287" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C287" t="s">
         <v>171</v>
       </c>
       <c r="D287" t="s">
         <v>10</v>
       </c>
       <c r="E287" t="s">
         <v>11</v>
       </c>
       <c r="F287" s="1" t="s">
-        <v>942</v>
+        <v>940</v>
       </c>
       <c r="G287" t="s">
-        <v>798</v>
+        <v>941</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
-        <v>943</v>
+        <v>942</v>
       </c>
       <c r="B288" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C288" t="s">
         <v>175</v>
       </c>
       <c r="D288" t="s">
         <v>10</v>
       </c>
       <c r="E288" t="s">
         <v>11</v>
       </c>
       <c r="F288" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="G288" t="s">
         <v>944</v>
-      </c>
-[...1 lines deleted...]
-        <v>945</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
-        <v>946</v>
+        <v>945</v>
       </c>
       <c r="B289" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C289" t="s">
         <v>179</v>
       </c>
       <c r="D289" t="s">
         <v>10</v>
       </c>
       <c r="E289" t="s">
         <v>11</v>
       </c>
       <c r="F289" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="G289" t="s">
         <v>947</v>
-      </c>
-[...1 lines deleted...]
-        <v>948</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
-        <v>949</v>
+        <v>948</v>
       </c>
       <c r="B290" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C290" t="s">
         <v>183</v>
       </c>
       <c r="D290" t="s">
         <v>10</v>
       </c>
       <c r="E290" t="s">
         <v>11</v>
       </c>
       <c r="F290" s="1" t="s">
-        <v>950</v>
+        <v>949</v>
       </c>
       <c r="G290" t="s">
-        <v>951</v>
+        <v>805</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
-        <v>952</v>
+        <v>950</v>
       </c>
       <c r="B291" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C291" t="s">
         <v>187</v>
       </c>
       <c r="D291" t="s">
         <v>10</v>
       </c>
       <c r="E291" t="s">
         <v>11</v>
       </c>
       <c r="F291" s="1" t="s">
-        <v>953</v>
+        <v>951</v>
       </c>
       <c r="G291" t="s">
-        <v>954</v>
+        <v>952</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="B292" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C292" t="s">
         <v>191</v>
       </c>
       <c r="D292" t="s">
         <v>10</v>
       </c>
       <c r="E292" t="s">
         <v>11</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>956</v>
+        <v>954</v>
       </c>
       <c r="G292" t="s">
-        <v>957</v>
+        <v>955</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
-        <v>958</v>
+        <v>956</v>
       </c>
       <c r="B293" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C293" t="s">
         <v>195</v>
       </c>
       <c r="D293" t="s">
         <v>10</v>
       </c>
       <c r="E293" t="s">
         <v>11</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>959</v>
+        <v>957</v>
       </c>
       <c r="G293" t="s">
-        <v>704</v>
+        <v>958</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
+        <v>959</v>
+      </c>
+      <c r="B294" t="s">
+        <v>879</v>
+      </c>
+      <c r="C294" t="s">
+        <v>198</v>
+      </c>
+      <c r="D294" t="s">
+        <v>10</v>
+      </c>
+      <c r="E294" t="s">
+        <v>11</v>
+      </c>
+      <c r="F294" s="1" t="s">
         <v>960</v>
       </c>
-      <c r="B294" t="s">
-[...11 lines deleted...]
-      <c r="F294" s="1" t="s">
+      <c r="G294" t="s">
         <v>961</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
         <v>962</v>
       </c>
       <c r="B295" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C295" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D295" t="s">
         <v>10</v>
       </c>
       <c r="E295" t="s">
         <v>11</v>
       </c>
       <c r="F295" s="1" t="s">
         <v>963</v>
       </c>
       <c r="G295" t="s">
         <v>964</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
         <v>965</v>
       </c>
       <c r="B296" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C296" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="D296" t="s">
         <v>10</v>
       </c>
       <c r="E296" t="s">
         <v>11</v>
       </c>
       <c r="F296" s="1" t="s">
         <v>966</v>
       </c>
       <c r="G296" t="s">
-        <v>967</v>
+        <v>711</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
+        <v>967</v>
+      </c>
+      <c r="B297" t="s">
+        <v>879</v>
+      </c>
+      <c r="C297" t="s">
+        <v>210</v>
+      </c>
+      <c r="D297" t="s">
+        <v>10</v>
+      </c>
+      <c r="E297" t="s">
+        <v>11</v>
+      </c>
+      <c r="F297" s="1" t="s">
         <v>968</v>
       </c>
-      <c r="B297" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G297" t="s">
-        <v>970</v>
+        <v>102</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
-        <v>971</v>
+        <v>969</v>
       </c>
       <c r="B298" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C298" t="s">
         <v>214</v>
       </c>
       <c r="D298" t="s">
         <v>10</v>
       </c>
       <c r="E298" t="s">
         <v>11</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>972</v>
+        <v>970</v>
       </c>
       <c r="G298" t="s">
-        <v>904</v>
+        <v>971</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
-        <v>973</v>
+        <v>972</v>
       </c>
       <c r="B299" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C299" t="s">
         <v>218</v>
       </c>
       <c r="D299" t="s">
         <v>10</v>
       </c>
       <c r="E299" t="s">
         <v>11</v>
       </c>
       <c r="F299" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="G299" t="s">
         <v>974</v>
-      </c>
-[...1 lines deleted...]
-        <v>975</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
-        <v>976</v>
+        <v>975</v>
       </c>
       <c r="B300" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C300" t="s">
         <v>222</v>
       </c>
       <c r="D300" t="s">
         <v>10</v>
       </c>
       <c r="E300" t="s">
         <v>11</v>
       </c>
       <c r="F300" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="G300" t="s">
         <v>977</v>
-      </c>
-[...1 lines deleted...]
-        <v>704</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
         <v>978</v>
       </c>
       <c r="B301" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C301" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="D301" t="s">
         <v>10</v>
       </c>
       <c r="E301" t="s">
         <v>11</v>
       </c>
       <c r="F301" s="1" t="s">
         <v>979</v>
       </c>
       <c r="G301" t="s">
-        <v>980</v>
+        <v>911</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
+        <v>980</v>
+      </c>
+      <c r="B302" t="s">
+        <v>879</v>
+      </c>
+      <c r="C302" t="s">
+        <v>229</v>
+      </c>
+      <c r="D302" t="s">
+        <v>10</v>
+      </c>
+      <c r="E302" t="s">
+        <v>11</v>
+      </c>
+      <c r="F302" s="1" t="s">
         <v>981</v>
       </c>
-      <c r="B302" t="s">
-[...11 lines deleted...]
-      <c r="F302" s="1" t="s">
+      <c r="G302" t="s">
         <v>982</v>
-      </c>
-[...1 lines deleted...]
-        <v>983</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
+        <v>983</v>
+      </c>
+      <c r="B303" t="s">
+        <v>879</v>
+      </c>
+      <c r="C303" t="s">
+        <v>233</v>
+      </c>
+      <c r="D303" t="s">
+        <v>10</v>
+      </c>
+      <c r="E303" t="s">
+        <v>11</v>
+      </c>
+      <c r="F303" s="1" t="s">
         <v>984</v>
       </c>
-      <c r="B303" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G303" t="s">
-        <v>985</v>
+        <v>711</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
-        <v>986</v>
+        <v>985</v>
       </c>
       <c r="B304" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C304" t="s">
         <v>237</v>
       </c>
       <c r="D304" t="s">
         <v>10</v>
       </c>
       <c r="E304" t="s">
         <v>11</v>
       </c>
       <c r="F304" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="G304" t="s">
         <v>987</v>
-      </c>
-[...1 lines deleted...]
-        <v>988</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
+        <v>988</v>
+      </c>
+      <c r="B305" t="s">
+        <v>879</v>
+      </c>
+      <c r="C305" t="s">
+        <v>241</v>
+      </c>
+      <c r="D305" t="s">
+        <v>10</v>
+      </c>
+      <c r="E305" t="s">
+        <v>11</v>
+      </c>
+      <c r="F305" s="1" t="s">
         <v>989</v>
       </c>
-      <c r="B305" t="s">
-[...11 lines deleted...]
-      <c r="F305" s="1" t="s">
+      <c r="G305" t="s">
         <v>990</v>
-      </c>
-[...1 lines deleted...]
-        <v>991</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
-        <v>992</v>
+        <v>991</v>
       </c>
       <c r="B306" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C306" t="s">
         <v>9</v>
       </c>
       <c r="D306" t="s">
         <v>10</v>
       </c>
       <c r="E306" t="s">
         <v>11</v>
       </c>
       <c r="F306" s="1" t="s">
-        <v>993</v>
+        <v>960</v>
       </c>
       <c r="G306" t="s">
-        <v>994</v>
+        <v>992</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
-        <v>995</v>
+        <v>993</v>
       </c>
       <c r="B307" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C307" t="s">
         <v>15</v>
       </c>
       <c r="D307" t="s">
         <v>10</v>
       </c>
       <c r="E307" t="s">
         <v>11</v>
       </c>
       <c r="F307" s="1" t="s">
-        <v>996</v>
+        <v>994</v>
       </c>
       <c r="G307" t="s">
-        <v>997</v>
+        <v>995</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
-        <v>998</v>
+        <v>996</v>
       </c>
       <c r="B308" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C308" t="s">
         <v>19</v>
       </c>
       <c r="D308" t="s">
         <v>10</v>
       </c>
       <c r="E308" t="s">
         <v>11</v>
       </c>
       <c r="F308" s="1" t="s">
-        <v>999</v>
+        <v>997</v>
       </c>
       <c r="G308" t="s">
-        <v>867</v>
+        <v>998</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
-        <v>1000</v>
+        <v>999</v>
       </c>
       <c r="B309" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C309" t="s">
         <v>23</v>
       </c>
       <c r="D309" t="s">
         <v>10</v>
       </c>
       <c r="E309" t="s">
         <v>11</v>
       </c>
       <c r="F309" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="G309" t="s">
         <v>1001</v>
-      </c>
-[...1 lines deleted...]
-        <v>1002</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
-        <v>1003</v>
+        <v>1002</v>
       </c>
       <c r="B310" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C310" t="s">
         <v>27</v>
       </c>
       <c r="D310" t="s">
         <v>10</v>
       </c>
       <c r="E310" t="s">
         <v>11</v>
       </c>
       <c r="F310" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="G310" t="s">
         <v>1004</v>
-      </c>
-[...1 lines deleted...]
-        <v>1005</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
-        <v>1006</v>
+        <v>1005</v>
       </c>
       <c r="B311" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C311" t="s">
         <v>31</v>
       </c>
       <c r="D311" t="s">
         <v>10</v>
       </c>
       <c r="E311" t="s">
         <v>11</v>
       </c>
       <c r="F311" s="1" t="s">
-        <v>1007</v>
+        <v>1006</v>
       </c>
       <c r="G311" t="s">
-        <v>1008</v>
+        <v>874</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="B312" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C312" t="s">
         <v>35</v>
       </c>
       <c r="D312" t="s">
         <v>10</v>
       </c>
       <c r="E312" t="s">
         <v>11</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>1010</v>
+        <v>1008</v>
       </c>
       <c r="G312" t="s">
-        <v>1011</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
-        <v>1012</v>
+        <v>1010</v>
       </c>
       <c r="B313" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C313" t="s">
         <v>39</v>
       </c>
       <c r="D313" t="s">
         <v>10</v>
       </c>
       <c r="E313" t="s">
         <v>11</v>
       </c>
       <c r="F313" s="1" t="s">
-        <v>1013</v>
+        <v>1011</v>
       </c>
       <c r="G313" t="s">
-        <v>1014</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
-        <v>1015</v>
+        <v>1013</v>
       </c>
       <c r="B314" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C314" t="s">
         <v>43</v>
       </c>
       <c r="D314" t="s">
         <v>10</v>
       </c>
       <c r="E314" t="s">
         <v>11</v>
       </c>
       <c r="F314" s="1" t="s">
-        <v>1016</v>
+        <v>1014</v>
       </c>
       <c r="G314" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
-        <v>1018</v>
+        <v>1016</v>
       </c>
       <c r="B315" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C315" t="s">
         <v>47</v>
       </c>
       <c r="D315" t="s">
         <v>10</v>
       </c>
       <c r="E315" t="s">
         <v>11</v>
       </c>
       <c r="F315" s="1" t="s">
-        <v>1019</v>
+        <v>1017</v>
       </c>
       <c r="G315" t="s">
-        <v>1020</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
-        <v>1021</v>
+        <v>1019</v>
       </c>
       <c r="B316" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C316" t="s">
         <v>51</v>
       </c>
       <c r="D316" t="s">
         <v>10</v>
       </c>
       <c r="E316" t="s">
         <v>11</v>
       </c>
       <c r="F316" s="1" t="s">
-        <v>1022</v>
+        <v>1020</v>
       </c>
       <c r="G316" t="s">
-        <v>1023</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
-        <v>1024</v>
+        <v>1022</v>
       </c>
       <c r="B317" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C317" t="s">
         <v>55</v>
       </c>
       <c r="D317" t="s">
         <v>10</v>
       </c>
       <c r="E317" t="s">
         <v>11</v>
       </c>
       <c r="F317" s="1" t="s">
-        <v>1025</v>
+        <v>1023</v>
       </c>
       <c r="G317" t="s">
-        <v>1026</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
-        <v>1027</v>
+        <v>1025</v>
       </c>
       <c r="B318" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C318" t="s">
         <v>59</v>
       </c>
       <c r="D318" t="s">
         <v>10</v>
       </c>
       <c r="E318" t="s">
         <v>11</v>
       </c>
       <c r="F318" s="1" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="G318" t="s">
-        <v>1029</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B319" t="s">
+        <v>879</v>
+      </c>
+      <c r="C319" t="s">
+        <v>63</v>
+      </c>
+      <c r="D319" t="s">
+        <v>10</v>
+      </c>
+      <c r="E319" t="s">
+        <v>11</v>
+      </c>
+      <c r="F319" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="G319" t="s">
         <v>1030</v>
-      </c>
-[...16 lines deleted...]
-        <v>1033</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
-        <v>1034</v>
+        <v>1031</v>
       </c>
       <c r="B320" t="s">
-        <v>1031</v>
+        <v>879</v>
       </c>
       <c r="C320" t="s">
-        <v>84</v>
+        <v>67</v>
       </c>
       <c r="D320" t="s">
         <v>10</v>
       </c>
       <c r="E320" t="s">
         <v>11</v>
       </c>
       <c r="F320" s="1" t="s">
-        <v>1035</v>
+        <v>1032</v>
       </c>
       <c r="G320" t="s">
-        <v>1036</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
-        <v>1037</v>
+        <v>1034</v>
       </c>
       <c r="B321" t="s">
-        <v>1031</v>
+        <v>879</v>
       </c>
       <c r="C321" t="s">
-        <v>88</v>
+        <v>71</v>
       </c>
       <c r="D321" t="s">
         <v>10</v>
       </c>
       <c r="E321" t="s">
         <v>11</v>
       </c>
       <c r="F321" s="1" t="s">
-        <v>1038</v>
+        <v>1035</v>
       </c>
       <c r="G321" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
-        <v>1040</v>
+        <v>1037</v>
       </c>
       <c r="B322" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C322" t="s">
         <v>92</v>
       </c>
       <c r="D322" t="s">
         <v>10</v>
       </c>
       <c r="E322" t="s">
         <v>11</v>
       </c>
       <c r="F322" s="1" t="s">
-        <v>1041</v>
+        <v>1039</v>
       </c>
       <c r="G322" t="s">
-        <v>1042</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
-        <v>1043</v>
+        <v>1041</v>
       </c>
       <c r="B323" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C323" t="s">
         <v>96</v>
       </c>
       <c r="D323" t="s">
         <v>10</v>
       </c>
       <c r="E323" t="s">
         <v>11</v>
       </c>
       <c r="F323" s="1" t="s">
-        <v>1044</v>
+        <v>1042</v>
       </c>
       <c r="G323" t="s">
-        <v>1045</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="B324" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C324" t="s">
         <v>100</v>
       </c>
       <c r="D324" t="s">
         <v>10</v>
       </c>
       <c r="E324" t="s">
         <v>11</v>
       </c>
       <c r="F324" s="1" t="s">
-        <v>1047</v>
+        <v>1045</v>
       </c>
       <c r="G324" t="s">
-        <v>1048</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
-        <v>1049</v>
+        <v>1047</v>
       </c>
       <c r="B325" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C325" t="s">
         <v>104</v>
       </c>
       <c r="D325" t="s">
         <v>10</v>
       </c>
       <c r="E325" t="s">
         <v>11</v>
       </c>
       <c r="F325" s="1" t="s">
-        <v>1050</v>
+        <v>1048</v>
       </c>
       <c r="G325" t="s">
-        <v>1051</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
-        <v>1052</v>
+        <v>1050</v>
       </c>
       <c r="B326" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C326" t="s">
         <v>108</v>
       </c>
       <c r="D326" t="s">
         <v>10</v>
       </c>
       <c r="E326" t="s">
         <v>11</v>
       </c>
       <c r="F326" s="1" t="s">
-        <v>1053</v>
+        <v>1051</v>
       </c>
       <c r="G326" t="s">
-        <v>874</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
-        <v>1054</v>
+        <v>1053</v>
       </c>
       <c r="B327" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C327" t="s">
         <v>112</v>
       </c>
       <c r="D327" t="s">
         <v>10</v>
       </c>
       <c r="E327" t="s">
         <v>11</v>
       </c>
       <c r="F327" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="G327" t="s">
         <v>1055</v>
-      </c>
-[...1 lines deleted...]
-        <v>1056</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
-        <v>1057</v>
+        <v>1056</v>
       </c>
       <c r="B328" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C328" t="s">
         <v>116</v>
       </c>
       <c r="D328" t="s">
         <v>10</v>
       </c>
       <c r="E328" t="s">
         <v>11</v>
       </c>
       <c r="F328" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="G328" t="s">
         <v>1058</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
         <v>1059</v>
       </c>
       <c r="B329" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C329" t="s">
         <v>120</v>
       </c>
       <c r="D329" t="s">
         <v>10</v>
       </c>
       <c r="E329" t="s">
         <v>11</v>
       </c>
       <c r="F329" s="1" t="s">
         <v>1060</v>
       </c>
       <c r="G329" t="s">
-        <v>1061</v>
+        <v>881</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
-        <v>1062</v>
+        <v>1061</v>
       </c>
       <c r="B330" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C330" t="s">
         <v>124</v>
       </c>
       <c r="D330" t="s">
         <v>10</v>
       </c>
       <c r="E330" t="s">
         <v>11</v>
       </c>
       <c r="F330" s="1" t="s">
+        <v>1062</v>
+      </c>
+      <c r="G330" t="s">
         <v>1063</v>
-      </c>
-[...1 lines deleted...]
-        <v>1064</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B331" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C331" t="s">
+        <v>128</v>
+      </c>
+      <c r="D331" t="s">
+        <v>10</v>
+      </c>
+      <c r="E331" t="s">
+        <v>11</v>
+      </c>
+      <c r="F331" s="1" t="s">
         <v>1065</v>
       </c>
-      <c r="B331" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G331" t="s">
-        <v>1067</v>
+        <v>361</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B332" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C332" t="s">
+        <v>132</v>
+      </c>
+      <c r="D332" t="s">
+        <v>10</v>
+      </c>
+      <c r="E332" t="s">
+        <v>11</v>
+      </c>
+      <c r="F332" s="1" t="s">
+        <v>1067</v>
+      </c>
+      <c r="G332" t="s">
         <v>1068</v>
-      </c>
-[...16 lines deleted...]
-        <v>1070</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B333" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C333" t="s">
+        <v>136</v>
+      </c>
+      <c r="D333" t="s">
+        <v>10</v>
+      </c>
+      <c r="E333" t="s">
+        <v>11</v>
+      </c>
+      <c r="F333" s="1" t="s">
+        <v>1070</v>
+      </c>
+      <c r="G333" t="s">
         <v>1071</v>
-      </c>
-[...16 lines deleted...]
-        <v>798</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="B334" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C334" t="s">
         <v>139</v>
       </c>
       <c r="D334" t="s">
         <v>10</v>
       </c>
       <c r="E334" t="s">
         <v>11</v>
       </c>
       <c r="F334" s="1" t="s">
+        <v>1073</v>
+      </c>
+      <c r="G334" t="s">
         <v>1074</v>
-      </c>
-[...1 lines deleted...]
-        <v>1075</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
-        <v>1076</v>
+        <v>1075</v>
       </c>
       <c r="B335" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C335" t="s">
         <v>143</v>
       </c>
       <c r="D335" t="s">
         <v>10</v>
       </c>
       <c r="E335" t="s">
         <v>11</v>
       </c>
       <c r="F335" s="1" t="s">
+        <v>1076</v>
+      </c>
+      <c r="G335" t="s">
         <v>1077</v>
-      </c>
-[...1 lines deleted...]
-        <v>1078</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
-        <v>1079</v>
+        <v>1078</v>
       </c>
       <c r="B336" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C336" t="s">
         <v>147</v>
       </c>
       <c r="D336" t="s">
         <v>10</v>
       </c>
       <c r="E336" t="s">
         <v>11</v>
       </c>
       <c r="F336" s="1" t="s">
-        <v>1080</v>
+        <v>1079</v>
       </c>
       <c r="G336" t="s">
-        <v>1081</v>
+        <v>805</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
-        <v>1082</v>
+        <v>1080</v>
       </c>
       <c r="B337" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C337" t="s">
         <v>151</v>
       </c>
       <c r="D337" t="s">
         <v>10</v>
       </c>
       <c r="E337" t="s">
         <v>11</v>
       </c>
       <c r="F337" s="1" t="s">
-        <v>1083</v>
+        <v>1081</v>
       </c>
       <c r="G337" t="s">
-        <v>1084</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
-        <v>1085</v>
+        <v>1083</v>
       </c>
       <c r="B338" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C338" t="s">
         <v>155</v>
       </c>
       <c r="D338" t="s">
         <v>10</v>
       </c>
       <c r="E338" t="s">
         <v>11</v>
       </c>
       <c r="F338" s="1" t="s">
-        <v>1086</v>
+        <v>1084</v>
       </c>
       <c r="G338" t="s">
-        <v>1087</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
-        <v>1088</v>
+        <v>1086</v>
       </c>
       <c r="B339" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C339" t="s">
         <v>159</v>
       </c>
       <c r="D339" t="s">
         <v>10</v>
       </c>
       <c r="E339" t="s">
         <v>11</v>
       </c>
       <c r="F339" s="1" t="s">
-        <v>1089</v>
+        <v>1087</v>
       </c>
       <c r="G339" t="s">
-        <v>1090</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
-        <v>1091</v>
+        <v>1089</v>
       </c>
       <c r="B340" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C340" t="s">
         <v>163</v>
       </c>
       <c r="D340" t="s">
         <v>10</v>
       </c>
       <c r="E340" t="s">
         <v>11</v>
       </c>
       <c r="F340" s="1" t="s">
-        <v>1092</v>
+        <v>1090</v>
       </c>
       <c r="G340" t="s">
-        <v>1093</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
-        <v>1094</v>
+        <v>1092</v>
       </c>
       <c r="B341" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C341" t="s">
         <v>167</v>
       </c>
       <c r="D341" t="s">
         <v>10</v>
       </c>
       <c r="E341" t="s">
         <v>11</v>
       </c>
       <c r="F341" s="1" t="s">
-        <v>1095</v>
+        <v>1093</v>
       </c>
       <c r="G341" t="s">
-        <v>1096</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
-        <v>1097</v>
+        <v>1095</v>
       </c>
       <c r="B342" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C342" t="s">
         <v>171</v>
       </c>
       <c r="D342" t="s">
         <v>10</v>
       </c>
       <c r="E342" t="s">
         <v>11</v>
       </c>
       <c r="F342" s="1" t="s">
-        <v>1098</v>
+        <v>1096</v>
       </c>
       <c r="G342" t="s">
-        <v>1099</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
-        <v>1100</v>
+        <v>1098</v>
       </c>
       <c r="B343" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C343" t="s">
         <v>175</v>
       </c>
       <c r="D343" t="s">
         <v>10</v>
       </c>
       <c r="E343" t="s">
         <v>11</v>
       </c>
       <c r="F343" s="1" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="G343" t="s">
-        <v>1102</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
-        <v>1103</v>
+        <v>1101</v>
       </c>
       <c r="B344" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C344" t="s">
         <v>179</v>
       </c>
       <c r="D344" t="s">
         <v>10</v>
       </c>
       <c r="E344" t="s">
         <v>11</v>
       </c>
       <c r="F344" s="1" t="s">
-        <v>1104</v>
+        <v>1102</v>
       </c>
       <c r="G344" t="s">
-        <v>1105</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
-        <v>1106</v>
+        <v>1104</v>
       </c>
       <c r="B345" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C345" t="s">
         <v>183</v>
       </c>
       <c r="D345" t="s">
         <v>10</v>
       </c>
       <c r="E345" t="s">
         <v>11</v>
       </c>
       <c r="F345" s="1" t="s">
-        <v>1107</v>
+        <v>1105</v>
       </c>
       <c r="G345" t="s">
-        <v>1108</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
-        <v>1109</v>
+        <v>1107</v>
       </c>
       <c r="B346" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C346" t="s">
         <v>187</v>
       </c>
       <c r="D346" t="s">
         <v>10</v>
       </c>
       <c r="E346" t="s">
         <v>11</v>
       </c>
       <c r="F346" s="1" t="s">
-        <v>1110</v>
+        <v>1108</v>
       </c>
       <c r="G346" t="s">
-        <v>1111</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
-        <v>1112</v>
+        <v>1110</v>
       </c>
       <c r="B347" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C347" t="s">
         <v>191</v>
       </c>
       <c r="D347" t="s">
         <v>10</v>
       </c>
       <c r="E347" t="s">
         <v>11</v>
       </c>
       <c r="F347" s="1" t="s">
-        <v>1113</v>
+        <v>1111</v>
       </c>
       <c r="G347" t="s">
-        <v>1114</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
-        <v>1115</v>
+        <v>1113</v>
       </c>
       <c r="B348" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C348" t="s">
         <v>195</v>
       </c>
       <c r="D348" t="s">
         <v>10</v>
       </c>
       <c r="E348" t="s">
         <v>11</v>
       </c>
       <c r="F348" s="1" t="s">
-        <v>1116</v>
+        <v>1114</v>
       </c>
       <c r="G348" t="s">
-        <v>1117</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B349" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C349" t="s">
+        <v>198</v>
+      </c>
+      <c r="D349" t="s">
+        <v>10</v>
+      </c>
+      <c r="E349" t="s">
+        <v>11</v>
+      </c>
+      <c r="F349" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="G349" t="s">
         <v>1118</v>
-      </c>
-[...16 lines deleted...]
-        <v>1120</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B350" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C350" t="s">
+        <v>202</v>
+      </c>
+      <c r="D350" t="s">
+        <v>10</v>
+      </c>
+      <c r="E350" t="s">
+        <v>11</v>
+      </c>
+      <c r="F350" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G350" t="s">
         <v>1121</v>
-      </c>
-[...16 lines deleted...]
-        <v>1123</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B351" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C351" t="s">
+        <v>206</v>
+      </c>
+      <c r="D351" t="s">
+        <v>10</v>
+      </c>
+      <c r="E351" t="s">
+        <v>11</v>
+      </c>
+      <c r="F351" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="G351" t="s">
         <v>1124</v>
-      </c>
-[...16 lines deleted...]
-        <v>1126</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B352" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C352" t="s">
+        <v>210</v>
+      </c>
+      <c r="D352" t="s">
+        <v>10</v>
+      </c>
+      <c r="E352" t="s">
+        <v>11</v>
+      </c>
+      <c r="F352" s="1" t="s">
+        <v>1126</v>
+      </c>
+      <c r="G352" t="s">
         <v>1127</v>
-      </c>
-[...16 lines deleted...]
-        <v>1129</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
-        <v>1130</v>
+        <v>1128</v>
       </c>
       <c r="B353" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C353" t="s">
         <v>214</v>
       </c>
       <c r="D353" t="s">
         <v>10</v>
       </c>
       <c r="E353" t="s">
         <v>11</v>
       </c>
       <c r="F353" s="1" t="s">
-        <v>1131</v>
+        <v>1129</v>
       </c>
       <c r="G353" t="s">
-        <v>1078</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
-        <v>1132</v>
+        <v>1131</v>
       </c>
       <c r="B354" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C354" t="s">
         <v>218</v>
       </c>
       <c r="D354" t="s">
         <v>10</v>
       </c>
       <c r="E354" t="s">
         <v>11</v>
       </c>
       <c r="F354" s="1" t="s">
+        <v>1132</v>
+      </c>
+      <c r="G354" t="s">
         <v>1133</v>
-      </c>
-[...1 lines deleted...]
-        <v>1134</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
-        <v>1135</v>
+        <v>1134</v>
       </c>
       <c r="B355" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C355" t="s">
         <v>222</v>
       </c>
       <c r="D355" t="s">
         <v>10</v>
       </c>
       <c r="E355" t="s">
         <v>11</v>
       </c>
       <c r="F355" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="G355" t="s">
         <v>1136</v>
-      </c>
-[...1 lines deleted...]
-        <v>1137</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B356" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C356" t="s">
+        <v>225</v>
+      </c>
+      <c r="D356" t="s">
+        <v>10</v>
+      </c>
+      <c r="E356" t="s">
+        <v>11</v>
+      </c>
+      <c r="F356" s="1" t="s">
         <v>1138</v>
       </c>
-      <c r="B356" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G356" t="s">
-        <v>1140</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B357" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C357" t="s">
+        <v>229</v>
+      </c>
+      <c r="D357" t="s">
+        <v>10</v>
+      </c>
+      <c r="E357" t="s">
+        <v>11</v>
+      </c>
+      <c r="F357" s="1" t="s">
+        <v>1140</v>
+      </c>
+      <c r="G357" t="s">
         <v>1141</v>
-      </c>
-[...16 lines deleted...]
-        <v>1143</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B358" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C358" t="s">
+        <v>233</v>
+      </c>
+      <c r="D358" t="s">
+        <v>10</v>
+      </c>
+      <c r="E358" t="s">
+        <v>11</v>
+      </c>
+      <c r="F358" s="1" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G358" t="s">
         <v>1144</v>
-      </c>
-[...16 lines deleted...]
-        <v>913</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
-        <v>1146</v>
+        <v>1145</v>
       </c>
       <c r="B359" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C359" t="s">
         <v>237</v>
       </c>
       <c r="D359" t="s">
         <v>10</v>
       </c>
       <c r="E359" t="s">
         <v>11</v>
       </c>
       <c r="F359" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="G359" t="s">
         <v>1147</v>
-      </c>
-[...1 lines deleted...]
-        <v>948</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
         <v>1148</v>
       </c>
       <c r="B360" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C360" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D360" t="s">
         <v>10</v>
       </c>
       <c r="E360" t="s">
         <v>11</v>
       </c>
       <c r="F360" s="1" t="s">
         <v>1149</v>
       </c>
       <c r="G360" t="s">
         <v>1150</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
         <v>1151</v>
       </c>
       <c r="B361" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C361" t="s">
         <v>9</v>
       </c>
       <c r="D361" t="s">
         <v>10</v>
       </c>
       <c r="E361" t="s">
         <v>11</v>
       </c>
       <c r="F361" s="1" t="s">
         <v>1152</v>
       </c>
       <c r="G361" t="s">
-        <v>957</v>
+        <v>920</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
         <v>1153</v>
       </c>
       <c r="B362" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C362" t="s">
         <v>15</v>
       </c>
       <c r="D362" t="s">
         <v>10</v>
       </c>
       <c r="E362" t="s">
         <v>11</v>
       </c>
       <c r="F362" s="1" t="s">
         <v>1154</v>
       </c>
       <c r="G362" t="s">
-        <v>353</v>
+        <v>955</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
         <v>1155</v>
       </c>
       <c r="B363" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C363" t="s">
         <v>19</v>
       </c>
       <c r="D363" t="s">
         <v>10</v>
       </c>
       <c r="E363" t="s">
         <v>11</v>
       </c>
       <c r="F363" s="1" t="s">
         <v>1156</v>
       </c>
       <c r="G363" t="s">
         <v>1157</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
         <v>1158</v>
       </c>
       <c r="B364" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C364" t="s">
         <v>23</v>
       </c>
       <c r="D364" t="s">
         <v>10</v>
       </c>
       <c r="E364" t="s">
         <v>11</v>
       </c>
       <c r="F364" s="1" t="s">
         <v>1159</v>
       </c>
       <c r="G364" t="s">
-        <v>1160</v>
+        <v>964</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
-        <v>1161</v>
+        <v>1160</v>
       </c>
       <c r="B365" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C365" t="s">
         <v>27</v>
       </c>
       <c r="D365" t="s">
         <v>10</v>
       </c>
       <c r="E365" t="s">
         <v>11</v>
       </c>
       <c r="F365" s="1" t="s">
-        <v>1162</v>
+        <v>1161</v>
       </c>
       <c r="G365" t="s">
-        <v>1163</v>
+        <v>361</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
-        <v>1164</v>
+        <v>1162</v>
       </c>
       <c r="B366" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C366" t="s">
         <v>31</v>
       </c>
       <c r="D366" t="s">
         <v>10</v>
       </c>
       <c r="E366" t="s">
         <v>11</v>
       </c>
       <c r="F366" s="1" t="s">
-        <v>1165</v>
+        <v>1163</v>
       </c>
       <c r="G366" t="s">
-        <v>1166</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
-        <v>1167</v>
+        <v>1165</v>
       </c>
       <c r="B367" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C367" t="s">
         <v>35</v>
       </c>
       <c r="D367" t="s">
         <v>10</v>
       </c>
       <c r="E367" t="s">
         <v>11</v>
       </c>
       <c r="F367" s="1" t="s">
-        <v>1168</v>
+        <v>1166</v>
       </c>
       <c r="G367" t="s">
-        <v>1169</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
-        <v>1170</v>
+        <v>1168</v>
       </c>
       <c r="B368" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C368" t="s">
         <v>39</v>
       </c>
       <c r="D368" t="s">
         <v>10</v>
       </c>
       <c r="E368" t="s">
         <v>11</v>
       </c>
       <c r="F368" s="1" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="G368" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
-        <v>1173</v>
+        <v>1171</v>
       </c>
       <c r="B369" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C369" t="s">
         <v>43</v>
       </c>
       <c r="D369" t="s">
         <v>10</v>
       </c>
       <c r="E369" t="s">
         <v>11</v>
       </c>
       <c r="F369" s="1" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="G369" t="s">
-        <v>1175</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
-        <v>1176</v>
+        <v>1174</v>
       </c>
       <c r="B370" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C370" t="s">
         <v>47</v>
       </c>
       <c r="D370" t="s">
         <v>10</v>
       </c>
       <c r="E370" t="s">
         <v>11</v>
       </c>
       <c r="F370" s="1" t="s">
-        <v>1177</v>
+        <v>1175</v>
       </c>
       <c r="G370" t="s">
-        <v>1178</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
-        <v>1179</v>
+        <v>1177</v>
       </c>
       <c r="B371" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C371" t="s">
         <v>51</v>
       </c>
       <c r="D371" t="s">
         <v>10</v>
       </c>
       <c r="E371" t="s">
         <v>11</v>
       </c>
       <c r="F371" s="1" t="s">
-        <v>1180</v>
+        <v>1178</v>
       </c>
       <c r="G371" t="s">
-        <v>704</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
-        <v>1181</v>
+        <v>1180</v>
       </c>
       <c r="B372" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C372" t="s">
         <v>55</v>
       </c>
       <c r="D372" t="s">
         <v>10</v>
       </c>
       <c r="E372" t="s">
         <v>11</v>
       </c>
       <c r="F372" s="1" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G372" t="s">
         <v>1182</v>
-      </c>
-[...1 lines deleted...]
-        <v>867</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
         <v>1183</v>
       </c>
       <c r="B373" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C373" t="s">
         <v>59</v>
       </c>
       <c r="D373" t="s">
         <v>10</v>
       </c>
       <c r="E373" t="s">
         <v>11</v>
       </c>
       <c r="F373" s="1" t="s">
         <v>1184</v>
       </c>
       <c r="G373" t="s">
         <v>1185</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
         <v>1186</v>
       </c>
       <c r="B374" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C374" t="s">
+        <v>63</v>
+      </c>
+      <c r="D374" t="s">
+        <v>10</v>
+      </c>
+      <c r="E374" t="s">
+        <v>11</v>
+      </c>
+      <c r="F374" s="1" t="s">
         <v>1187</v>
       </c>
-      <c r="C374" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G374" t="s">
-        <v>1189</v>
+        <v>711</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
-        <v>1190</v>
+        <v>1188</v>
       </c>
       <c r="B375" t="s">
-        <v>1187</v>
+        <v>1038</v>
       </c>
       <c r="C375" t="s">
-        <v>100</v>
+        <v>67</v>
       </c>
       <c r="D375" t="s">
         <v>10</v>
       </c>
       <c r="E375" t="s">
         <v>11</v>
       </c>
       <c r="F375" s="1" t="s">
-        <v>1191</v>
+        <v>1189</v>
       </c>
       <c r="G375" t="s">
-        <v>957</v>
+        <v>874</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B376" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C376" t="s">
+        <v>71</v>
+      </c>
+      <c r="D376" t="s">
+        <v>10</v>
+      </c>
+      <c r="E376" t="s">
+        <v>11</v>
+      </c>
+      <c r="F376" s="1" t="s">
+        <v>1191</v>
+      </c>
+      <c r="G376" t="s">
         <v>1192</v>
-      </c>
-[...16 lines deleted...]
-        <v>1194</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
-        <v>1195</v>
+        <v>1193</v>
       </c>
       <c r="B377" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C377" t="s">
         <v>108</v>
       </c>
       <c r="D377" t="s">
         <v>10</v>
       </c>
       <c r="E377" t="s">
         <v>11</v>
       </c>
       <c r="F377" s="1" t="s">
+        <v>1195</v>
+      </c>
+      <c r="G377" t="s">
         <v>1196</v>
-      </c>
-[...1 lines deleted...]
-        <v>1197</v>
       </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" t="s">
-        <v>1198</v>
+        <v>1197</v>
       </c>
       <c r="B378" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C378" t="s">
         <v>112</v>
       </c>
       <c r="D378" t="s">
         <v>10</v>
       </c>
       <c r="E378" t="s">
         <v>11</v>
       </c>
       <c r="F378" s="1" t="s">
-        <v>1199</v>
+        <v>1198</v>
       </c>
       <c r="G378" t="s">
-        <v>1200</v>
+        <v>964</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" t="s">
-        <v>1201</v>
+        <v>1199</v>
       </c>
       <c r="B379" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C379" t="s">
         <v>116</v>
       </c>
       <c r="D379" t="s">
         <v>10</v>
       </c>
       <c r="E379" t="s">
         <v>11</v>
       </c>
       <c r="F379" s="1" t="s">
-        <v>1202</v>
+        <v>1200</v>
       </c>
       <c r="G379" t="s">
-        <v>1203</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" t="s">
-        <v>1204</v>
+        <v>1202</v>
       </c>
       <c r="B380" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C380" t="s">
         <v>120</v>
       </c>
       <c r="D380" t="s">
         <v>10</v>
       </c>
       <c r="E380" t="s">
         <v>11</v>
       </c>
       <c r="F380" s="1" t="s">
-        <v>1205</v>
+        <v>1203</v>
       </c>
       <c r="G380" t="s">
-        <v>1206</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" t="s">
-        <v>1207</v>
+        <v>1205</v>
       </c>
       <c r="B381" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C381" t="s">
         <v>124</v>
       </c>
       <c r="D381" t="s">
         <v>10</v>
       </c>
       <c r="E381" t="s">
         <v>11</v>
       </c>
       <c r="F381" s="1" t="s">
-        <v>1208</v>
+        <v>1206</v>
       </c>
       <c r="G381" t="s">
-        <v>1209</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B382" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C382" t="s">
+        <v>128</v>
+      </c>
+      <c r="D382" t="s">
+        <v>10</v>
+      </c>
+      <c r="E382" t="s">
+        <v>11</v>
+      </c>
+      <c r="F382" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="G382" t="s">
         <v>1210</v>
-      </c>
-[...16 lines deleted...]
-        <v>1212</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B383" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C383" t="s">
+        <v>132</v>
+      </c>
+      <c r="D383" t="s">
+        <v>10</v>
+      </c>
+      <c r="E383" t="s">
+        <v>11</v>
+      </c>
+      <c r="F383" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="G383" t="s">
         <v>1213</v>
-      </c>
-[...16 lines deleted...]
-        <v>1215</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B384" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C384" t="s">
+        <v>136</v>
+      </c>
+      <c r="D384" t="s">
+        <v>10</v>
+      </c>
+      <c r="E384" t="s">
+        <v>11</v>
+      </c>
+      <c r="F384" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="G384" t="s">
         <v>1216</v>
-      </c>
-[...16 lines deleted...]
-        <v>1218</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" t="s">
-        <v>1219</v>
+        <v>1217</v>
       </c>
       <c r="B385" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C385" t="s">
         <v>139</v>
       </c>
       <c r="D385" t="s">
         <v>10</v>
       </c>
       <c r="E385" t="s">
         <v>11</v>
       </c>
       <c r="F385" s="1" t="s">
-        <v>1220</v>
+        <v>1218</v>
       </c>
       <c r="G385" t="s">
-        <v>1221</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" t="s">
-        <v>1222</v>
+        <v>1220</v>
       </c>
       <c r="B386" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C386" t="s">
         <v>143</v>
       </c>
       <c r="D386" t="s">
         <v>10</v>
       </c>
       <c r="E386" t="s">
         <v>11</v>
       </c>
       <c r="F386" s="1" t="s">
-        <v>1223</v>
+        <v>1221</v>
       </c>
       <c r="G386" t="s">
-        <v>1224</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" t="s">
-        <v>1225</v>
+        <v>1223</v>
       </c>
       <c r="B387" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C387" t="s">
         <v>147</v>
       </c>
       <c r="D387" t="s">
         <v>10</v>
       </c>
       <c r="E387" t="s">
         <v>11</v>
       </c>
       <c r="F387" s="1" t="s">
-        <v>1226</v>
+        <v>1224</v>
       </c>
       <c r="G387" t="s">
-        <v>1227</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" t="s">
-        <v>1228</v>
+        <v>1226</v>
       </c>
       <c r="B388" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C388" t="s">
         <v>151</v>
       </c>
       <c r="D388" t="s">
         <v>10</v>
       </c>
       <c r="E388" t="s">
         <v>11</v>
       </c>
       <c r="F388" s="1" t="s">
-        <v>1229</v>
+        <v>1227</v>
       </c>
       <c r="G388" t="s">
-        <v>1230</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" t="s">
-        <v>1231</v>
+        <v>1229</v>
       </c>
       <c r="B389" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C389" t="s">
         <v>155</v>
       </c>
       <c r="D389" t="s">
         <v>10</v>
       </c>
       <c r="E389" t="s">
         <v>11</v>
       </c>
       <c r="F389" s="1" t="s">
-        <v>1232</v>
+        <v>1230</v>
       </c>
       <c r="G389" t="s">
-        <v>1233</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B390" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C390" t="s">
+        <v>159</v>
+      </c>
+      <c r="D390" t="s">
+        <v>10</v>
+      </c>
+      <c r="E390" t="s">
+        <v>11</v>
+      </c>
+      <c r="F390" s="1" t="s">
+        <v>1233</v>
+      </c>
+      <c r="G390" t="s">
         <v>1234</v>
-      </c>
-[...16 lines deleted...]
-        <v>1236</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B391" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C391" t="s">
+        <v>163</v>
+      </c>
+      <c r="D391" t="s">
+        <v>10</v>
+      </c>
+      <c r="E391" t="s">
+        <v>11</v>
+      </c>
+      <c r="F391" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="G391" t="s">
         <v>1237</v>
-      </c>
-[...16 lines deleted...]
-        <v>1239</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B392" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C392" t="s">
+        <v>167</v>
+      </c>
+      <c r="D392" t="s">
+        <v>10</v>
+      </c>
+      <c r="E392" t="s">
+        <v>11</v>
+      </c>
+      <c r="F392" s="1" t="s">
+        <v>1239</v>
+      </c>
+      <c r="G392" t="s">
         <v>1240</v>
-      </c>
-[...16 lines deleted...]
-        <v>1242</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B393" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C393" t="s">
+        <v>179</v>
+      </c>
+      <c r="D393" t="s">
+        <v>10</v>
+      </c>
+      <c r="E393" t="s">
+        <v>11</v>
+      </c>
+      <c r="F393" s="1" t="s">
+        <v>1242</v>
+      </c>
+      <c r="G393" t="s">
         <v>1243</v>
-      </c>
-[...16 lines deleted...]
-        <v>1245</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B394" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C394" t="s">
+        <v>183</v>
+      </c>
+      <c r="D394" t="s">
+        <v>10</v>
+      </c>
+      <c r="E394" t="s">
+        <v>11</v>
+      </c>
+      <c r="F394" s="1" t="s">
+        <v>1245</v>
+      </c>
+      <c r="G394" t="s">
         <v>1246</v>
-      </c>
-[...16 lines deleted...]
-        <v>1248</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B395" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C395" t="s">
+        <v>171</v>
+      </c>
+      <c r="D395" t="s">
+        <v>10</v>
+      </c>
+      <c r="E395" t="s">
+        <v>11</v>
+      </c>
+      <c r="F395" s="1" t="s">
+        <v>1248</v>
+      </c>
+      <c r="G395" t="s">
         <v>1249</v>
-      </c>
-[...16 lines deleted...]
-        <v>1251</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B396" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C396" t="s">
+        <v>175</v>
+      </c>
+      <c r="D396" t="s">
+        <v>10</v>
+      </c>
+      <c r="E396" t="s">
+        <v>11</v>
+      </c>
+      <c r="F396" s="1" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G396" t="s">
         <v>1252</v>
-      </c>
-[...16 lines deleted...]
-        <v>1254</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" t="s">
-        <v>1255</v>
+        <v>1253</v>
       </c>
       <c r="B397" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C397" t="s">
         <v>187</v>
       </c>
       <c r="D397" t="s">
         <v>10</v>
       </c>
       <c r="E397" t="s">
         <v>11</v>
       </c>
       <c r="F397" s="1" t="s">
-        <v>953</v>
+        <v>1254</v>
       </c>
       <c r="G397" t="s">
-        <v>353</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" t="s">
         <v>1256</v>
       </c>
       <c r="B398" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C398" t="s">
         <v>191</v>
       </c>
       <c r="D398" t="s">
         <v>10</v>
       </c>
       <c r="E398" t="s">
         <v>11</v>
       </c>
       <c r="F398" s="1" t="s">
         <v>1257</v>
       </c>
       <c r="G398" t="s">
         <v>1258</v>
       </c>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" t="s">
         <v>1259</v>
       </c>
       <c r="B399" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C399" t="s">
         <v>195</v>
       </c>
       <c r="D399" t="s">
         <v>10</v>
       </c>
       <c r="E399" t="s">
         <v>11</v>
       </c>
       <c r="F399" s="1" t="s">
         <v>1260</v>
       </c>
       <c r="G399" t="s">
         <v>1261</v>
       </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" t="s">
         <v>1262</v>
       </c>
       <c r="B400" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C400" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="D400" t="s">
         <v>10</v>
       </c>
       <c r="E400" t="s">
         <v>11</v>
       </c>
       <c r="F400" s="1" t="s">
-        <v>1263</v>
+        <v>960</v>
       </c>
       <c r="G400" t="s">
-        <v>1264</v>
+        <v>361</v>
       </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B401" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C401" t="s">
+        <v>202</v>
+      </c>
+      <c r="D401" t="s">
+        <v>10</v>
+      </c>
+      <c r="E401" t="s">
+        <v>11</v>
+      </c>
+      <c r="F401" s="1" t="s">
+        <v>1264</v>
+      </c>
+      <c r="G401" t="s">
         <v>1265</v>
-      </c>
-[...16 lines deleted...]
-        <v>1064</v>
       </c>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B402" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C402" t="s">
+        <v>206</v>
+      </c>
+      <c r="D402" t="s">
+        <v>10</v>
+      </c>
+      <c r="E402" t="s">
+        <v>11</v>
+      </c>
+      <c r="F402" s="1" t="s">
         <v>1267</v>
       </c>
-      <c r="B402" t="s">
-[...11 lines deleted...]
-      <c r="F402" s="1" t="s">
+      <c r="G402" t="s">
         <v>1268</v>
-      </c>
-[...1 lines deleted...]
-        <v>1269</v>
       </c>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B403" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C403" t="s">
+        <v>210</v>
+      </c>
+      <c r="D403" t="s">
+        <v>10</v>
+      </c>
+      <c r="E403" t="s">
+        <v>11</v>
+      </c>
+      <c r="F403" s="1" t="s">
         <v>1270</v>
       </c>
-      <c r="B403" t="s">
-[...11 lines deleted...]
-      <c r="F403" s="1" t="s">
+      <c r="G403" t="s">
         <v>1271</v>
-      </c>
-[...1 lines deleted...]
-        <v>1272</v>
       </c>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" t="s">
-        <v>1273</v>
+        <v>1272</v>
       </c>
       <c r="B404" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C404" t="s">
         <v>214</v>
       </c>
       <c r="D404" t="s">
         <v>10</v>
       </c>
       <c r="E404" t="s">
         <v>11</v>
       </c>
       <c r="F404" s="1" t="s">
-        <v>1274</v>
+        <v>1273</v>
       </c>
       <c r="G404" t="s">
-        <v>686</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" t="s">
-        <v>1275</v>
+        <v>1274</v>
       </c>
       <c r="B405" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C405" t="s">
         <v>218</v>
       </c>
       <c r="D405" t="s">
         <v>10</v>
       </c>
       <c r="E405" t="s">
         <v>11</v>
       </c>
       <c r="F405" s="1" t="s">
+        <v>1275</v>
+      </c>
+      <c r="G405" t="s">
         <v>1276</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" t="s">
         <v>1277</v>
       </c>
       <c r="B406" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C406" t="s">
         <v>222</v>
       </c>
       <c r="D406" t="s">
         <v>10</v>
       </c>
       <c r="E406" t="s">
         <v>11</v>
       </c>
       <c r="F406" s="1" t="s">
         <v>1278</v>
       </c>
       <c r="G406" t="s">
         <v>1279</v>
       </c>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" t="s">
         <v>1280</v>
       </c>
       <c r="B407" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C407" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="D407" t="s">
         <v>10</v>
       </c>
       <c r="E407" t="s">
         <v>11</v>
       </c>
       <c r="F407" s="1" t="s">
         <v>1281</v>
       </c>
       <c r="G407" t="s">
-        <v>1282</v>
+        <v>693</v>
       </c>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B408" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C408" t="s">
+        <v>229</v>
+      </c>
+      <c r="D408" t="s">
+        <v>10</v>
+      </c>
+      <c r="E408" t="s">
+        <v>11</v>
+      </c>
+      <c r="F408" s="1" t="s">
         <v>1283</v>
       </c>
-      <c r="B408" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G408" t="s">
-        <v>1285</v>
+        <v>177</v>
       </c>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" t="s">
+        <v>1284</v>
+      </c>
+      <c r="B409" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C409" t="s">
+        <v>233</v>
+      </c>
+      <c r="D409" t="s">
+        <v>10</v>
+      </c>
+      <c r="E409" t="s">
+        <v>11</v>
+      </c>
+      <c r="F409" s="1" t="s">
+        <v>1285</v>
+      </c>
+      <c r="G409" t="s">
         <v>1286</v>
-      </c>
-[...16 lines deleted...]
-        <v>1288</v>
       </c>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" t="s">
-        <v>1289</v>
+        <v>1287</v>
       </c>
       <c r="B410" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C410" t="s">
         <v>237</v>
       </c>
       <c r="D410" t="s">
         <v>10</v>
       </c>
       <c r="E410" t="s">
         <v>11</v>
       </c>
       <c r="F410" s="1" t="s">
-        <v>1290</v>
+        <v>1288</v>
       </c>
       <c r="G410" t="s">
-        <v>1291</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" t="s">
+        <v>1290</v>
+      </c>
+      <c r="B411" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C411" t="s">
+        <v>241</v>
+      </c>
+      <c r="D411" t="s">
+        <v>10</v>
+      </c>
+      <c r="E411" t="s">
+        <v>11</v>
+      </c>
+      <c r="F411" s="1" t="s">
+        <v>1291</v>
+      </c>
+      <c r="G411" t="s">
         <v>1292</v>
-      </c>
-[...16 lines deleted...]
-        <v>1294</v>
       </c>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" t="s">
-        <v>1295</v>
+        <v>1293</v>
       </c>
       <c r="B412" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C412" t="s">
         <v>9</v>
       </c>
       <c r="D412" t="s">
         <v>10</v>
       </c>
       <c r="E412" t="s">
         <v>11</v>
       </c>
       <c r="F412" s="1" t="s">
-        <v>1296</v>
+        <v>1294</v>
       </c>
       <c r="G412" t="s">
-        <v>1297</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" t="s">
-        <v>1298</v>
+        <v>1296</v>
       </c>
       <c r="B413" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C413" t="s">
         <v>15</v>
       </c>
       <c r="D413" t="s">
         <v>10</v>
       </c>
       <c r="E413" t="s">
         <v>11</v>
       </c>
       <c r="F413" s="1" t="s">
-        <v>1299</v>
+        <v>1297</v>
       </c>
       <c r="G413" t="s">
-        <v>98</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" t="s">
-        <v>1300</v>
+        <v>1299</v>
       </c>
       <c r="B414" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C414" t="s">
         <v>19</v>
       </c>
       <c r="D414" t="s">
         <v>10</v>
       </c>
       <c r="E414" t="s">
         <v>11</v>
       </c>
       <c r="F414" s="1" t="s">
+        <v>1300</v>
+      </c>
+      <c r="G414" t="s">
         <v>1301</v>
-      </c>
-[...1 lines deleted...]
-        <v>1302</v>
       </c>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" t="s">
-        <v>1303</v>
+        <v>1302</v>
       </c>
       <c r="B415" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C415" t="s">
         <v>23</v>
       </c>
       <c r="D415" t="s">
         <v>10</v>
       </c>
       <c r="E415" t="s">
         <v>11</v>
       </c>
       <c r="F415" s="1" t="s">
+        <v>1303</v>
+      </c>
+      <c r="G415" t="s">
         <v>1304</v>
-      </c>
-[...1 lines deleted...]
-        <v>1279</v>
       </c>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" t="s">
         <v>1305</v>
       </c>
       <c r="B416" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C416" t="s">
         <v>27</v>
       </c>
       <c r="D416" t="s">
         <v>10</v>
       </c>
       <c r="E416" t="s">
         <v>11</v>
       </c>
       <c r="F416" s="1" t="s">
         <v>1306</v>
       </c>
       <c r="G416" t="s">
-        <v>1307</v>
+        <v>110</v>
       </c>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" t="s">
-        <v>1308</v>
+        <v>1307</v>
       </c>
       <c r="B417" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C417" t="s">
         <v>31</v>
       </c>
       <c r="D417" t="s">
         <v>10</v>
       </c>
       <c r="E417" t="s">
         <v>11</v>
       </c>
       <c r="F417" s="1" t="s">
+        <v>1308</v>
+      </c>
+      <c r="G417" t="s">
         <v>1309</v>
-      </c>
-[...1 lines deleted...]
-        <v>1172</v>
       </c>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" t="s">
         <v>1310</v>
       </c>
       <c r="B418" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C418" t="s">
         <v>35</v>
       </c>
       <c r="D418" t="s">
         <v>10</v>
       </c>
       <c r="E418" t="s">
         <v>11</v>
       </c>
       <c r="F418" s="1" t="s">
         <v>1311</v>
       </c>
       <c r="G418" t="s">
-        <v>1312</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" t="s">
-        <v>1313</v>
+        <v>1312</v>
       </c>
       <c r="B419" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C419" t="s">
         <v>39</v>
       </c>
       <c r="D419" t="s">
         <v>10</v>
       </c>
       <c r="E419" t="s">
         <v>11</v>
       </c>
       <c r="F419" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="G419" t="s">
         <v>1314</v>
-      </c>
-[...1 lines deleted...]
-        <v>1315</v>
       </c>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" t="s">
-        <v>1316</v>
+        <v>1315</v>
       </c>
       <c r="B420" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C420" t="s">
         <v>43</v>
       </c>
       <c r="D420" t="s">
         <v>10</v>
       </c>
       <c r="E420" t="s">
         <v>11</v>
       </c>
       <c r="F420" s="1" t="s">
-        <v>1317</v>
+        <v>1316</v>
       </c>
       <c r="G420" t="s">
-        <v>1318</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" t="s">
-        <v>1319</v>
+        <v>1317</v>
       </c>
       <c r="B421" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C421" t="s">
         <v>47</v>
       </c>
       <c r="D421" t="s">
         <v>10</v>
       </c>
       <c r="E421" t="s">
         <v>11</v>
       </c>
       <c r="F421" s="1" t="s">
-        <v>1320</v>
+        <v>1318</v>
       </c>
       <c r="G421" t="s">
-        <v>1321</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" t="s">
-        <v>1322</v>
+        <v>1320</v>
       </c>
       <c r="B422" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C422" t="s">
         <v>51</v>
       </c>
       <c r="D422" t="s">
         <v>10</v>
       </c>
       <c r="E422" t="s">
         <v>11</v>
       </c>
       <c r="F422" s="1" t="s">
-        <v>1323</v>
+        <v>1321</v>
       </c>
       <c r="G422" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" t="s">
-        <v>1325</v>
+        <v>1323</v>
       </c>
       <c r="B423" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C423" t="s">
         <v>55</v>
       </c>
       <c r="D423" t="s">
         <v>10</v>
       </c>
       <c r="E423" t="s">
         <v>11</v>
       </c>
       <c r="F423" s="1" t="s">
-        <v>1326</v>
+        <v>1324</v>
       </c>
       <c r="G423" t="s">
-        <v>1327</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" t="s">
-        <v>1328</v>
+        <v>1326</v>
       </c>
       <c r="B424" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="C424" t="s">
         <v>59</v>
       </c>
       <c r="D424" t="s">
         <v>10</v>
       </c>
       <c r="E424" t="s">
         <v>11</v>
       </c>
       <c r="F424" s="1" t="s">
-        <v>1329</v>
+        <v>1327</v>
       </c>
       <c r="G424" t="s">
-        <v>798</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B425" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C425" t="s">
+        <v>63</v>
+      </c>
+      <c r="D425" t="s">
+        <v>10</v>
+      </c>
+      <c r="E425" t="s">
+        <v>11</v>
+      </c>
+      <c r="F425" s="1" t="s">
         <v>1330</v>
       </c>
-      <c r="B425" t="s">
+      <c r="G425" t="s">
         <v>1331</v>
-      </c>
-[...13 lines deleted...]
-        <v>1333</v>
       </c>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B426" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C426" t="s">
+        <v>67</v>
+      </c>
+      <c r="D426" t="s">
+        <v>10</v>
+      </c>
+      <c r="E426" t="s">
+        <v>11</v>
+      </c>
+      <c r="F426" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="G426" t="s">
         <v>1334</v>
-      </c>
-[...16 lines deleted...]
-        <v>1336</v>
       </c>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" t="s">
-        <v>1337</v>
+        <v>1335</v>
       </c>
       <c r="B427" t="s">
-        <v>1331</v>
+        <v>1194</v>
       </c>
       <c r="C427" t="s">
-        <v>135</v>
+        <v>71</v>
       </c>
       <c r="D427" t="s">
         <v>10</v>
       </c>
       <c r="E427" t="s">
         <v>11</v>
       </c>
       <c r="F427" s="1" t="s">
-        <v>1338</v>
+        <v>1336</v>
       </c>
       <c r="G427" t="s">
-        <v>1339</v>
+        <v>805</v>
       </c>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" t="s">
-        <v>1340</v>
+        <v>1337</v>
       </c>
       <c r="B428" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="C428" t="s">
         <v>139</v>
       </c>
       <c r="D428" t="s">
         <v>10</v>
       </c>
       <c r="E428" t="s">
         <v>11</v>
       </c>
       <c r="F428" s="1" t="s">
-        <v>1341</v>
+        <v>1339</v>
       </c>
       <c r="G428" t="s">
-        <v>1342</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" t="s">
-        <v>1343</v>
+        <v>1341</v>
       </c>
       <c r="B429" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="C429" t="s">
         <v>143</v>
       </c>
       <c r="D429" t="s">
         <v>10</v>
       </c>
       <c r="E429" t="s">
         <v>11</v>
       </c>
       <c r="F429" s="1" t="s">
-        <v>1344</v>
+        <v>1342</v>
       </c>
       <c r="G429" t="s">
-        <v>1345</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" t="s">
-        <v>1346</v>
+        <v>1344</v>
       </c>
       <c r="B430" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="C430" t="s">
         <v>147</v>
       </c>
       <c r="D430" t="s">
         <v>10</v>
       </c>
       <c r="E430" t="s">
         <v>11</v>
       </c>
       <c r="F430" s="1" t="s">
-        <v>1347</v>
+        <v>1345</v>
       </c>
       <c r="G430" t="s">
-        <v>1348</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" t="s">
-        <v>1349</v>
+        <v>1347</v>
       </c>
       <c r="B431" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="C431" t="s">
         <v>151</v>
       </c>
       <c r="D431" t="s">
         <v>10</v>
       </c>
       <c r="E431" t="s">
         <v>11</v>
       </c>
       <c r="F431" s="1" t="s">
-        <v>1350</v>
+        <v>1348</v>
       </c>
       <c r="G431" t="s">
-        <v>1351</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" t="s">
-        <v>1352</v>
+        <v>1350</v>
       </c>
       <c r="B432" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="C432" t="s">
         <v>155</v>
       </c>
       <c r="D432" t="s">
         <v>10</v>
       </c>
       <c r="E432" t="s">
         <v>11</v>
       </c>
       <c r="F432" s="1" t="s">
-        <v>1353</v>
+        <v>1351</v>
       </c>
       <c r="G432" t="s">
-        <v>1354</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" t="s">
-        <v>1355</v>
+        <v>1353</v>
       </c>
       <c r="B433" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="C433" t="s">
         <v>159</v>
       </c>
       <c r="D433" t="s">
         <v>10</v>
       </c>
       <c r="E433" t="s">
         <v>11</v>
       </c>
       <c r="F433" s="1" t="s">
-        <v>1356</v>
+        <v>1354</v>
       </c>
       <c r="G433" t="s">
-        <v>1357</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" t="s">
-        <v>1358</v>
+        <v>1356</v>
       </c>
       <c r="B434" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="C434" t="s">
         <v>163</v>
       </c>
       <c r="D434" t="s">
         <v>10</v>
       </c>
       <c r="E434" t="s">
         <v>11</v>
       </c>
       <c r="F434" s="1" t="s">
-        <v>1359</v>
+        <v>1357</v>
       </c>
       <c r="G434" t="s">
-        <v>1360</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" t="s">
-        <v>1361</v>
+        <v>1359</v>
       </c>
       <c r="B435" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="C435" t="s">
         <v>167</v>
       </c>
       <c r="D435" t="s">
         <v>10</v>
       </c>
       <c r="E435" t="s">
         <v>11</v>
       </c>
       <c r="F435" s="1" t="s">
-        <v>1362</v>
+        <v>1360</v>
       </c>
       <c r="G435" t="s">
-        <v>1363</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B436" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C436" t="s">
+        <v>171</v>
+      </c>
+      <c r="D436" t="s">
+        <v>10</v>
+      </c>
+      <c r="E436" t="s">
+        <v>11</v>
+      </c>
+      <c r="F436" s="1" t="s">
+        <v>1363</v>
+      </c>
+      <c r="G436" t="s">
         <v>1364</v>
-      </c>
-[...16 lines deleted...]
-        <v>1366</v>
       </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B437" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C437" t="s">
+        <v>175</v>
+      </c>
+      <c r="D437" t="s">
+        <v>10</v>
+      </c>
+      <c r="E437" t="s">
+        <v>11</v>
+      </c>
+      <c r="F437" s="1" t="s">
+        <v>1366</v>
+      </c>
+      <c r="G437" t="s">
         <v>1367</v>
-      </c>
-[...16 lines deleted...]
-        <v>1369</v>
       </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" t="s">
+        <v>1368</v>
+      </c>
+      <c r="B438" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C438" t="s">
+        <v>179</v>
+      </c>
+      <c r="D438" t="s">
+        <v>10</v>
+      </c>
+      <c r="E438" t="s">
+        <v>11</v>
+      </c>
+      <c r="F438" s="1" t="s">
+        <v>1369</v>
+      </c>
+      <c r="G438" t="s">
         <v>1370</v>
-      </c>
-[...16 lines deleted...]
-        <v>1372</v>
       </c>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B439" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C439" t="s">
+        <v>202</v>
+      </c>
+      <c r="D439" t="s">
+        <v>10</v>
+      </c>
+      <c r="E439" t="s">
+        <v>11</v>
+      </c>
+      <c r="F439" s="1" t="s">
+        <v>1372</v>
+      </c>
+      <c r="G439" t="s">
         <v>1373</v>
-      </c>
-[...16 lines deleted...]
-        <v>1375</v>
       </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" t="s">
-        <v>1376</v>
+        <v>1374</v>
       </c>
       <c r="B440" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="C440" t="s">
         <v>214</v>
       </c>
       <c r="D440" t="s">
         <v>10</v>
       </c>
       <c r="E440" t="s">
         <v>11</v>
       </c>
       <c r="F440" s="1" t="s">
-        <v>1377</v>
+        <v>1375</v>
       </c>
       <c r="G440" t="s">
-        <v>1378</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" t="s">
-        <v>1379</v>
+        <v>1377</v>
       </c>
       <c r="B441" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="C441" t="s">
         <v>218</v>
       </c>
       <c r="D441" t="s">
         <v>10</v>
       </c>
       <c r="E441" t="s">
         <v>11</v>
       </c>
       <c r="F441" s="1" t="s">
-        <v>1380</v>
+        <v>1378</v>
       </c>
       <c r="G441" t="s">
-        <v>1381</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" t="s">
-        <v>1382</v>
+        <v>1380</v>
       </c>
       <c r="B442" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="C442" t="s">
         <v>222</v>
       </c>
       <c r="D442" t="s">
         <v>10</v>
       </c>
       <c r="E442" t="s">
         <v>11</v>
       </c>
       <c r="F442" s="1" t="s">
-        <v>1383</v>
+        <v>1381</v>
       </c>
       <c r="G442" t="s">
-        <v>1384</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B443" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C443" t="s">
+        <v>225</v>
+      </c>
+      <c r="D443" t="s">
+        <v>10</v>
+      </c>
+      <c r="E443" t="s">
+        <v>11</v>
+      </c>
+      <c r="F443" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G443" t="s">
         <v>1385</v>
-      </c>
-[...16 lines deleted...]
-        <v>1387</v>
       </c>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B444" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C444" t="s">
+        <v>229</v>
+      </c>
+      <c r="D444" t="s">
+        <v>10</v>
+      </c>
+      <c r="E444" t="s">
+        <v>11</v>
+      </c>
+      <c r="F444" s="1" t="s">
+        <v>1387</v>
+      </c>
+      <c r="G444" t="s">
         <v>1388</v>
-      </c>
-[...16 lines deleted...]
-        <v>1390</v>
       </c>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" t="s">
-        <v>299</v>
+        <v>1389</v>
       </c>
       <c r="B445" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="C445" t="s">
-        <v>9</v>
+        <v>233</v>
       </c>
       <c r="D445" t="s">
         <v>10</v>
       </c>
       <c r="E445" t="s">
         <v>11</v>
       </c>
       <c r="F445" s="1" t="s">
+        <v>1390</v>
+      </c>
+      <c r="G445" t="s">
         <v>1391</v>
-      </c>
-[...1 lines deleted...]
-        <v>1392</v>
       </c>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" t="s">
-        <v>303</v>
+        <v>1392</v>
       </c>
       <c r="B446" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="C446" t="s">
-        <v>15</v>
+        <v>237</v>
       </c>
       <c r="D446" t="s">
         <v>10</v>
       </c>
       <c r="E446" t="s">
         <v>11</v>
       </c>
       <c r="F446" s="1" t="s">
         <v>1393</v>
       </c>
       <c r="G446" t="s">
         <v>1394</v>
       </c>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" t="s">
-        <v>307</v>
+        <v>1395</v>
       </c>
       <c r="B447" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="C447" t="s">
-        <v>19</v>
+        <v>241</v>
       </c>
       <c r="D447" t="s">
         <v>10</v>
       </c>
       <c r="E447" t="s">
         <v>11</v>
       </c>
       <c r="F447" s="1" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="G447" t="s">
-        <v>1166</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="B448" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="C448" t="s">
         <v>23</v>
       </c>
       <c r="D448" t="s">
         <v>10</v>
       </c>
       <c r="E448" t="s">
         <v>11</v>
       </c>
       <c r="F448" s="1" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="G448" t="s">
-        <v>904</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="B449" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="C449" t="s">
         <v>27</v>
       </c>
       <c r="D449" t="s">
         <v>10</v>
       </c>
       <c r="E449" t="s">
         <v>11</v>
       </c>
       <c r="F449" s="1" t="s">
-        <v>1397</v>
+        <v>1400</v>
       </c>
       <c r="G449" t="s">
-        <v>1398</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="B450" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="C450" t="s">
         <v>31</v>
       </c>
       <c r="D450" t="s">
         <v>10</v>
       </c>
       <c r="E450" t="s">
         <v>11</v>
       </c>
       <c r="F450" s="1" t="s">
-        <v>953</v>
+        <v>1402</v>
       </c>
       <c r="G450" t="s">
-        <v>1399</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" t="s">
-        <v>59</v>
+        <v>319</v>
       </c>
       <c r="B451" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="C451" t="s">
-        <v>1400</v>
+        <v>35</v>
       </c>
       <c r="D451" t="s">
         <v>10</v>
       </c>
       <c r="E451" t="s">
         <v>11</v>
       </c>
       <c r="F451" s="1" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="G451" t="s">
-        <v>1402</v>
+        <v>911</v>
       </c>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" t="s">
-        <v>35</v>
+        <v>323</v>
       </c>
       <c r="B452" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="C452" t="s">
-        <v>1403</v>
+        <v>39</v>
       </c>
       <c r="D452" t="s">
         <v>10</v>
       </c>
       <c r="E452" t="s">
         <v>11</v>
       </c>
       <c r="F452" s="1" t="s">
         <v>1404</v>
       </c>
       <c r="G452" t="s">
         <v>1405</v>
       </c>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" t="s">
-        <v>39</v>
+        <v>327</v>
       </c>
       <c r="B453" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="C453" t="s">
+        <v>43</v>
+      </c>
+      <c r="D453" t="s">
+        <v>10</v>
+      </c>
+      <c r="E453" t="s">
+        <v>11</v>
+      </c>
+      <c r="F453" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="G453" t="s">
         <v>1406</v>
-      </c>
-[...10 lines deleted...]
-        <v>1408</v>
       </c>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" t="s">
-        <v>43</v>
+        <v>71</v>
       </c>
       <c r="B454" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="C454" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D454" t="s">
+        <v>10</v>
+      </c>
+      <c r="E454" t="s">
+        <v>11</v>
+      </c>
+      <c r="F454" s="1" t="s">
+        <v>1408</v>
+      </c>
+      <c r="G454" t="s">
         <v>1409</v>
-      </c>
-[...10 lines deleted...]
-        <v>1411</v>
       </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" t="s">
         <v>47</v>
       </c>
       <c r="B455" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="C455" t="s">
+        <v>1410</v>
+      </c>
+      <c r="D455" t="s">
+        <v>10</v>
+      </c>
+      <c r="E455" t="s">
+        <v>11</v>
+      </c>
+      <c r="F455" s="1" t="s">
+        <v>1411</v>
+      </c>
+      <c r="G455" t="s">
         <v>1412</v>
-      </c>
-[...10 lines deleted...]
-        <v>1414</v>
       </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" t="s">
         <v>51</v>
       </c>
       <c r="B456" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="C456" t="s">
+        <v>1413</v>
+      </c>
+      <c r="D456" t="s">
+        <v>10</v>
+      </c>
+      <c r="E456" t="s">
+        <v>11</v>
+      </c>
+      <c r="F456" s="1" t="s">
+        <v>1414</v>
+      </c>
+      <c r="G456" t="s">
         <v>1415</v>
-      </c>
-[...10 lines deleted...]
-        <v>1417</v>
       </c>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" t="s">
         <v>55</v>
       </c>
       <c r="B457" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="C457" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D457" t="s">
+        <v>10</v>
+      </c>
+      <c r="E457" t="s">
+        <v>11</v>
+      </c>
+      <c r="F457" s="1" t="s">
+        <v>1417</v>
+      </c>
+      <c r="G457" t="s">
         <v>1418</v>
-      </c>
-[...10 lines deleted...]
-        <v>1420</v>
       </c>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" t="s">
+        <v>59</v>
+      </c>
+      <c r="B458" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C458" t="s">
+        <v>1419</v>
+      </c>
+      <c r="D458" t="s">
+        <v>10</v>
+      </c>
+      <c r="E458" t="s">
+        <v>11</v>
+      </c>
+      <c r="F458" s="1" t="s">
+        <v>1420</v>
+      </c>
+      <c r="G458" t="s">
         <v>1421</v>
       </c>
-      <c r="B458" t="s">
-[...11 lines deleted...]
-      <c r="F458" s="1" t="s">
+    </row>
+    <row r="459" spans="1:7">
+      <c r="A459" t="s">
+        <v>63</v>
+      </c>
+      <c r="B459" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C459" t="s">
         <v>1422</v>
       </c>
-      <c r="G458" t="s">
+      <c r="D459" t="s">
+        <v>10</v>
+      </c>
+      <c r="E459" t="s">
+        <v>11</v>
+      </c>
+      <c r="F459" s="1" t="s">
         <v>1423</v>
+      </c>
+      <c r="G459" t="s">
+        <v>1424</v>
+      </c>
+    </row>
+    <row r="460" spans="1:7">
+      <c r="A460" t="s">
+        <v>67</v>
+      </c>
+      <c r="B460" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C460" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D460" t="s">
+        <v>10</v>
+      </c>
+      <c r="E460" t="s">
+        <v>11</v>
+      </c>
+      <c r="F460" s="1" t="s">
+        <v>1426</v>
+      </c>
+      <c r="G460" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="461" spans="1:7">
+      <c r="A461" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B461" t="s">
+        <v>748</v>
+      </c>
+      <c r="C461" t="s">
+        <v>214</v>
+      </c>
+      <c r="D461" t="s">
+        <v>10</v>
+      </c>
+      <c r="E461" t="s">
+        <v>11</v>
+      </c>
+      <c r="F461" s="1" t="s">
+        <v>1429</v>
+      </c>
+      <c r="G461" t="s">
+        <v>1430</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -15645,50 +15735,53 @@
     <hyperlink ref="F434" r:id="rId433"/>
     <hyperlink ref="F435" r:id="rId434"/>
     <hyperlink ref="F436" r:id="rId435"/>
     <hyperlink ref="F437" r:id="rId436"/>
     <hyperlink ref="F438" r:id="rId437"/>
     <hyperlink ref="F439" r:id="rId438"/>
     <hyperlink ref="F440" r:id="rId439"/>
     <hyperlink ref="F441" r:id="rId440"/>
     <hyperlink ref="F442" r:id="rId441"/>
     <hyperlink ref="F443" r:id="rId442"/>
     <hyperlink ref="F444" r:id="rId443"/>
     <hyperlink ref="F445" r:id="rId444"/>
     <hyperlink ref="F446" r:id="rId445"/>
     <hyperlink ref="F447" r:id="rId446"/>
     <hyperlink ref="F448" r:id="rId447"/>
     <hyperlink ref="F449" r:id="rId448"/>
     <hyperlink ref="F450" r:id="rId449"/>
     <hyperlink ref="F451" r:id="rId450"/>
     <hyperlink ref="F452" r:id="rId451"/>
     <hyperlink ref="F453" r:id="rId452"/>
     <hyperlink ref="F454" r:id="rId453"/>
     <hyperlink ref="F455" r:id="rId454"/>
     <hyperlink ref="F456" r:id="rId455"/>
     <hyperlink ref="F457" r:id="rId456"/>
     <hyperlink ref="F458" r:id="rId457"/>
+    <hyperlink ref="F459" r:id="rId458"/>
+    <hyperlink ref="F460" r:id="rId459"/>
+    <hyperlink ref="F461" r:id="rId460"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>