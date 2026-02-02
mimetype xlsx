--- v0 (2025-12-16)
+++ v1 (2026-02-02)
@@ -10,86 +10,113 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="686" uniqueCount="327">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="700" uniqueCount="334">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>1473</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>OS</t>
+  </si>
+  <si>
+    <t>Ordem de Serviço</t>
+  </si>
+  <si>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1473/ordem_de_servico_no_01.2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração do canal oficial de transmissão e arquivamento das sessões e eventos institucionais da Câmara Municipal de São Francisco de Assis.</t>
+  </si>
+  <si>
+    <t>1458</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1458/ordem_de_servico_n_18-2025.pdf</t>
+  </si>
+  <si>
+    <t>Fica estabelecido o horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, durante o período de recesso, das 08 horas às 12 horas, do dia 02 de janeiro de 2026 até dia 28 de fevereiro de 2026, de segunda a sexta-feira.</t>
+  </si>
+  <si>
     <t>1446</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>17</t>
-  </si>
-[...4 lines deleted...]
-    <t>Ordem de Serviço</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1446/ordem_de_servico_n17-2025.pdf</t>
   </si>
   <si>
     <t>Art. 1°. Fica estabelecido o horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, das 08 horas às 12 horas, nos dias 24 e 31 de dezembro de 2025.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1447/ordem_de_servico_n16-2025.pdf</t>
   </si>
   <si>
     <t>Art. 1°. Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis, no dia 21 de novembro do corrente ano, sexta feira.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>15</t>
   </si>
@@ -237,53 +264,50 @@
   <si>
     <t>3</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1253/ordem_de_servico_no03-2025.pdf</t>
   </si>
   <si>
     <t>Art. 1º . Fica estabelecido o ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis no dia 03 e 04 de março de 2025(segunda-feira e terça-feira)._x000D_
 _x000D_
 Art. 2º . Fica estabelecido que o horário de expediente das 13hs as 17hs, no dia 05 de março de 2025(quarta-feira).</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1222/ordem_de_servico_n_02.2024.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido 100 impressões mensais por vereador.</t>
   </si>
   <si>
     <t>1220</t>
-  </si>
-[...1 lines deleted...]
-    <t>1</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1220/ordem_de_servico_n_01.2024.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido horário de expediente, durante o período de recesso, das 8h as 12h, do dia 03 de Janeiro de 2025 até o dia 28 de Fevereiro de 2025, de segunda a sexta-feira.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1193/ordem_de_servico_n_11.2024.pdf</t>
   </si>
   <si>
     <t>Art. 1°. Fica estabelecido o horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, das 08 horas às 12 horas, nos dias 24 e 31 de dezembro de 2024.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1170/ordem_de_servico_no10-2024.pdf</t>
   </si>
@@ -843,53 +867,50 @@
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/254/ordem_de_servico_no_01-2020.pdf</t>
   </si>
   <si>
     <t>Art. 1º. Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis no dia 24 de fevereiro de 2020 (segunda-feira)._x000D_
 Art. 2º.  Fica estabelecido o horário de expediente das 12h30min às 17h, no dia 26 de fevereiro do corrente ano (quarta-feira)._x000D_
 Art. 3º. Esta ordem de serviço entra em vigor na data de sua publicação.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/239/ordem_de_servico_n_19.2019.pdf</t>
   </si>
   <si>
     <t>Art. 1º. Fica estabelecido horário de expediente das 8h às 12h30min, do dia 02 de janeiro até o dia 28 de fevereiro de dois mil e vinte.</t>
   </si>
   <si>
     <t>238</t>
-  </si>
-[...1 lines deleted...]
-    <t>18</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/238/ordem_de_servico_no_18.2019.pdf</t>
   </si>
   <si>
     <t>Art. 1°. Fica estabelecido o horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, das 8h às 12h, no dia 30 de dezembro de 2019(segunda-feira)_x000D_
 _x000D_
 Art. 2°. Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis no dia 31 de dezembro de 2019(terça-feira).</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/237/ordem_de_servico_no_17.2019.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis no dia 24 de dezembro de 2019 (Terça-Feira)</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/230/ordem_de_servico_n_16.2019.pdf</t>
   </si>
   <si>
@@ -1376,56 +1397,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1446/ordem_de_servico_n17-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1447/ordem_de_servico_n16-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1432/ordem_de_servico_n15-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1421/ordem_de_servico_n14.2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1420/ordem_de_servico_n13-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1411/ordem_de_servico_n12-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1400/ordem_de_servico_n11-25.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1388/ordem_de_servico_n10-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1378/ordem_de_servico_n09.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1367/ordem_de_servico_n08-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1341/ordem_de_servico_n07-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1296/ordem_de_servico_n06-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1290/ordem_de_servico_no05-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1254/ordem_de_servico_no04-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1253/ordem_de_servico_no03-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1222/ordem_de_servico_n_02.2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1220/ordem_de_servico_n_01.2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1193/ordem_de_servico_n_11.2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1170/ordem_de_servico_no10-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1156/ordem_de_servico_n09.2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1149/ordem_de_servico_n08-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1086/ordem_de_servico_no07-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1087/ordem_de_servico_no06-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1036/ordem_de_servico_no_05-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1025/ordem_de_servico_04-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1016/ordem_de_servico_n03-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1000/ordem_de_servico_n_02-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/995/ordem_de_servico_n01-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/993/ordem_de_servico_n_17.2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/964/ordem_de_servico_no_16.2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/965/ordem_de_servico_no_15.2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/959/ordem_de_servico_no_14-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/952/ordem_de_servico_n13-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/935/ordem_de_servico_no_12.2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/926/ordem_de_servico_no_11.2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/914/ordem_de_servico_no_10.2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/912/ordem_de_servico_n09-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/911/ordem_de_servico_n08-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/894/ordem_de_servico_n07-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/873/ordem_de_servico_no_06-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/871/ordem_de_servico_n05-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/861/ordem_de_servico_04-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/860/ordem_de_servico_n03-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/843/ordem_de_servico_no_02.2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/836/ordem_de_servico_n01-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/817/odem_de_servico_n_12-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/812/ordem_de_servico_11-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/810/ordem_de_servico_n_10-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/800/ordem_de_servico_n_09-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/798/ordem_de_servico_8-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/792/ordem_de_servico_no7.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/787/ordem_de_servico_06-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/742/ordem_de_servico_n_05-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/740/ordem__de_servico_n_04-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/737/ordem_de_servico_n_03-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/735/ordem_de_servico_n_02-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/681/ordem_de_servico_n_01-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/645/ordem_de_servico_no_13-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/637/ordem_de_servico_n_12-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/623/ordem_de_servico_n_11-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/594/ordem_de_servico_n_10-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/580/ordem_de_servico_n_09-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/554/ordem_de_servico_n_08-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/528/ordem_de_servico_no_07-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/515/ordem_de_servico_no_06-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/504/ordem_de_servico_no_05.2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/503/ordem_de_servico_no_04.2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/497/ordem_de_servico_n_03-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/491/ordem_de_servico_n_02-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/480/ordem_de_servico_n_01-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/472/ordem_de_servico_no_06.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/466/ordem_de_servico_no_05.2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/388/ordem_de_servico_no_04-2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/382/ordem_de_servico_no_03-2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/269/ordem_de_servico_no_02-2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/254/ordem_de_servico_no_01-2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/239/ordem_de_servico_n_19.2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/238/ordem_de_servico_no_18.2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/237/ordem_de_servico_no_17.2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/230/ordem_de_servico_n_16.2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/229/ordem_de_servico_n_15.2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/227/ordem_de_servico_n_14.2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/225/ordem_de_servico_n_13.2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/216/ordem_de_servico_n_12.2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/211/ordem_de_servico_no_11.2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/210/ordem_de_servico_no_10.2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/207/ordem_de_servico_no_09.2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/205/ondem_de_servico_08.2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/201/ordem_de_servicos.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/200/ordem_de_servico_n_06.2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/192/ordemdeservico.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/174/ordem_de_servico_n_02.2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/163/ordem_de_servico_n_01.2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/146/ordem_de_servico_n_05.2018.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/139/ordem_de_servico_n_03-2018.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/108/ordem_de_servico.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/63/ordem-de-servi-o.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1473/ordem_de_servico_no_01.2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1458/ordem_de_servico_n_18-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1446/ordem_de_servico_n17-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1447/ordem_de_servico_n16-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1432/ordem_de_servico_n15-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1421/ordem_de_servico_n14.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1420/ordem_de_servico_n13-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1411/ordem_de_servico_n12-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1400/ordem_de_servico_n11-25.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1388/ordem_de_servico_n10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1378/ordem_de_servico_n09.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1367/ordem_de_servico_n08-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1341/ordem_de_servico_n07-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1296/ordem_de_servico_n06-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1290/ordem_de_servico_no05-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1254/ordem_de_servico_no04-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1253/ordem_de_servico_no03-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1222/ordem_de_servico_n_02.2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1220/ordem_de_servico_n_01.2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1193/ordem_de_servico_n_11.2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1170/ordem_de_servico_no10-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1156/ordem_de_servico_n09.2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1149/ordem_de_servico_n08-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1086/ordem_de_servico_no07-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1087/ordem_de_servico_no06-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1036/ordem_de_servico_no_05-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1025/ordem_de_servico_04-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1016/ordem_de_servico_n03-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1000/ordem_de_servico_n_02-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/995/ordem_de_servico_n01-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/993/ordem_de_servico_n_17.2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/964/ordem_de_servico_no_16.2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/965/ordem_de_servico_no_15.2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/959/ordem_de_servico_no_14-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/952/ordem_de_servico_n13-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/935/ordem_de_servico_no_12.2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/926/ordem_de_servico_no_11.2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/914/ordem_de_servico_no_10.2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/912/ordem_de_servico_n09-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/911/ordem_de_servico_n08-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/894/ordem_de_servico_n07-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/873/ordem_de_servico_no_06-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/871/ordem_de_servico_n05-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/861/ordem_de_servico_04-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/860/ordem_de_servico_n03-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/843/ordem_de_servico_no_02.2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/836/ordem_de_servico_n01-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/817/odem_de_servico_n_12-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/812/ordem_de_servico_11-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/810/ordem_de_servico_n_10-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/800/ordem_de_servico_n_09-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/798/ordem_de_servico_8-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/792/ordem_de_servico_no7.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/787/ordem_de_servico_06-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/742/ordem_de_servico_n_05-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/740/ordem__de_servico_n_04-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/737/ordem_de_servico_n_03-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/735/ordem_de_servico_n_02-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/681/ordem_de_servico_n_01-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/645/ordem_de_servico_no_13-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/637/ordem_de_servico_n_12-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/623/ordem_de_servico_n_11-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/594/ordem_de_servico_n_10-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/580/ordem_de_servico_n_09-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/554/ordem_de_servico_n_08-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/528/ordem_de_servico_no_07-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/515/ordem_de_servico_no_06-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/504/ordem_de_servico_no_05.2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/503/ordem_de_servico_no_04.2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/497/ordem_de_servico_n_03-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/491/ordem_de_servico_n_02-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/480/ordem_de_servico_n_01-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/472/ordem_de_servico_no_06.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/466/ordem_de_servico_no_05.2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/388/ordem_de_servico_no_04-2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/382/ordem_de_servico_no_03-2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/269/ordem_de_servico_no_02-2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/254/ordem_de_servico_no_01-2020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/239/ordem_de_servico_n_19.2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/238/ordem_de_servico_no_18.2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/237/ordem_de_servico_no_17.2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/230/ordem_de_servico_n_16.2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/229/ordem_de_servico_n_15.2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/227/ordem_de_servico_n_14.2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/225/ordem_de_servico_n_13.2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/216/ordem_de_servico_n_12.2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/211/ordem_de_servico_no_11.2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/210/ordem_de_servico_no_10.2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/207/ordem_de_servico_no_09.2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/205/ondem_de_servico_08.2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/201/ordem_de_servicos.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/200/ordem_de_servico_n_06.2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/192/ordemdeservico.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/174/ordem_de_servico_n_02.2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/163/ordem_de_servico_n_01.2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/146/ordem_de_servico_n_05.2018.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/139/ordem_de_servico_n_03-2018.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/108/ordem_de_servico.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/63/ordem-de-servi-o.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G98"/>
+  <dimension ref="A1:G100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="109" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="251.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1446,2251 +1467,2297 @@
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
         <v>11</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B5" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B7" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B9" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B10" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B11" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B12" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G12" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B13" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B14" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C14" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B15" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B16" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C16" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G16" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B17" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C17" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G17" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B18" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C18" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G18" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B19" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="C19" t="s">
-        <v>35</v>
+        <v>80</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="G19" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B20" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="C20" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G20" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B21" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="C21" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="G21" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B22" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="C22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="G22" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B23" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="C23" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="G23" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B24" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="C24" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="G24" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B25" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="C25" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="G25" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B26" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="C26" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="G26" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B27" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="C27" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="G27" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B28" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="C28" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="G28" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B29" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="C29" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="G29" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B30" t="s">
-        <v>113</v>
+        <v>87</v>
       </c>
       <c r="C30" t="s">
-        <v>9</v>
+        <v>80</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G30" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B31" t="s">
-        <v>113</v>
+        <v>87</v>
       </c>
       <c r="C31" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G31" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B32" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="C32" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="G32" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B33" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="C33" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="G33" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B34" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="C34" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G34" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B35" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="C35" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="G35" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B36" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="C36" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="G36" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B37" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="C37" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="G37" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B38" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="C38" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="G38" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B39" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="C39" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G39" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B40" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="C40" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="G40" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B41" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="C41" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="G41" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B42" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="C42" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G42" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B43" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="C43" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="G43" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B44" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="C44" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="G44" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B45" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="C45" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="G45" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B46" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="C46" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="G46" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B47" t="s">
-        <v>165</v>
+        <v>121</v>
       </c>
       <c r="C47" t="s">
-        <v>31</v>
+        <v>80</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G47" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B48" t="s">
-        <v>165</v>
+        <v>121</v>
       </c>
       <c r="C48" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="G48" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B49" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="C49" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="G49" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B50" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="C50" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="G50" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B51" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="C51" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="G51" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B52" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="C52" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="G52" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B53" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="C53" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="G53" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B54" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="C54" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G54" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B55" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="C55" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="G55" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B56" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="C56" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="G56" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B57" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="C57" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="G57" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B58" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="C58" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="G58" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B59" t="s">
-        <v>202</v>
+        <v>173</v>
       </c>
       <c r="C59" t="s">
-        <v>27</v>
+        <v>80</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="G59" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B60" t="s">
-        <v>202</v>
+        <v>173</v>
       </c>
       <c r="C60" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="G60" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B61" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="C61" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="G61" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B62" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="C62" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="G62" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B63" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="C63" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="G63" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B64" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="C64" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="G64" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B65" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="C65" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D65" t="s">
         <v>10</v>
       </c>
       <c r="E65" t="s">
         <v>11</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="G65" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B66" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="C66" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D66" t="s">
         <v>10</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="G66" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="B67" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="C67" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="G67" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="B68" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="C68" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="G68" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B69" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="C69" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G69" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B70" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="C70" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="G70" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B71" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="C71" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="G71" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B72" t="s">
-        <v>242</v>
+        <v>210</v>
       </c>
       <c r="C72" t="s">
-        <v>55</v>
+        <v>80</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="G72" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B73" t="s">
-        <v>242</v>
+        <v>210</v>
       </c>
       <c r="C73" t="s">
-        <v>59</v>
+        <v>9</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="G73" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B74" t="s">
-        <v>242</v>
+        <v>250</v>
       </c>
       <c r="C74" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D74" t="s">
         <v>10</v>
       </c>
       <c r="E74" t="s">
         <v>11</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="G74" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B75" t="s">
-        <v>242</v>
+        <v>250</v>
       </c>
       <c r="C75" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
         <v>11</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="G75" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B76" t="s">
-        <v>242</v>
+        <v>250</v>
       </c>
       <c r="C76" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="G76" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B77" t="s">
-        <v>242</v>
+        <v>250</v>
       </c>
       <c r="C77" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77" t="s">
         <v>11</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="G77" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="B78" t="s">
-        <v>261</v>
+        <v>250</v>
       </c>
       <c r="C78" t="s">
-        <v>262</v>
+        <v>80</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>263</v>
       </c>
       <c r="G78" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>265</v>
       </c>
       <c r="B79" t="s">
-        <v>261</v>
+        <v>250</v>
       </c>
       <c r="C79" t="s">
+        <v>9</v>
+      </c>
+      <c r="D79" t="s">
+        <v>10</v>
+      </c>
+      <c r="E79" t="s">
+        <v>11</v>
+      </c>
+      <c r="F79" s="1" t="s">
         <v>266</v>
       </c>
-      <c r="D79" t="s">
-[...5 lines deleted...]
-      <c r="F79" s="1" t="s">
+      <c r="G79" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
+        <v>268</v>
+      </c>
+      <c r="B80" t="s">
         <v>269</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80" t="s">
-        <v>9</v>
+        <v>270</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G80" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B81" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="C81" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="G81" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B82" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="C82" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="G82" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B83" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="C83" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
         <v>11</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="G83" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B84" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="C84" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="G84" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B85" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="C85" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>11</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="G85" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B86" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="C86" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
         <v>11</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="G86" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B87" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="C87" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
         <v>11</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="G87" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B88" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="C88" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
         <v>11</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="G88" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B89" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="C89" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>11</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="G89" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B90" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="C90" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
         <v>11</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="G90" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B91" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="C91" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="G91" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B92" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="C92" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="D92" t="s">
         <v>10</v>
       </c>
       <c r="E92" t="s">
         <v>11</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G92" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B93" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="C93" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
         <v>11</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="G93" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B94" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="C94" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D94" t="s">
         <v>10</v>
       </c>
       <c r="E94" t="s">
         <v>11</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="G94" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B95" t="s">
-        <v>315</v>
+        <v>269</v>
       </c>
       <c r="C95" t="s">
-        <v>59</v>
+        <v>80</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95" t="s">
         <v>11</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>316</v>
       </c>
       <c r="G95" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
         <v>318</v>
       </c>
       <c r="B96" t="s">
-        <v>315</v>
+        <v>269</v>
       </c>
       <c r="C96" t="s">
-        <v>67</v>
+        <v>9</v>
       </c>
       <c r="D96" t="s">
         <v>10</v>
       </c>
       <c r="E96" t="s">
         <v>11</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>319</v>
       </c>
       <c r="G96" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
         <v>321</v>
       </c>
       <c r="B97" t="s">
-        <v>315</v>
+        <v>322</v>
       </c>
       <c r="C97" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
         <v>11</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="G97" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B98" t="s">
-        <v>315</v>
+        <v>322</v>
       </c>
       <c r="C98" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D98" t="s">
         <v>10</v>
       </c>
       <c r="E98" t="s">
         <v>11</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="G98" t="s">
-        <v>326</v>
+        <v>327</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7">
+      <c r="A99" t="s">
+        <v>328</v>
+      </c>
+      <c r="B99" t="s">
+        <v>322</v>
+      </c>
+      <c r="C99" t="s">
+        <v>80</v>
+      </c>
+      <c r="D99" t="s">
+        <v>10</v>
+      </c>
+      <c r="E99" t="s">
+        <v>11</v>
+      </c>
+      <c r="F99" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="G99" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7">
+      <c r="A100" t="s">
+        <v>331</v>
+      </c>
+      <c r="B100" t="s">
+        <v>322</v>
+      </c>
+      <c r="C100" t="s">
+        <v>9</v>
+      </c>
+      <c r="D100" t="s">
+        <v>10</v>
+      </c>
+      <c r="E100" t="s">
+        <v>11</v>
+      </c>
+      <c r="F100" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="G100" t="s">
+        <v>333</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -3748,50 +3815,52 @@
     <hyperlink ref="F74" r:id="rId73"/>
     <hyperlink ref="F75" r:id="rId74"/>
     <hyperlink ref="F76" r:id="rId75"/>
     <hyperlink ref="F77" r:id="rId76"/>
     <hyperlink ref="F78" r:id="rId77"/>
     <hyperlink ref="F79" r:id="rId78"/>
     <hyperlink ref="F80" r:id="rId79"/>
     <hyperlink ref="F81" r:id="rId80"/>
     <hyperlink ref="F82" r:id="rId81"/>
     <hyperlink ref="F83" r:id="rId82"/>
     <hyperlink ref="F84" r:id="rId83"/>
     <hyperlink ref="F85" r:id="rId84"/>
     <hyperlink ref="F86" r:id="rId85"/>
     <hyperlink ref="F87" r:id="rId86"/>
     <hyperlink ref="F88" r:id="rId87"/>
     <hyperlink ref="F89" r:id="rId88"/>
     <hyperlink ref="F90" r:id="rId89"/>
     <hyperlink ref="F91" r:id="rId90"/>
     <hyperlink ref="F92" r:id="rId91"/>
     <hyperlink ref="F93" r:id="rId92"/>
     <hyperlink ref="F94" r:id="rId93"/>
     <hyperlink ref="F95" r:id="rId94"/>
     <hyperlink ref="F96" r:id="rId95"/>
     <hyperlink ref="F97" r:id="rId96"/>
     <hyperlink ref="F98" r:id="rId97"/>
+    <hyperlink ref="F99" r:id="rId98"/>
+    <hyperlink ref="F100" r:id="rId99"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>