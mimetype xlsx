--- v1 (2026-02-02)
+++ v2 (2026-03-25)
@@ -48,1049 +48,1049 @@
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>OS</t>
   </si>
   <si>
     <t>Ordem de Serviço</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1473/ordem_de_servico_no_01.2026.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1473/ordem_de_servico_no_01.2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do canal oficial de transmissão e arquivamento das sessões e eventos institucionais da Câmara Municipal de São Francisco de Assis.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1458/ordem_de_servico_n_18-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1458/ordem_de_servico_n_18-2025.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido o horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, durante o período de recesso, das 08 horas às 12 horas, do dia 02 de janeiro de 2026 até dia 28 de fevereiro de 2026, de segunda a sexta-feira.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1446/ordem_de_servico_n17-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1446/ordem_de_servico_n17-2025.pdf</t>
   </si>
   <si>
     <t>Art. 1°. Fica estabelecido o horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, das 08 horas às 12 horas, nos dias 24 e 31 de dezembro de 2025.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1447/ordem_de_servico_n16-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1447/ordem_de_servico_n16-2025.pdf</t>
   </si>
   <si>
     <t>Art. 1°. Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis, no dia 21 de novembro do corrente ano, sexta feira.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1432/ordem_de_servico_n15-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1432/ordem_de_servico_n15-2025.pdf</t>
   </si>
   <si>
     <t>Art. 1° Fica Prorrogado, até o dia 31 de dezembro de 2025, o prazo estabelecido na Ordem de Serviço N° 08/2025, estipulado para a Comissão de Inventário de bens móveis, imóveis e de consumo realizar a atualização do inventário pertencente a Câmara Municipal de Vereadores - RS.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1421/ordem_de_servico_n14.2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1421/ordem_de_servico_n14.2025.pdf</t>
   </si>
   <si>
     <t>Art. 1°. Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis, no dia 31 de outubro do corrente ano, sexta-feira.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1420/ordem_de_servico_n13-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1420/ordem_de_servico_n13-2025.pdf</t>
   </si>
   <si>
     <t>Art. 1°. Fica estabelecido horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, das 8h às 12h, no dia 17 de outubro do corrente ano, sexta-feira.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1411/ordem_de_servico_n12-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1411/ordem_de_servico_n12-2025.pdf</t>
   </si>
   <si>
     <t>Art. 1°. Fica estabelecido o horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, das 8h às 12h, no dia 03 de outubro do corrente ano, sexta-feira.</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1400/ordem_de_servico_n11-25.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1400/ordem_de_servico_n11-25.pdf</t>
   </si>
   <si>
     <t>Art. 1°. Fica estabelecido o horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, das 08 horas às 12 horas, nos dias 16, 17, 18 e 19 de setembro do corrente ano.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1388/ordem_de_servico_n10-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1388/ordem_de_servico_n10-2025.pdf</t>
   </si>
   <si>
     <t>Art. 1°. Fica estabelecido o horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, das 08 horas às 11 horas, no dia 05 de setembro do corrente ano, sexta-feira.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1378/ordem_de_servico_n09.2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1378/ordem_de_servico_n09.2025.pdf</t>
   </si>
   <si>
     <t>Art. 1°. Fica estabelecido o horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, das 8h às 12h e das 13:30min às 16:30min, no dia 29 de agosto do corrente ano, sexta-feira.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1367/ordem_de_servico_n08-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1367/ordem_de_servico_n08-2025.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido o prazo de 90 (noventa) dias para a Comissão de Inventário de bens móveis, imóveis e de consumo realizar a atualização do inventário pertencente a Câmara Municipal de Vereadores- RS.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1341/ordem_de_servico_n07-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1341/ordem_de_servico_n07-2025.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido o horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, das 08h as 12h e das 13h as 16:30min, no dia 04 de julho do corrente ano, sexta-feira.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1296/ordem_de_servico_n06-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1296/ordem_de_servico_n06-2025.pdf</t>
   </si>
   <si>
     <t>Art. 1°. Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis no dia 02 de maio de 2025 (sexta-feira)</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1290/ordem_de_servico_no05-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1290/ordem_de_servico_no05-2025.pdf</t>
   </si>
   <si>
     <t>Art. 1º. Fica estabelecido o horário de expediente das 08 horas as 12 horas, do dia 17 de Abril do corrente ano.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1254/ordem_de_servico_no04-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1254/ordem_de_servico_no04-2025.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido prazo máximo para protocolo das proposições dos vereadores para as Sessões Ordinárias, sendo até as 12 horas do último dia útil que antecede a Sessão Plenária Ordinária subsequente.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1253/ordem_de_servico_no03-2025.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1253/ordem_de_servico_no03-2025.pdf</t>
   </si>
   <si>
     <t>Art. 1º . Fica estabelecido o ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis no dia 03 e 04 de março de 2025(segunda-feira e terça-feira)._x000D_
 _x000D_
 Art. 2º . Fica estabelecido que o horário de expediente das 13hs as 17hs, no dia 05 de março de 2025(quarta-feira).</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1222/ordem_de_servico_n_02.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1222/ordem_de_servico_n_02.2024.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido 100 impressões mensais por vereador.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1220/ordem_de_servico_n_01.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1220/ordem_de_servico_n_01.2024.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido horário de expediente, durante o período de recesso, das 8h as 12h, do dia 03 de Janeiro de 2025 até o dia 28 de Fevereiro de 2025, de segunda a sexta-feira.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1193/ordem_de_servico_n_11.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1193/ordem_de_servico_n_11.2024.pdf</t>
   </si>
   <si>
     <t>Art. 1°. Fica estabelecido o horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, das 08 horas às 12 horas, nos dias 24 e 31 de dezembro de 2024.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1170/ordem_de_servico_no10-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1170/ordem_de_servico_no10-2024.pdf</t>
   </si>
   <si>
     <t>Art. 1º Fica estabelecido ponto facultativo na Câmara  Municipal de Vereadores de São Francisco de Assis no dia 28 de Outubro de 2024 (segunda-feira).</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1156/ordem_de_servico_n09.2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1156/ordem_de_servico_n09.2024.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido o horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, das 08 horas às 11 horas, no dia 06 de setembro de 2024.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1149/ordem_de_servico_n08-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1149/ordem_de_servico_n08-2024.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido o horário de expediente da Câmara de Vereadores de São Francisco de Assis, das 08 horas às 11 horas e 30 minutos, durante os dias 16, 17, 18, e 19 de setembro de 2024.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1086/ordem_de_servico_no07-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1086/ordem_de_servico_no07-2024.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis no dia 31 de Maio de 2024 (sexta-feira)</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1087/ordem_de_servico_no06-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1087/ordem_de_servico_no06-2024.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido o horário de expediente das 08h as 11h, no dia 27 de Março do corrente ano (quarta-feira)</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1036/ordem_de_servico_no_05-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1036/ordem_de_servico_no_05-2024.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido o horário de expediente das 08 horas as 12 horas, no dia 28 de março do corrente ano.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1025/ordem_de_servico_04-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1025/ordem_de_servico_04-2024.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido o horário de expediente das 08 horas às 12 horas e das às 18 horas às 21 horas e 30 minutos, no dia 08 de março do corrente ano.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1016/ordem_de_servico_n03-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1016/ordem_de_servico_n03-2024.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido o horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, das 08 horas às 12 horas e das 14 horas às 16 horas, no dia 01 de março do corrente ano, sexta-feira</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1000/ordem_de_servico_n_02-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1000/ordem_de_servico_n_02-2024.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido ponto facultativo na Câmara de Vereadores de São Francisco de Assis no dia 12 de fevereiro de 2024 (segunda-feira).</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/995/ordem_de_servico_n01-2024.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/995/ordem_de_servico_n01-2024.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis no dia 05 de janeiro de 2024 (sexta-feira).</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/993/ordem_de_servico_n_17.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/993/ordem_de_servico_n_17.2023.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido horário de expediente, durante o período de recesso, das 8h às 12h, do dia 02 de janeiro de 2024 até o dia 29 de fevereiro de 2024, de segunda a sexta-feira.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/964/ordem_de_servico_no_16.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/964/ordem_de_servico_no_16.2023.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido o prazo máximo para o protocolo das proposições dos vereadores, no dia 01 de novembro do corrente ano, até as 12 horas.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/965/ordem_de_servico_no_15.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/965/ordem_de_servico_no_15.2023.pdf</t>
   </si>
   <si>
     <t>Fica vedado a descaracterização do prédio da Câmara Municipal de Vereadores através de colagem de materiais adesivos partidários ou similares e outros que alterem a padronização visual do Prédio deste Poder.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/959/ordem_de_servico_no_14-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/959/ordem_de_servico_no_14-2023.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido que haverá, apenas expediente interno na Câmara Municipal de Vereadores nos dias 24, 25, 26 e 27 de outubro 2023.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/952/ordem_de_servico_n13-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/952/ordem_de_servico_n13-2023.pdf</t>
   </si>
   <si>
     <t>Art 1°. Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis no dia 13 de outubro de 2023, (sexta-feira).</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/935/ordem_de_servico_no_12.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/935/ordem_de_servico_no_12.2023.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido o horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, das 8h às 13h30min, no dia 19 de setembro do corrente ano, terça-feira.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/926/ordem_de_servico_no_11.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/926/ordem_de_servico_no_11.2023.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido o horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, das 8h às 11h30min, no dia 06 de setembro do corrente ano, quarta-feira.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/914/ordem_de_servico_no_10.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/914/ordem_de_servico_no_10.2023.pdf</t>
   </si>
   <si>
     <t>fica estabelecido 100 impressões mensais por vereador.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/912/ordem_de_servico_n09-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/912/ordem_de_servico_n09-2023.pdf</t>
   </si>
   <si>
     <t>Art. 1°. Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis no dia 08 de setembro de 2023, (Sexta-feira).</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/911/ordem_de_servico_n08-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/911/ordem_de_servico_n08-2023.pdf</t>
   </si>
   <si>
     <t>Art.1°. Fica estabelecido o horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, das 8h às 12h e das 13h30min, no dia 10 de agosto do corrente ano, quinta- feira.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/894/ordem_de_servico_n07-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/894/ordem_de_servico_n07-2023.pdf</t>
   </si>
   <si>
     <t>Art. 1°. Fica estabelecido o horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, das 8h às 12h e das 13:30 às 16:30, no dia 06 de julho do corrente ano, quinta-feira.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/873/ordem_de_servico_no_06-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/873/ordem_de_servico_no_06-2023.pdf</t>
   </si>
   <si>
     <t>Art. 1º. Fica estabelecido ponto facultativo na Câmara Municipal de São Francisco de Assis, no dia 09 de junho de 2023, (Sexta-feira).</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/871/ordem_de_servico_n05-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/871/ordem_de_servico_n05-2023.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido que os servidores deverão apresentar anualmente até 30 de junho de cada ano, a declaração de bens e renda, a qual deverá ser entregue no Setor Pessoal deste Poder.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/861/ordem_de_servico_04-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/861/ordem_de_servico_04-2023.pdf</t>
   </si>
   <si>
     <t>Estabelecendo o horário de expediente das 08 horas ás 12 horas, no dia 06 de abril do corrente ano (quinta-feira).</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/860/ordem_de_servico_n03-2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/860/ordem_de_servico_n03-2023.pdf</t>
   </si>
   <si>
     <t>Estabelecendo o horário de expediente das 08 horas ás 12 horas, e retornando ás 18 horas no dia 31 de março de 2023 (sexta-Feira)</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/843/ordem_de_servico_no_02.2023.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/843/ordem_de_servico_no_02.2023.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis no dia 20 de fevereiro de 2023 (segunda-feira).  Fica estabelecido o horário de expedinte das 13h às 17h, no dia 22 de fevereiro de 2023 (quarta-feira).</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/836/ordem_de_servico_n01-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/836/ordem_de_servico_n01-2022.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido horário de expediente, durante o período de recesso, das 8h às 12h, do dia 03 de janeiro até o dia 28 de fevereiro de 2023, de segunda a sexta-feira</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/817/odem_de_servico_n_12-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/817/odem_de_servico_n_12-2022.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis no dia de dezembro de 2022 (sexta-feira).</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/812/ordem_de_servico_11-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/812/ordem_de_servico_11-2022.pdf</t>
   </si>
   <si>
     <t>Considerando que o jogo da Seleção Brasileira na Copa do Mundo 2022, pelas quartas-de-final, acontecerá no dia 09/12/2022._x000D_
 Determina-se que fica estabelecido horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, das 8h às 11h30min, durante o dia 09 do corrente ano.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/810/ordem_de_servico_n_10-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/810/ordem_de_servico_n_10-2022.pdf</t>
   </si>
   <si>
     <t>Horário de expediente do dia 28 de novembro de 2022</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/800/ordem_de_servico_n_09-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/800/ordem_de_servico_n_09-2022.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis no dia 14 de novembro de 2022 (segunda-feira).</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/798/ordem_de_servico_8-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/798/ordem_de_servico_8-2022.pdf</t>
   </si>
   <si>
     <t>Considerando a comemoração do dia do Servidor Publico Municipal, no dia 28 de outubro, em conformidade com o art. 253, da Lei nº 55/2003._x000D_
 Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis no dia 28 de outubro de 2022 (Sexta-feira).</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/792/ordem_de_servico_no7.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/792/ordem_de_servico_no7.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido o horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, das 8:00 ás 12:00 durante os dias 14 de setembro a 16 de setembro do corrente ano.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/787/ordem_de_servico_06-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/787/ordem_de_servico_06-2022.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido ponto facultativo  na Câmara Municipal  de Vereadores de São Francisco de Assis no dia 19 de Setembro de 2022</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/742/ordem_de_servico_n_05-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/742/ordem_de_servico_n_05-2022.pdf</t>
   </si>
   <si>
     <t>Considerando o feriado nacional de Corpus Christi no dia 16 de junho de 2022, quinta feira. _x000D_
 Considerando o decreto n°1246-2022, de 13 de junho de 2022 da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/740/ordem__de_servico_n_04-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/740/ordem__de_servico_n_04-2022.pdf</t>
   </si>
   <si>
     <t>Art. 1° Fica estabelecido que haverá, apenas expediente interno na Câmera Municipal de Vereadores nos dias 09 e 10 de junho de 2022._x000D_
 Art. 2° Esta ordem de serviço entra em vigor na data de sua publicação.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/737/ordem_de_servico_n_03-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/737/ordem_de_servico_n_03-2022.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido o horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, das 8h às 12h e das 13h30min às 17h30min, no dia 01 de junho do corrente ano, uarta-feira.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/735/ordem_de_servico_n_02-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/735/ordem_de_servico_n_02-2022.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido o horário de expediente das 09h às 14h, no dia 26 de maio do corrente ano (quinta-feira).</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/681/ordem_de_servico_n_01-2022.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/681/ordem_de_servico_n_01-2022.pdf</t>
   </si>
   <si>
     <t>Art. 1°. Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis no dia 28 de fevereiro de 2022 ( segunda-feira)._x000D_
 Art. 2°. Fica estabelecido o horário de expediente das 12h às 16h e 30 min, no dia 02 de março do corrente ano ( quarta-feira).</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/645/ordem_de_servico_no_13-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/645/ordem_de_servico_no_13-2021.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido o horário de atendimento das 08h às 12h 00min, do dia 03 de janeiro até o dia 28 de fevereiro de dois mil e vinte e dois.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/637/ordem_de_servico_n_12-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/637/ordem_de_servico_n_12-2021.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis, nos dias 24 e 31 de dezembro de 2021 (sexta-feira).</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/623/ordem_de_servico_n_11-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/623/ordem_de_servico_n_11-2021.pdf</t>
   </si>
   <si>
     <t>Art. 1° Fica estabelecido ponto facultativo na Câmara Municipal de Vereadoras de São Francisco de Assis no dia 01 de Novembro de 2021 (segunda-feira)._x000D_
 Art. 2° Esta ordem de serviço entra em vigor na data de sua publicação.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/594/ordem_de_servico_n_10-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/594/ordem_de_servico_n_10-2021.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis no dia 06 de setembro de 2021 (segunda-feira).</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/580/ordem_de_servico_n_09-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/580/ordem_de_servico_n_09-2021.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido que cada vereador terá direito a 100 (cem) folhas mensalmente, para utilizarem na impressão ou cópia de documentos, na impressora disponível no setor administrativo deste Poder.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/554/ordem_de_servico_n_08-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/554/ordem_de_servico_n_08-2021.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis no dia 0 de junho de 2021 (sexta-feira).</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/528/ordem_de_servico_no_07-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/528/ordem_de_servico_no_07-2021.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido o horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, das 8h às 12h, no dia 01 de abril do corrente ano, quinta-feira.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/515/ordem_de_servico_no_06-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/515/ordem_de_servico_no_06-2021.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido como prazo máximo para o protocolo das proposições dos vereadores, na Secretaria da Câmara Municipal, o último dia útil da semana, às 12 horas.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/504/ordem_de_servico_no_05.2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/504/ordem_de_servico_no_05.2021.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis no dia 15 de fevereiro de 2021_x000D_
 (segunda-feira). Fica estabelecido o horário de expediente das 08h às 12h, no dia 17 de fevereiro do corrente ano (quarta-feira).</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/503/ordem_de_servico_no_04.2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/503/ordem_de_servico_no_04.2021.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido que cada Bancada deverá disponibilizar pelo menos 1 (um) Assessor para que acompanhe as reuniões Ordinárias, Comissões e demais reuniões que se realizam nesta Casa Legislativa , para prestar assessoria aos vereadores, conforme a Lei nº 17/201O.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/497/ordem_de_servico_n_03-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/497/ordem_de_servico_n_03-2021.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido que todo e qualquer documento sob a guarda e responsabilidade da Secretaria desta Casa Legislativa, somente será liberado para a retirada em carga, consulta ou cópias, mediante requerimento ou outro documento oficial dirigido ao Presidente, mediante protocolo.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/491/ordem_de_servico_n_02-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/491/ordem_de_servico_n_02-2021.pdf</t>
   </si>
   <si>
     <t>Art. 1°. Fica estabelecido que todo e qualquer documento sob a guarda e responsabilidade do Setor Administrativo ou Técnico desta Casa Legislativa, somente será liberado para retirada em carga ou consulta mediante requerimento ou outro documento oficial dirigido ao Presidente. _x000D_
 _x000D_
 Art. 2°. Analisado o documento pelo Presidente, decidirá pelo deferimento ou não, estabelecendo prazo para o cumprimento. _x000D_
 _x000D_
 Art. 3°. Após a liberação de que trata o  artigo anterior, o documento será disponibilizado mediante a assinatura do requerente em livro de carga e devolvido no prazo máximo de 21 (vinte e quatro) horas. _x000D_
 _x000D_
 Art. 4°. Em se tratando de Projeto de Lei, será verificado o número de folhas no momento da retirada e da devolução dos autos, no caso de ausência de alguma parte integrante do documento, será imputada a responsabilidade ao requerente nos termos da legislação vigente. _x000D_
 _x000D_
 Art. 5°. Revogam-se disposições em contrário. _x000D_
 _x000D_
 Art. 6°. Esta ordem de serviço entra em vigor a partir de 14 de janeiro de 2021.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/480/ordem_de_servico_n_01-2021.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/480/ordem_de_servico_n_01-2021.pdf</t>
   </si>
   <si>
     <t>Art. 1°. Fica estabelecido horário de expediente, durante o período de recesso, das 8h às 12h, do dia 05 de janeiro até o dia 28 de fevereiro de 2021, de segunda a sexta-feira.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/472/ordem_de_servico_no_06.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/472/ordem_de_servico_no_06.pdf</t>
   </si>
   <si>
     <t>Art. 1°. Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis no dia 31 de dezembro de 2020 (quinta-feira).</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/466/ordem_de_servico_no_05.2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/466/ordem_de_servico_no_05.2020.pdf</t>
   </si>
   <si>
     <t>Art. 1º. Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis no dia 24 de dezembro de 2020 (quinta-feira)._x000D_
 Art. 3º. Esta ordem de serviço entra em vigor na data de sua publicação.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/388/ordem_de_servico_no_04-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/388/ordem_de_servico_no_04-2020.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO o feriado nacional de Corpus Christi no dia 11 de junho de 2020, (quinta-feira);_x000D_
 CONSIDERANDO o Decreto nº 1031/2020, de 08 de junho de 2020, na Prefeitura Municipal;_x000D_
 _x000D_
 DETERMINA_x000D_
 _x000D_
 Art. 1º. Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis no dia 12 de junho de 2020 (sexta-feira)._x000D_
 Art. 3º. Esta ordem de serviço entra em vigor na data de sua publicação.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/382/ordem_de_servico_no_03-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/382/ordem_de_servico_no_03-2020.pdf</t>
   </si>
   <si>
     <t>Art. 1º. Fica estabelecido que todo e qualquer documento sob a guarda e responsabilidade do Setor Administrativo ou Técnico desta Casa Legislativa, somente será liberado para retirada em carga ou consulta mediante requerimento ou outro documento oficial dirigido ao Presidente._x000D_
 Art. 2º. Analisado o documento pelo Presidente, este decidirá pelo deferimento ou não, estabelecendo prazo para o cumprimento._x000D_
 Art. 3º. Após a liberação de que trata o artigo anterior, o documento será disponibilizado mediante a assinatura do requerente em livro carga e devolvido no prazo máximo de 24 (vinte e quatro) horas._x000D_
 Art. 4º. Em se tratando de Projeto de Lei, será verificado o número de folhas no momento da retirada e da devolução dos autos, no caso de ausência de alguma parte integrante do documento, será imputada a responsabilidade ao requerente nos termos da legislação vigente._x000D_
 Art. 5º. Revogam-se disposições em contrário._x000D_
 Art. 6º. Esta Ordem de Serviço entra em vigor a partir de 29 de maio de 2020.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/269/ordem_de_servico_no_02-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/269/ordem_de_servico_no_02-2020.pdf</t>
   </si>
   <si>
     <t>Art. 1º. Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis no dia 20 de abril de 2020 (segunda-feira)._x000D_
 _x000D_
 Art. 3º. Esta ordem de serviço entra em vigor na data de sua publicação.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/254/ordem_de_servico_no_01-2020.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/254/ordem_de_servico_no_01-2020.pdf</t>
   </si>
   <si>
     <t>Art. 1º. Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis no dia 24 de fevereiro de 2020 (segunda-feira)._x000D_
 Art. 2º.  Fica estabelecido o horário de expediente das 12h30min às 17h, no dia 26 de fevereiro do corrente ano (quarta-feira)._x000D_
 Art. 3º. Esta ordem de serviço entra em vigor na data de sua publicação.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/239/ordem_de_servico_n_19.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/239/ordem_de_servico_n_19.2019.pdf</t>
   </si>
   <si>
     <t>Art. 1º. Fica estabelecido horário de expediente das 8h às 12h30min, do dia 02 de janeiro até o dia 28 de fevereiro de dois mil e vinte.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/238/ordem_de_servico_no_18.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/238/ordem_de_servico_no_18.2019.pdf</t>
   </si>
   <si>
     <t>Art. 1°. Fica estabelecido o horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, das 8h às 12h, no dia 30 de dezembro de 2019(segunda-feira)_x000D_
 _x000D_
 Art. 2°. Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis no dia 31 de dezembro de 2019(terça-feira).</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/237/ordem_de_servico_no_17.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/237/ordem_de_servico_no_17.2019.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis no dia 24 de dezembro de 2019 (Terça-Feira)</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/230/ordem_de_servico_n_16.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/230/ordem_de_servico_n_16.2019.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis no dia 28 de outubro de 2019(segunda-feira)</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/229/ordem_de_servico_n_15.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/229/ordem_de_servico_n_15.2019.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido como prazo máximo para protocolo das proposições dos vereadores, na Secretaria da Câmara Municipal, o dia sete de outubro, segunda-feira, às 10 horas.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/227/ordem_de_servico_n_14.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/227/ordem_de_servico_n_14.2019.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido o horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, das 8h às 12h durante os dias 17 de setembro a 19 de setembro do corrente ano.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/225/ordem_de_servico_n_13.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/225/ordem_de_servico_n_13.2019.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido o horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, das 8h às 11h, no dia 06 de Setembro do corrente ano,sexta-feira, às 13h30min.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/216/ordem_de_servico_n_12.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/216/ordem_de_servico_n_12.2019.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido ponto facultativo na Câmara Municipal de Vereadores de São Francisco de Assis no dia 21 de junho de 2019 _x000D_
 (sexta-feira).</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/211/ordem_de_servico_no_11.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/211/ordem_de_servico_no_11.2019.pdf</t>
   </si>
   <si>
     <t>Fica todas as Comissões Permanentes da Câmara Municipal de Vereadores de São Francisco de Assis obrigadas a cumprir os dias e horários dispostos no Regimento Interno para a realização de suas reuniões.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/210/ordem_de_servico_no_10.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/210/ordem_de_servico_no_10.2019.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido o horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, das 8h às 12h e das 13h:30min, no dia 16 de maio do corrente ano,quinta-feira.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/207/ordem_de_servico_no_09.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/207/ordem_de_servico_no_09.2019.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido o prazo máximo para a entrega da declaração de bens e renda atualizada dos vereadores e servidores da Câmara Municipal de Vereadores de São Francisco de Assis, o dia 20 de maio de 2019.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/205/ondem_de_servico_08.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/205/ondem_de_servico_08.2019.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido como prazo máximo para o protocolo das proposições dos vereadores, na Secretaria da Câmara Municipal,o último dia útil da semana , ás 12 horas.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/201/ordem_de_servicos.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/201/ordem_de_servicos.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido o horário de expediente da Câmara Municipal de Vereadores de São Francisco de Assis, das 8h às 12h,no dia 18 de abril do corrente ano,quinta-feira.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/200/ordem_de_servico_n_06.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/200/ordem_de_servico_n_06.2019.pdf</t>
   </si>
   <si>
     <t>Ficam todos os servidores da Câmara Municipal de Vereadores de São Francisco de Assis obrigados a usar o crachá de identificação funcional durante o horário de expediente.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/192/ordemdeservico.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/192/ordemdeservico.pdf</t>
   </si>
   <si>
     <t>Fica autorizada a liberação de 100 (cem) cópias xerográficas mensais para cada vereador desta Casa Legislativa.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/174/ordem_de_servico_n_02.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/174/ordem_de_servico_n_02.2019.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido horário de expediente das 8h às 12h30min, do dia 1° de fevereiro até o dia 28 de fevereiro do corrente ano.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/163/ordem_de_servico_n_01.2019.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/163/ordem_de_servico_n_01.2019.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido horário de expediente das 8h às 12h30min, do dia 7 de janeiro até o dia 31 de janeiro do corrente ano.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/146/ordem_de_servico_n_05.2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/146/ordem_de_servico_n_05.2018.pdf</t>
   </si>
   <si>
     <t>Determina que fica estabelecido horário de expediente das 08 (oito) horas às 12 (doze) horas e expediente interno das 12 (doze) horas às 14 (catorze) horas no dia 12 de dezembro de 2018.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/139/ordem_de_servico_n_03-2018.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/139/ordem_de_servico_n_03-2018.pdf</t>
   </si>
   <si>
     <t>Determina o ponto facultativo no dia 5 de outubro de 2018 (Dia de São Francisco de Assis).</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/108/ordem_de_servico.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/108/ordem_de_servico.pdf</t>
   </si>
   <si>
     <t>Fica estabelecido o horário do expediente da Câmara Municipal de Vereadores dos dias 02 e 04 de julho de 2018.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/63/ordem-de-servi-o.pdf</t>
+    <t>http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/63/ordem-de-servi-o.pdf</t>
   </si>
   <si>
     <t>Estabelece datas e horários do expediente de fevereiro.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1397,66 +1397,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1473/ordem_de_servico_no_01.2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1458/ordem_de_servico_n_18-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1446/ordem_de_servico_n17-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1447/ordem_de_servico_n16-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1432/ordem_de_servico_n15-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1421/ordem_de_servico_n14.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1420/ordem_de_servico_n13-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1411/ordem_de_servico_n12-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1400/ordem_de_servico_n11-25.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1388/ordem_de_servico_n10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1378/ordem_de_servico_n09.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1367/ordem_de_servico_n08-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1341/ordem_de_servico_n07-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1296/ordem_de_servico_n06-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1290/ordem_de_servico_no05-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1254/ordem_de_servico_no04-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1253/ordem_de_servico_no03-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1222/ordem_de_servico_n_02.2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1220/ordem_de_servico_n_01.2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1193/ordem_de_servico_n_11.2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1170/ordem_de_servico_no10-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1156/ordem_de_servico_n09.2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1149/ordem_de_servico_n08-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1086/ordem_de_servico_no07-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1087/ordem_de_servico_no06-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1036/ordem_de_servico_no_05-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1025/ordem_de_servico_04-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1016/ordem_de_servico_n03-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1000/ordem_de_servico_n_02-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/995/ordem_de_servico_n01-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/993/ordem_de_servico_n_17.2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/964/ordem_de_servico_no_16.2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/965/ordem_de_servico_no_15.2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/959/ordem_de_servico_no_14-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/952/ordem_de_servico_n13-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/935/ordem_de_servico_no_12.2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/926/ordem_de_servico_no_11.2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/914/ordem_de_servico_no_10.2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/912/ordem_de_servico_n09-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/911/ordem_de_servico_n08-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/894/ordem_de_servico_n07-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/873/ordem_de_servico_no_06-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/871/ordem_de_servico_n05-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/861/ordem_de_servico_04-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/860/ordem_de_servico_n03-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/843/ordem_de_servico_no_02.2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/836/ordem_de_servico_n01-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/817/odem_de_servico_n_12-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/812/ordem_de_servico_11-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/810/ordem_de_servico_n_10-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/800/ordem_de_servico_n_09-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/798/ordem_de_servico_8-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/792/ordem_de_servico_no7.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/787/ordem_de_servico_06-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/742/ordem_de_servico_n_05-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/740/ordem__de_servico_n_04-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/737/ordem_de_servico_n_03-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/735/ordem_de_servico_n_02-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/681/ordem_de_servico_n_01-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/645/ordem_de_servico_no_13-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/637/ordem_de_servico_n_12-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/623/ordem_de_servico_n_11-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/594/ordem_de_servico_n_10-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/580/ordem_de_servico_n_09-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/554/ordem_de_servico_n_08-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/528/ordem_de_servico_no_07-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/515/ordem_de_servico_no_06-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/504/ordem_de_servico_no_05.2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/503/ordem_de_servico_no_04.2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/497/ordem_de_servico_n_03-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/491/ordem_de_servico_n_02-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/480/ordem_de_servico_n_01-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/472/ordem_de_servico_no_06.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/466/ordem_de_servico_no_05.2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/388/ordem_de_servico_no_04-2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/382/ordem_de_servico_no_03-2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/269/ordem_de_servico_no_02-2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/254/ordem_de_servico_no_01-2020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/239/ordem_de_servico_n_19.2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/238/ordem_de_servico_no_18.2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/237/ordem_de_servico_no_17.2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/230/ordem_de_servico_n_16.2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/229/ordem_de_servico_n_15.2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/227/ordem_de_servico_n_14.2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/225/ordem_de_servico_n_13.2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/216/ordem_de_servico_n_12.2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/211/ordem_de_servico_no_11.2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/210/ordem_de_servico_no_10.2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/207/ordem_de_servico_no_09.2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/205/ondem_de_servico_08.2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/201/ordem_de_servicos.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/200/ordem_de_servico_n_06.2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/192/ordemdeservico.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/174/ordem_de_servico_n_02.2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/163/ordem_de_servico_n_01.2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/146/ordem_de_servico_n_05.2018.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/139/ordem_de_servico_n_03-2018.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/108/ordem_de_servico.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/63/ordem-de-servi-o.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2026/1473/ordem_de_servico_no_01.2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1458/ordem_de_servico_n_18-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1446/ordem_de_servico_n17-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1447/ordem_de_servico_n16-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1432/ordem_de_servico_n15-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1421/ordem_de_servico_n14.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1420/ordem_de_servico_n13-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1411/ordem_de_servico_n12-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1400/ordem_de_servico_n11-25.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1388/ordem_de_servico_n10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1378/ordem_de_servico_n09.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1367/ordem_de_servico_n08-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1341/ordem_de_servico_n07-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1296/ordem_de_servico_n06-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1290/ordem_de_servico_no05-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1254/ordem_de_servico_no04-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1253/ordem_de_servico_no03-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1222/ordem_de_servico_n_02.2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2025/1220/ordem_de_servico_n_01.2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1193/ordem_de_servico_n_11.2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1170/ordem_de_servico_no10-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1156/ordem_de_servico_n09.2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1149/ordem_de_servico_n08-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1086/ordem_de_servico_no07-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1087/ordem_de_servico_no06-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1036/ordem_de_servico_no_05-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1025/ordem_de_servico_04-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1016/ordem_de_servico_n03-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/1000/ordem_de_servico_n_02-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2024/995/ordem_de_servico_n01-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/993/ordem_de_servico_n_17.2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/964/ordem_de_servico_no_16.2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/965/ordem_de_servico_no_15.2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/959/ordem_de_servico_no_14-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/952/ordem_de_servico_n13-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/935/ordem_de_servico_no_12.2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/926/ordem_de_servico_no_11.2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/914/ordem_de_servico_no_10.2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/912/ordem_de_servico_n09-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/911/ordem_de_servico_n08-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/894/ordem_de_servico_n07-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/873/ordem_de_servico_no_06-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/871/ordem_de_servico_n05-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/861/ordem_de_servico_04-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/860/ordem_de_servico_n03-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/843/ordem_de_servico_no_02.2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2023/836/ordem_de_servico_n01-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/817/odem_de_servico_n_12-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/812/ordem_de_servico_11-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/810/ordem_de_servico_n_10-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/800/ordem_de_servico_n_09-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/798/ordem_de_servico_8-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/792/ordem_de_servico_no7.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/787/ordem_de_servico_06-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/742/ordem_de_servico_n_05-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/740/ordem__de_servico_n_04-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/737/ordem_de_servico_n_03-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/735/ordem_de_servico_n_02-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2022/681/ordem_de_servico_n_01-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/645/ordem_de_servico_no_13-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/637/ordem_de_servico_n_12-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/623/ordem_de_servico_n_11-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/594/ordem_de_servico_n_10-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/580/ordem_de_servico_n_09-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/554/ordem_de_servico_n_08-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/528/ordem_de_servico_no_07-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/515/ordem_de_servico_no_06-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/504/ordem_de_servico_no_05.2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/503/ordem_de_servico_no_04.2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/497/ordem_de_servico_n_03-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/491/ordem_de_servico_n_02-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2021/480/ordem_de_servico_n_01-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/472/ordem_de_servico_no_06.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/466/ordem_de_servico_no_05.2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/388/ordem_de_servico_no_04-2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/382/ordem_de_servico_no_03-2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/269/ordem_de_servico_no_02-2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2020/254/ordem_de_servico_no_01-2020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/239/ordem_de_servico_n_19.2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/238/ordem_de_servico_no_18.2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/237/ordem_de_servico_no_17.2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/230/ordem_de_servico_n_16.2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/229/ordem_de_servico_n_15.2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/227/ordem_de_servico_n_14.2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/225/ordem_de_servico_n_13.2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/216/ordem_de_servico_n_12.2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/211/ordem_de_servico_no_11.2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/210/ordem_de_servico_no_10.2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/207/ordem_de_servico_no_09.2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/205/ondem_de_servico_08.2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/201/ordem_de_servicos.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/200/ordem_de_servico_n_06.2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/192/ordemdeservico.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/174/ordem_de_servico_n_02.2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2019/163/ordem_de_servico_n_01.2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/146/ordem_de_servico_n_05.2018.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/139/ordem_de_servico_n_03-2018.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/108/ordem_de_servico.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodeassis.rs.leg.br/media/sapl/public/normajuridica/2018/63/ordem-de-servi-o.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="109" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="108.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="251.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>